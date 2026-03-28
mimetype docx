--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1633,1875 +1633,1910 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (36)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unlocking Digital Collaboration: The MINERVE Project as Catalyst for the Railway Infrastructure</w:t>
+                <w:t xml:space="preserve">Graph Transformer Transferability for Flood Scusceptibility mapping in contrasting regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Vannier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Judicael Dehotin</w:t>
+                <w:t xml:space="preserve">Sreenath Vemula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Saleix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport Research Arena Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-032-06763-0_30⟩</w:t>
+              <w:t xml:space="preserve">International Structural Engineering and Construction Society (ISEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Villa, V., Domaneschi, M., Singh, A., and Yazdani S., Sep 2026, Torino, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14455/ISEC.2026.13(2).RAD-02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05336651v1</w:t>
+                <w:t xml:space="preserve">hal-05550867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerating the Serviceability-Based Design of Reinforced Concrete Rail Bridges under Geometric Uncertainties induced by unforeseen events: A Surrogate Modeling approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unlocking Digital Collaboration: The MINERVE Project as Catalyst for the Railway Infrastructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Vannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judicael Dehotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouhammed Achhab</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
+                <w:t xml:space="preserve">Camille Saleix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCRR 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transport Research Arena Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Dublin, Ireland. pp.204-211, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-06763-0_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361745v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05336651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A surrogate-based approach to accelerate the design and build phases of reinforced concrete bridges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhammed Achhab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RUGC 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Marseille, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26168/ajce.43.1.61⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05354498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph Transformer-Based Flood Susceptibility Assessment of the French Riviera: Implications for Railway Infrastructure Resilience</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Filippo Gatti</w:t>
+                <w:t xml:space="preserve">Accelerating the Serviceability-Based Design of Reinforced Concrete Rail Bridges under Geometric Uncertainties induced by unforeseen events: A Surrogate Modeling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhammed Achhab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WCRR 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Colorado springs, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.30056.17923⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04963654v1</w:t>
+                <w:t xml:space="preserve">hal-05361745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the impact of linear infrastructure on species dispersal in a changing climate: a scalable surrogate approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Clouteau</w:t>
+                <w:t xml:space="preserve">Graph Transformer-Based Flood Susceptibility Assessment of the French Riviera: Implications for Railway Infrastructure Resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sreenath Vemula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carmen Bessa-Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society for Ecological Modelling Global Conference 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.30056.17923⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05127811v1</w:t>
+                <w:t xml:space="preserve">hal-04963654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a collaborative digital platform for railway infrastructure projects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling the impact of linear infrastructure on species dispersal in a changing climate: a scalable surrogate approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Étienne Gautier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Flavien Viguier</w:t>
+                <w:t xml:space="preserve">Carmen Bessa-Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th World Congress on Railway Research (WCRR 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MxV Rail, Nov 2025, Colorado Springs, CO, United States</w:t>
+              <w:t xml:space="preserve">The International Society for Ecological Modelling Global Conference 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The International Society for Ecological Modelling, Oct 2025, Kashiwa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05424717v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05127811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Models For Predicting The Aging Of Mechanical Track Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards a collaborative digital platform for railway infrastructure projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Étienne Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judicaël Dehotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kuralay Kadekeshova</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
+                <w:t xml:space="preserve">Flavien Viguier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress of Railway Research (WCRR) 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Colorado Springs, United States</w:t>
+              <w:t xml:space="preserve">14th World Congress on Railway Research (WCRR 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MxV Rail, Nov 2025, Colorado Springs, CO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05403661v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05424717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review of models of high-speed railway track dynamics for assessing sleepers aging</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Physical Models For Predicting The Aging Of Mechanical Track Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kuralay Kadekeshova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Railway Engineering-2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Edinbourgh (Scotland), United Kingdom</w:t>
+              <w:t xml:space="preserve">World Congress of Railway Research (WCRR) 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Colorado Springs, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357548v1</w:t>
+                <w:t xml:space="preserve">hal-05403661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active learning reliability analysis for the design of continuous reinforced concrete beams</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mouhammed Achhab</w:t>
+                <w:t xml:space="preserve">A review of models of high-speed railway track dynamics for assessing sleepers aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kuralay Kadekeshova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCOMAS Congress 2024 - The 9th European Congress on Computational Methods in Applied Sciences and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Lisboa, Portugal</w:t>
+              <w:t xml:space="preserve">Railway Engineering-2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Edinbourgh (Scotland), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04625785v1</w:t>
+                <w:t xml:space="preserve">hal-05357548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Numerical Simulation of TBM Excavation for Predicting Surface Settlements - State of the Art</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boris Kratz</w:t>
+                <w:t xml:space="preserve">Active learning reliability analysis for the design of continuous reinforced concrete beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhammed Achhab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maxime Tatin</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Tunnel Congress 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECCOMAS Congress 2024 - The 9th European Congress on Computational Methods in Applied Sciences and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Lisboa, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1201/9781003348030-332⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04191561v2</w:t>
+                <w:t xml:space="preserve">hal-04625785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative performance assessment of surrogate models for reinforced concrete rail bridges</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mouhammed Achhab</w:t>
+                <w:t xml:space="preserve">3D Numerical Simulation of TBM Excavation for Predicting Surface Settlements - State of the Art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Kratz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tatin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd IACM Mechanistic Machine Learning and Digital Engineering for Computational Science Engineering and Technology (MMLDE-CSET)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">World Tunnel Congress 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITA-AITES, May 2023, Athens, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/9781003348030-332⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04396236v1</w:t>
+                <w:t xml:space="preserve">hal-04191561v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kriging metamodels for 2D finite element simulations of the settlements induced by TBM excavation in urban areas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boris Kratz</w:t>
+                <w:t xml:space="preserve">Comparative performance assessment of surrogate models for reinforced concrete rail bridges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhammed Achhab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Vazquez</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français du Génie Civil 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Génie Civil, May 2023, Gif-sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">2nd IACM Mechanistic Machine Learning and Digital Engineering for Computational Science Engineering and Technology (MMLDE-CSET)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, El paso, Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03871627v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macroscopic inelastic behaviors simulated by a stochastic multi-scale numerical model for heterogeneous materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Kriging metamodels for 2D finite element simulations of the settlements induced by TBM excavation in urban areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Kratz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tatin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Vazquez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th World Congress on Computational Mechanics (WCCM XIII)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, New York, United States</w:t>
+              <w:t xml:space="preserve">Congrès Français du Génie Civil 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Génie Civil, May 2023, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01846149v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03871627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two types of spurious damping forces potentially modeled in numerical seismic nonlinear response history analysis</w:t>
+                <w:t xml:space="preserve">Macroscopic inelastic behaviors simulated by a stochastic multi-scale numerical model for heterogeneous materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Léger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th World Congress on Earthquake Engineering (16WCEE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Association of Earthquake Engineering, Jan 2017, Santiago, Chile</w:t>
+              <w:t xml:space="preserve">13th World Congress on Computational Mechanics (WCCM XIII)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01436153v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01846149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bayesian sequential inverse approach for quantifying model intrinsic uncertainty in seismic inelastic time history analysis</w:t>
+                <w:t xml:space="preserve">Two types of spurious damping forces potentially modeled in numerical seismic nonlinear response history analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugues Vincent</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Léger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st ECCOMAS Thematic Conference on Uncertainty Quantification in Computational Sciences and Engineering (UNCECOMP 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Crete Island, Greece</w:t>
+              <w:t xml:space="preserve">16th World Congress on Earthquake Engineering (16WCEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association of Earthquake Engineering, Jan 2017, Santiago, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01852316v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model predictive accuracy assessment in seismic inelastic time history analyses</w:t>
+                <w:t xml:space="preserve">A Bayesian sequential inverse approach for quantifying model intrinsic uncertainty in seismic inelastic time history analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2015)</w:t>
+              <w:t xml:space="preserve">1st ECCOMAS Thematic Conference on Uncertainty Quantification in Computational Sciences and Engineering (UNCECOMP 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Crete Island, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01852317v1</w:t>
+                <w:t xml:space="preserve">hal-01852316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damping model-free analysis of a stochastic multi-scale frame element for earthquake engineering applications</w:t>
+                <w:t xml:space="preserve">Model predictive accuracy assessment in seismic inelastic time history analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rodet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Computational Stochastic Mechanics (CSM-7)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">5th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Crete Island, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01071341v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01852317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-scale stochastic model for concrete in uniaxial cyclic loading with coupled mechanisms at meso-scale</w:t>
+                <w:t xml:space="preserve">Damping model-free analysis of a stochastic multi-scale frame element for earthquake engineering applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rodet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Multi-scale Computational Methods for Solids and Fluids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Computational Stochastic Mechanics (CSM-7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, G. Deodatis and P. D. Spanos, Jun 2014, Santorini, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3850/978-981-09-5348-5_033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01851319v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01071341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A look into uncertainty in structural seismic performance arising from additional Rayleigh damping in inelastic time history analysis</w:t>
+                <w:t xml:space="preserve">A multi-scale stochastic model for concrete in uniaxial cyclic loading with coupled mechanisms at meso-scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Structural Safety &amp; Reliability (ICOSSAR 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, New York, NY, United States</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Multi-scale Computational Methods for Solids and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Sarajevo, Bosnia and Herzegovina. pp.91-94</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00823913v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneous constitutive modeling and material damping in reinforced concrete frame elements in seismic loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3517,975 +3552,936 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Kos Island, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01852738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient inelastic fiber frame element and consistent damping model for seismic time-history analyses</w:t>
+                <w:t xml:space="preserve">A look into uncertainty in structural seismic performance arising from additional Rayleigh damping in inelastic time history analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Léger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th World Conference on Earthquake Engineering (WCEE 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Lisbon, Portugal. pp.Abstract No. 1167</w:t>
+              <w:t xml:space="preserve">International Conference on Structural Safety &amp; Reliability (ICOSSAR 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, New York, NY, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730666v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00823913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy dissipation in metal membrane under cyclic loading</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient inelastic fiber frame element and consistent damping model for seismic time-history analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Léger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IASS-IACM 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Sarajevo, Bosnia and Herzegovina. pp.00112</w:t>
+              <w:t xml:space="preserve">15th World Conference on Earthquake Engineering (WCEE 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Lisbon, Portugal. pp.Abstract No. 1167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730671v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On damping created by the heterogeneity of the mechanical properties in RC frame seismic analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy dissipation in metal membrane under cyclic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahar A. Tezer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Régis Cottereau</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th World Conference on Earthquake Engineering (WCEE 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Lisbon, Portugal. pp.Abstract No. 2348</w:t>
+              <w:t xml:space="preserve">IASS-IACM 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Sarajevo, Bosnia and Herzegovina. pp.00112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730615v1</w:t>
+                <w:t xml:space="preserve">hal-00730671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling energy: a paradigm for performance-based engineering of RC moment-resisting frame in seismic loading</w:t>
+                <w:t xml:space="preserve">On damping created by the heterogeneity of the mechanical properties in RC frame seismic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Cottereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Corfu, Greece. Paper No. 171</w:t>
+              <w:t xml:space="preserve">15th World Conference on Earthquake Engineering (WCEE 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Lisbon, Portugal. pp.Abstract No. 2348</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730685v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled damage-plasticity based constitutive modeling of metallic membrane element under cyclic loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahar A. Tezer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasan Engin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Corfu, Greece. Paper No. 406</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modelling of monotonic and cyclic response of anchorage steel bar.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling energy: a paradigm for performance-based engineering of RC moment-resisting frame in seismic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Construction under Exceptional Conditions (CEC 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Hanoi, Vietnam. pp.A0012</w:t>
+              <w:t xml:space="preserve">3rd ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Corfu, Greece. Paper No. 171</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00734238v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new fiber element for refined nonlinear modeling of RC frame structures in seismic loading</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical modelling of monotonic and cyclic response of anchorage steel bar.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Minh Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Davenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Rhodes, Greece. Paper No. 289</w:t>
+              <w:t xml:space="preserve">Workshop on Construction under Exceptional Conditions (CEC 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Hanoi, Vietnam. pp.A0012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00734245v1</w:t>
+                <w:t xml:space="preserve">hal-00734238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earthquake analysis of reinforced concrete structures using macro-elements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new fiber element for refined nonlinear modeling of RC frame structures in seismic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Davenne</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ba Hung Pham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NATO-ARW Damage assessment and reconstruction after natural dis- asters and previous military activities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Sarajevo, Bosnia and Herzegovina. pp</w:t>
+              <w:t xml:space="preserve">2nd ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Rhodes, Greece. Paper No. 289</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00734282v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00734245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Computation of Seismic Energy Dissipation in Reinforced Concrete Frame Elements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Earthquake analysis of reinforced concrete structures using macro-elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Davenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amor Boulkertous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luc Davenne</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ba Hung Pham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th World Congress on Computational Mechanics (WCCM8) &amp; 5th European Congress on Computational Methods in Applied Sciences and Engineeering (ECCOMAS 2008)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Venice, Italy. Paper No. 3056</w:t>
+              <w:t xml:space="preserve">NATO-ARW Damage assessment and reconstruction after natural dis- asters and previous military activities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Sarajevo, Bosnia and Herzegovina. pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00734253v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00734282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-scale nonlinear analysis until collapse for a priori damage assessment of RC frame elements in seismic loading</w:t>
+                <w:t xml:space="preserve">On the Computation of Seismic Energy Dissipation in Reinforced Concrete Frame Elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
@@ -4503,197 +4499,197 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Davenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NATO-ARW Damage assessment and reconstruction after natural dis- asters and previous military activities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Sarajevo, Bosnia and Herzegovina. pp</w:t>
+              <w:t xml:space="preserve">8th World Congress on Computational Mechanics (WCCM8) &amp; 5th European Congress on Computational Methods in Applied Sciences and Engineeering (ECCOMAS 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Venice, Italy. Paper No. 3056</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00734281v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00734253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid FE model for RC structures with inside detailed information</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three-scale nonlinear analysis until collapse for a priori damage assessment of RC frame elements in seismic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Davenne</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th ECCOMAS Thematic Conference on Computational Plasticity (COMPLAS IX)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Barcelone, Spain. pp</w:t>
+              <w:t xml:space="preserve">NATO-ARW Damage assessment and reconstruction after natural dis- asters and previous military activities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Sarajevo, Bosnia and Herzegovina. pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00734509v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00734281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling damping in RC structures - cyclic behavior of concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4735,73 +4731,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Rethymno, Greece. Paper No. 1159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00734506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation multi-échelle de l'amortissement dans les poutres en béton-armé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4843,181 +4839,181 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème colloque national AFPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Châtenay-Malabry, France. pp.Article n°109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00734511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FE solid model for RC structures providing detailed representation of local failure mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Davenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amor Boulkertous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCOMAS Thematic Conference on Multi-scale Computational Methods for Solids and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Cachan, France. pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00734508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale modelling of reinforced concrete structural frame elements in cyclic loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5059,506 +5055,614 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCOMAS Thematic Conference on Multi-scale Computational Methods for Solids and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Cachan, France. pp. 125-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00734507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combinaison des réponses modales élementaires - Optimisation par la méthode de l'hyper-ellipsoïde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Lurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Lafolie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lebelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cazenave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème colloque national AFPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Châtenay-Malabry, France. p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00734512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solid FE model for RC structures with inside detailed information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Ibrahimbegovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Davenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amor Boulkertous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th ECCOMAS Thematic Conference on Computational Plasticity (COMPLAS IX)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Barcelone, Spain. pp</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00734509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active learning reliability analysis for the design of reinforced concrete rail bridges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhammed Achhab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gatuingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LMP(hD)'S Day (LMPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Gif-sur-yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04613653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MINERVE - Un jumeau numérique pour gérer l'infrastructure ferroviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhammed Achhab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R El Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Jumeaux Numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Gif-sur-Yvette, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03999654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of uncertain column alignment in progressive collapse analysis of steel frame structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GdR MASCOT-NUM Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Saint-Etienne, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01852312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5568,65 +5672,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graph Transformer-Based Flood Susceptibility Mapping: Application to the French Riviera and Railway Infrastructure Under Climate Change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sreenath Vemula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5634,87 +5738,87 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05009556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breaking the Black Box: Inherently Interpretable Physics-Informed Machine Learning for Imbalanced Seismic Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sreenath Vemula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5722,51 +5826,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05225602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5776,104 +5880,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plateforme collaborative pour les projets ferroviaires - Analyse des besoins métiers et formalisation en exigences fonctionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vialle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CentraleSupélec, Université Paris-Saclay. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04060064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5883,114 +5987,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation numérique des phénomènes d'amortissement par dissipation d'énergie matérielle dans les structures de type portique en béton armé sous séisme.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matériaux. École normale supérieure de Cachan - ENS Cachan, 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00477015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId131"/>
+      <w:footerReference w:type="default" r:id="rId133"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6137,51 +6241,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095513v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kratz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jehel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tatin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vazquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2025.107650" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513514v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vemula Sreenath" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Gatti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JH000974" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275326v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ali Mahdavipour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Eslami" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2019.111567" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131467v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cottereau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2015.03.001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00860562v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;ger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Ibrahimbegovic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eqe.2357" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053896v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.08.003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00790029v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahar Ayhan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2012.11.012" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HLNT574R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469687v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Davenne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469672v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-007-0230-6" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219062v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Caddeo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hascher" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanase Papadopoulos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Papadopoulos" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219059v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274068v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007/978-3-319-27996-1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27996-1_6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851318v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/mathematiques/7052-leonhard-euler.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730603v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5134-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336651v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vannier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Dehotin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Saleix" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-06763-0_30" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361745v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhammed Achhab" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gatuingt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354498v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.43.1.61" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963654v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreenath Vemula" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.30056.17923" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127811v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Page" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Clouteau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424717v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Gautier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;l Dehotin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Viguier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403661v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuralay Kadekeshova" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05357548v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Gautier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625785v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191561v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003348030-332" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396236v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871627v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846149v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436153v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852316v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Vincent" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852317v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01071341v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rodet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-09-5348-5_033" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851319v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823913v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852738v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730666v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730671v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahar A. Tezer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730615v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730685v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730677v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Engin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734238v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Minh Ngo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734245v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734282v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Boulkertous" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba Hung Pham" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734253v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734281v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734509v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734506v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734511v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734508v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734507v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734512v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lurin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebelle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cazenave" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613653v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999654v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Baudry" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R El Mesri" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852312v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009556v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225602v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060064v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vialle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00477015v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095513v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kratz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jehel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tatin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vazquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2025.107650" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513514v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vemula Sreenath" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Gatti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JH000974" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275326v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ali Mahdavipour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Eslami" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2019.111567" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131467v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cottereau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2015.03.001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00860562v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;ger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Ibrahimbegovic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eqe.2357" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053896v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.08.003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00790029v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahar Ayhan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2012.11.012" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HLNT574R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469687v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Davenne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469672v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-007-0230-6" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219062v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Caddeo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hascher" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanase Papadopoulos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Papadopoulos" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219059v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274068v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007/978-3-319-27996-1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27996-1_6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851318v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/mathematiques/7052-leonhard-euler.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730603v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5134-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550867v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreenath Vemula" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14455/ISEC.2026.13(2).RAD-02" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336651v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vannier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Dehotin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Saleix" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-06763-0_30" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354498v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhammed Achhab" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gatuingt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.43.1.61" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361745v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963654v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.30056.17923" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127811v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Page" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Clouteau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424717v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Gautier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;l Dehotin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Viguier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403661v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuralay Kadekeshova" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05357548v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Gautier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625785v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191561v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003348030-332" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396236v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871627v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846149v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436153v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852316v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Vincent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852317v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01071341v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rodet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-09-5348-5_033" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851319v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852738v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823913v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730666v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730671v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahar A. Tezer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730615v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730677v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Engin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00730685v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734238v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Minh Ngo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734245v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734282v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Boulkertous" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba Hung Pham" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734253v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734281v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734506v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734511v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734508v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734507v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734512v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lurin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebelle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cazenave" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734509v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613653v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999654v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Baudry" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R El Mesri" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852312v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009556v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225602v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060064v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vialle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00477015v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>