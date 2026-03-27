--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -3378,291 +3378,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01810239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasi-static drainage in a network of nanoslits of non-uniform depth designed by grayscale laser lithography</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Control of evaporation by geometry in capillary structures. From confined pillar arrays in a gap radial gradient to phyllotaxy-inspired geometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Duru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Prat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10404-017-1970-z⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.15110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-14529-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01566417v1</w:t>
+                <w:t xml:space="preserve">hal-01643395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of evaporation by geometry in capillary structures. From confined pillar arrays in a gap radial gradient to phyllotaxy-inspired geometry</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quasi-static drainage in a network of nanoslits of non-uniform depth designed by grayscale laser lithography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Naillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Massadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Courson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bekhit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie F Seveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.15110. </w:t>
+              <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (8), pp.131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-14529-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10404-017-1970-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01643395v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01566417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sodium chloride precipitation reaction coefficient from crystallization experiment in a microfluidic device</w:t>
               </w:r>
@@ -4537,295 +4537,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01222327v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbubbles for optofluidics: controlled defects in bubble crystals</w:t>
+                <w:t xml:space="preserve">Osmotic Flow through Fully Permeable Nanochannels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alaa Allouch</w:t>
+                <w:t xml:space="preserve">C. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karima Bournine</w:t>
+                <w:t xml:space="preserve">Cécile Cottin-Bizonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Monmayrant</w:t>
+                <w:t xml:space="preserve">Anne-Laure Biance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Geoffroy</w:t>
+                <w:t xml:space="preserve">Lydéric Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 17 (3), pp.549 - 560. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 112 (24), pp.244501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10404-014-1339-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.112.244501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01810280v1</w:t>
+                <w:t xml:space="preserve">hal-01628783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osmotic Flow through Fully Permeable Nanochannels</w:t>
+                <w:t xml:space="preserve">Microbubbles for optofluidics: controlled defects in bubble crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lee</w:t>
+                <w:t xml:space="preserve">Alaa Allouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Cottin-Bizonne</w:t>
+                <w:t xml:space="preserve">Karima Bournine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Biance</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Joseph</w:t>
+                <w:t xml:space="preserve">Antoine Monmayrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydéric Bocquet</w:t>
+                <w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 112 (24), pp.244501. </w:t>
+              <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17 (3), pp.549 - 560. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.112.244501⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10404-014-1339-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01628783v1</w:t>
+                <w:t xml:space="preserve">hal-01810280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roles of gas in capillary filling of nanoslits</w:t>
               </w:r>
@@ -4967,77 +4967,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Ybert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Cottin-Bizonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydéric Bocquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 19 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6208,51 +6208,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GRAYSCALE LITHOGRAPHY TO FABRICATE VARYING-DEPTH NANOCHANNELS IN A SINGLE STEP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Naillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajar Massadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7780,51 +7780,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05261630v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Teillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pradines" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Hanoun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Edwards" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joseph" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10544-025-00767-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616249v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Landiech" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Elias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lap&#232;ze" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Ajiyel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Plancke" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0193333" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224639v4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Desclaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Santana" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Verdeille" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Duru" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.034202" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668523v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perros" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Biquet-Bisquert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacchari Ben Meriem" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Delarue" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2024.05.022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04116522v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fourni&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Venzac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Trevisiol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Foncy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2023.103629" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04322873v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bruand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Tijunelyte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.3c03187" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771547v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Courson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lecestre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0073542" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04740101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Laurati" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manlio Tassieri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Espinosa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica S N Oliveira" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2022.1111099" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278411v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bordignon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lonetti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coudret" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roblin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.06.058" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540295v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Chalard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mauduit" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Assi&#233;-Souleille" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Malaquin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2020.101162" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879712v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Larbi Mokrane" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey F. Morris" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Liot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM01143F" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02949343v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Montis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Magnani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Mar&#237;n-Men&#233;ndez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Barbero" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2020.111266" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02937882v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dutoya" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2020.100064" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997319v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Malbec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayan Chami" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Aeschbach" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ruiz Buend&#237;a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Socol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36632-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363335v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Naillon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SM02546K" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166311v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon-Merceron" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR02727K" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01700814v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.034502" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682628v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Ranchon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cacheux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Reig" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pattamon Teerapanich" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b03962" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810656v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vaysse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b01365" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865363v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Singh" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bacchin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Morris" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30389-7" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338521v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cordelier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leichle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2018.10.003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01701199v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Chen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Geoffroy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.827" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964831v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pugniere" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Henriquet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yii-Lih Lin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2018.07.167" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810125v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Garcia" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Thi&#233;ry" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Figarol" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aac0af" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810239v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Montis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mangiapia" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Mingotaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mingotaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2018.01.042" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01566417v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Massadi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bekhit" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie F Seveno" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-017-1970-z" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01643395v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-14529-z" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578668v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2017.01.058" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01701361v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sathyanarayanan Punniyakoti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ragavendran Sivakumarasamy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vaurette" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuhiko Nishiguchi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.201601155" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544214v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fouet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Mader" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ira&#239;n" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yanha" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5LC00941C" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01578630v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/CMEM-V4-N1-42-49" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314955v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dionzou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mor&#232;re" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Marty" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5sm01863c" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306024v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Picot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boutonnet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5lc01465d" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222327v3" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fouet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud-Alix Mader" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Ira&#239;n" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Yanha" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810280v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Allouch" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bournine" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monmayrant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-014-1339-5" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628783v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lee" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cottin-Bizonne" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Biance" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyd&#233;ric Bocquet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.244501" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920951v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauvet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Hamouni" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm25982f" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628761v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ybert" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barentin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2815730" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159140v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Degr&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tabeling" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lerouge" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Ajdari" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091258v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Degr&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tabeling" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lerouge" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cloitre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2221501" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146880v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazenq" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Calmon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Carcenac" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818343v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ginot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bancaud" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166276v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mesnilgrente" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Berti" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339337v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zaouter" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lasseux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ledrappier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Vulliez" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810366v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810361v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01644282v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey F Morris" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391501v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Seveno" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394530v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453186v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lefort" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087342v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;ance" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pages" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Gu&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810344v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dubreuil" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022846v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941769v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Genetelli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384866v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104220v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082680v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00011075v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005PA066214" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-02067183v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05261630v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Teillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pradines" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Hanoun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Edwards" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joseph" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10544-025-00767-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616249v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Landiech" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Elias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lap&#232;ze" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Ajiyel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Plancke" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0193333" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224639v4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Desclaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Santana" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Verdeille" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Duru" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.034202" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668523v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perros" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Biquet-Bisquert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacchari Ben Meriem" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Delarue" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2024.05.022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04116522v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fourni&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Venzac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Trevisiol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Foncy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2023.103629" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04322873v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bruand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Tijunelyte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.3c03187" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771547v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Courson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lecestre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0073542" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04740101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Laurati" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manlio Tassieri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Espinosa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica S N Oliveira" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2022.1111099" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278411v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bordignon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lonetti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coudret" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roblin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.06.058" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540295v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Chalard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mauduit" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Assi&#233;-Souleille" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Malaquin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2020.101162" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879712v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Larbi Mokrane" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey F. Morris" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Liot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM01143F" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02949343v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Montis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Magnani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Mar&#237;n-Men&#233;ndez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Barbero" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2020.111266" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02937882v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dutoya" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2020.100064" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997319v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Malbec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayan Chami" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Aeschbach" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ruiz Buend&#237;a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Socol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36632-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363335v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Naillon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SM02546K" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166311v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon-Merceron" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR02727K" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01700814v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.034502" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682628v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Ranchon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cacheux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Reig" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pattamon Teerapanich" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b03962" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810656v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vaysse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b01365" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865363v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Singh" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bacchin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Morris" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30389-7" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338521v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cordelier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leichle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2018.10.003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01701199v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Chen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Geoffroy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.827" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964831v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pugniere" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Henriquet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yii-Lih Lin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2018.07.167" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810125v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Garcia" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Thi&#233;ry" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Figarol" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aac0af" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810239v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Montis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mangiapia" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Mingotaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mingotaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2018.01.042" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01643395v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-14529-z" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01566417v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Massadi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bekhit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie F Seveno" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-017-1970-z" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578668v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2017.01.058" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01701361v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sathyanarayanan Punniyakoti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ragavendran Sivakumarasamy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vaurette" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuhiko Nishiguchi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.201601155" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544214v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fouet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Mader" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ira&#239;n" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yanha" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5LC00941C" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01578630v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/CMEM-V4-N1-42-49" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314955v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dionzou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mor&#232;re" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Marty" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5sm01863c" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306024v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Picot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boutonnet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5lc01465d" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222327v3" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fouet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud-Alix Mader" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Ira&#239;n" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Yanha" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628783v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lee" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cottin-Bizonne" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Biance" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyd&#233;ric Bocquet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.244501" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810280v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Allouch" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bournine" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monmayrant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-014-1339-5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920951v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauvet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Hamouni" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm25982f" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628761v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ybert" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barentin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2815730" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159140v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Degr&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tabeling" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lerouge" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Ajdari" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091258v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Degr&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tabeling" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lerouge" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cloitre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2221501" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146880v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazenq" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Calmon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Carcenac" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818343v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ginot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bancaud" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166276v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mesnilgrente" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Berti" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339337v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zaouter" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lasseux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ledrappier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Vulliez" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810366v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810361v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01644282v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey F Morris" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391501v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Seveno" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394530v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453186v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lefort" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087342v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;ance" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pages" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Gu&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810344v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dubreuil" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022846v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941769v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Genetelli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384866v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104220v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082680v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00011075v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005PA066214" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-02067183v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>