--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -356,174 +356,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05434501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Panorama des traductions en français des romans érotiques chinois en langue vulgaire des Ming et des Qing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kaser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de la Chine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, pp.117-131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La maison qui m’a donné la vie : « Shengwo lou » 生我樓, le onzième récit des Shi’er lou 十二樓 (Douze pavillons) de Li Yu 李漁 (1611-1680)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impressions d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Marges et marginalités littéraires d’Asie d’hier et d’aujourd’hui, 17, pp.166-194. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/137uc⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/137uc⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04942966v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04733911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si on jouait au mandarin ? Visions « enfantines » du mandarinat dans le Lin’er bao 麟兒報, fiction romanesque en langue vulgaire du XVIIe siècle.</w:t>
               </w:r>
@@ -1127,174 +1127,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03960000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Faguo hanxuejia lun Zhongguo wenxue : gudian xiju he xiaoshuo xuyan / 法國漢學家論中國文學-古典戲劇和小說”序言 (Zhang Junwei 張峻巍, trad.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kaser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hànxué yánjiū (Chinese Studies)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30, pp.143-146</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La vie de Colosse de Qinhuai : &amp;quot;Qinhuai Jian’er zhuan&amp;quot; 秦淮健兒傳, récit en langue classique de Li Yu 李漁 (1611-1680)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impressions d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Maître(s) et disciple(s) dans les littératures d’Asie, 13, pp.100-107. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ideo.1993⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ideo.1993⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03960061v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03447135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’utilité des maîtres : Le point de vue de Han Yu 韓愈 (768-824)</w:t>
               </w:r>
@@ -2196,183 +2196,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01316671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour quatre ligatures de sapèques : Extrait du onzième conte du Shidiantou (Pierres qui hochent la tête, XVIIe siècle)</w:t>
+                <w:t xml:space="preserve">Le chien, la galette et le lauréat : Douzième récit du Yuhuaxiang (Fleurs du Paradis) de Shi Chengjin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impressions d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Boire et manger dans les littératures d'Asie, 5, pp.49-56. </w:t>
+              <w:t xml:space="preserve">, 2015, Boire et manger dans les littératures d’Asie, 5, pp.66-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ideo.360⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ideo.355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01316701v1</w:t>
+                <w:t xml:space="preserve">hal-01316745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le chien, la galette et le lauréat : Douzième récit du Yuhuaxiang (Fleurs du Paradis) de Shi Chengjin</w:t>
+                <w:t xml:space="preserve">Pour quatre ligatures de sapèques : Extrait du onzième conte du Shidiantou (Pierres qui hochent la tête, XVIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impressions d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Boire et manger dans les littératures d’Asie, 5, pp.66-69. </w:t>
+              <w:t xml:space="preserve">, 2015, Boire et manger dans les littératures d'Asie, 5, pp.49-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ideo.355⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ideo.360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01316745v1</w:t>
+                <w:t xml:space="preserve">hal-01316701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouquet de blagues : Florilège d’histoires pour rire du XVIIe siècle</w:t>
               </w:r>
@@ -2586,183 +2586,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01736624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bibliographie des travaux sinologiques de Jacques Dars</w:t>
+                <w:t xml:space="preserve">Hommage de Li Yu (1611-1680) à ses concubines défuntes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impressions d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Hommage à Jacques Dars, 4, pp.33-43. </w:t>
+              <w:t xml:space="preserve">, 2014, Hommage à Jacques Dars, 4, pp.113-124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ideo.335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ideo.342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01313303v1</w:t>
+                <w:t xml:space="preserve">hal-01313226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hommage de Li Yu (1611-1680) à ses concubines défuntes</w:t>
+                <w:t xml:space="preserve">Bibliographie des travaux sinologiques de Jacques Dars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impressions d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Hommage à Jacques Dars, 4, pp.113-124. </w:t>
+              <w:t xml:space="preserve">, 2014, Hommage à Jacques Dars, 4, pp.33-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ideo.342⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ideo.335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01313226v1</w:t>
+                <w:t xml:space="preserve">hal-01313303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Bouddha entremetteur&amp;quot;, premier cas judiciaire du Longtu gong’an</w:t>
               </w:r>
@@ -3036,51 +3036,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01736616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEI Yuan, Zi Bu Yu (Ce dont le Maître ne parle pas)</w:t>
+                <w:t xml:space="preserve">Yuan Mei, Zi Bu Yu (Ce dont le Maître ne parle pas)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Visage vert</w:t>
             </w:r>
             <w:r>
@@ -4238,195 +4238,195 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">French Translations of the Chinese Vernacular Erotic Novel of the Ming and Qing Dynasties: A Brief Overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kaser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lintao Qi; Shani Tobias. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Encountering China’s Past : Translation and Dissemination of Classical Chinese Literature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Singapore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.101-123, 2022, New Frontiers in Translation Studies, 978-981-19-0647-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-19-0648-0_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03641746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De l’utilité de l’inventaire des traductions en langue française des littératures d’Extrême-Orient (Itleo) pour l’enseignement des littératures asiatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eun Jin Jeong; Muriel Détrie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Enseignement des littératures asiatiques et la traduction : expériences, interrogations et propositions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions You Feng, pp.159-167, 2022, 979-10-367-0165-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03442162v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-03641746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhongguo gudai yanqing xiaoshuo zai Faguo de fanyi he jieshou / 中國古代艷情小在法國的翻譯喝接受</w:t>
               </w:r>
@@ -5344,51 +5344,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D733459D"/>
+    <w:nsid w:val="7804C05D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5575,51 +5575,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-kaser" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5001-1467" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/030210402" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ideo.revues.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leo2t.hypotheses.org/itleo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434501v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kaser" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ehd" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04942966v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/137uc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733911v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644121v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11z8e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441444v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen He" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Galli-Ragueneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2753" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698530v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58048/2263-7664/3779" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616352v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiakun Chen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Cruveille" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Aloisio" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2352" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960016v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2692" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960011v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2419" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960000v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2424" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960061v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.1993" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447135v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960065v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2090" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960058v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.1985" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459128v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.1286" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01826932v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19115/CKS.26.1.4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995722v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995724v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736606v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.618" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736603v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinan Zhou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.673" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736611v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.523" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316727v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.354" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741312v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316671v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.362" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316701v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.360" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316745v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.355" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316694v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.364" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316716v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.352" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736624v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.366" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313303v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.335" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313226v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.342" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313297v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736618v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.247" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736645v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736616v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.72" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835651v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835660v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737824v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01746063v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01746060v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737820v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736771v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736768v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01755899v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01756252v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999506v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736568v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-anacharsis.com/Les-Dix-Jours-de-Yangzhou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01756280v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01756277v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-picquier.com/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01756274v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742259v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-picquier.fr/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442162v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641746v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-0648-0_7" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354806v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736650v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736641v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736637v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736790v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736784v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739328v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802314v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736778v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802323v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01736752v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-kaser" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5001-1467" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/030210402" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ideo.revues.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leo2t.hypotheses.org/itleo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434501v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kaser" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ehd" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733911v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04942966v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/137uc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644121v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11z8e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441444v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen He" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Galli-Ragueneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2753" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698530v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58048/2263-7664/3779" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616352v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiakun Chen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Cruveille" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Aloisio" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2352" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960016v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2692" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960011v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2419" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960000v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2424" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447135v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960061v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.1993" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960065v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.2090" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960058v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.1985" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459128v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.1286" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01826932v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19115/CKS.26.1.4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995722v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995724v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736606v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.618" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736603v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinan Zhou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.673" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736611v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.523" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316727v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.354" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741312v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316671v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.362" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316745v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.355" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316701v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.360" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316694v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.364" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316716v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.352" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736624v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.366" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313226v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.342" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313303v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.335" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313297v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736618v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.247" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736645v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736616v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideo.72" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835651v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835660v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737824v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01746063v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01746060v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737820v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736771v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736768v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01755899v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01756252v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999506v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736568v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-anacharsis.com/Les-Dix-Jours-de-Yangzhou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01756280v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01756277v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-picquier.com/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01756274v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742259v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-picquier.fr/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641746v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-0648-0_7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442162v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354806v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736650v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736641v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736637v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736790v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736784v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739328v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802314v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736778v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802323v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01736752v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>