--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -132,1460 +132,1984 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F(l)ammes d’Ahmed Madani et Carte noire nommée désir de Rébecca Chaillon : des esthétiques décoloniales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Katuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Art &amp; décolonialité, 43, pp.279-292</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lear d'Edward Bond : métathéâtralité et discours politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Katuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Paon d'Héra : gazette interdisciplinaire thématique internationale = Hera's Peacock: an international thematic interdisciplinary journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11, pp.57--69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02522471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pippo Delbono : un théâtre de la sortie de la représentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Katuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, La Présence : discours et voix, image et représentation, 121, pp.303--317</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02522599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acteurs amateurs et créations professionnelles : des choeurs citoyens en représentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Katuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antropologia e Teatro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.136--150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02522600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changer de rythme pour sortir de la représentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Katuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de Littérature Orale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 73-74, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/clo.2034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05423280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser le théâtre avec Dario Fo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Katuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La clé des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01984109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le théâtre populaire yiddish en Europe de l’Est (1876-1939)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Katuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horizons/Théâtre : revue d'études théâtrales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1, pp.136-150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Madani, Mohamed El Khatib, Didier Ruiz : terrains en scène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Bordeaux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le terrain en arts vivants. Récits, méthodes, pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, pp.315-325, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04888944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pippo Delbono : usages pasoliniens de la différence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Véronique Le Ru, Fabrice Bourl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pier Paolo Pasolini entre art et philosophie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Reims, pp.21, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fantômes à l'épreuve de la scène contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Francesco D'Antonio, Catherine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Voir des fantômes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kimé, pp.15, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Divine Comédie de Romeo Castellucci : le texte en pâture ou la dramaturgie émotionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Zohra Makach, Az-eddine Bounit. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Théâtre aujourd'hui : écriture et art de la performance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculté des lettres et des sciences humaines, pp.12, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le personnage de fantôme comme figure mémorielle du théâtre dans Littoral de Wajdi Mouawad et dans Gibier du temps Didier-Georges Gabily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sophie Lucet Sophie Proust, D. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mémoire(s) en création dans les arts de la scène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUR, pp.12, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kontakthof de Pina Bausch : &amp;quot;On n'a pas tous les jours une occasion comme ça</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Briand, Michel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corps (in)croyables. Pratiques amateur en danse contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre national de la danse, pp.11, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bobo, Gianluca, Nelson : La force de parole empêchée dans les spectacles de Pippo Delbono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Danièle James-Raoul, Peter Kuo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Parole empêchée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Gunther Narr Verlag, pp.10, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les compositeurs de la scène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sauvanet, Pierre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écriture et création</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, Presses Universitaires de Bordeaux, 2016, Les Cahiers d'Artes, 979-10-300-0103-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La scène, un lieu où l'on meurt deux fois : le fantôme du père et les morts de la guerre dans « Littoral » de Wajdi Mouawad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Régnier-Bohler, Danielle Éditeur scientifique and James-Raoul, Danièle and Baudry, Patrick. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Bon passage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 118, Presses Universitaires de Bordeaux, 2016, Eidôlon, 979-10-91052-19-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pub.15451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chère Edzia, chers enfants... 1939-1944. Correspondance de la famille Rotgold : une expérience de théâtre-témoignage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Beddows, Joël and Frappier, Louise. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire et mémoire au théâtre: perspectives contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann / Presses de l'Université Laval, 2016, 978-2-7056-7372-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impressions d'usure : le Tanztheater de Wuppertal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Baumann, Pierre and Beauffort, Amélie de. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'usure, excès d'usages et bénéfices de l'art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Bordeaux / Académie royale des Beaux-Arts de Bruxelles, pp.246--255, 2016, 979-10-300-0087-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'espace des umbrae dans la tragédie sénéquienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Voisin, Patrick and Béchillon, Marielle de. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'espace dans l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2015, 978-2-343-05822-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ekphrasis : quand les mots font le spectacle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Orecchia-Havas, Teresa and Surgers, Anne and Tramuta, Marie-Josée and Villenave, Baptiste and Wolkenstein, Julie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le regard à l’œuvre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LASLAR, pp.27--37, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Codes et rituels : le Tanztheater comme théâtre du jeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hélène Camarade, Marie-Lise Paoli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marges et territoires chorégraphiques de Pina Bausch</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Arche, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02794668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tragédies de Sénèque : quand les fantômes engendrent des monstres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giorgio, Jean-Pierre de and Galtier, Fabrice. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le monstre et sa lignée : filiations et générations monstrueuses dans la littérature latine et sa postérité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.169--187, 2012, 978-2-336-00578-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larmes, cris et tremblements dans le théâtre de Pier Paolo Pasolini : pour une poétique de l'acteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">El Ghaoui, Lisa and Université Stendhal. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les corps en scène. Acteurs et personnages pasoliniens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fabrizio Serra, pp.25--35, 2011, 978-88-6227-392-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fantômes pasoliniens : des corps écrits aux corps-spectacle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Butel, Yannick. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De l'informe, du difforme, du conforme au théâtre : sur la scène européenne, en Italie et en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Langue, pp.45--68, 2010, 978-3-0343-0357-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3726/978-3-0352-0016-4/7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Rouquin dans Sallinger de Bernard-Marie Koltès : une meneuse de revue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Butel, Yannick and Bident, Christophe and Triau, Christophe and Colloque "Bernard-Marie Koltès : démons, chimères et autres métamorphoses" and Colloque "Koltès, Maintenant" and Université de Caen Normandie and Université Paris Diderot - Paris 7. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Koltès maintenant et autres métamorphoses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, pp.245--256, 2010, 978-3-0343-0526-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le jeu du fantôme dans Le Retour au désert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Bident, Régis Salado, Christophe Triau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Voix de Koltès</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Atlantica-Séguier, pp.15, 2004, Carnets Séguier</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02862678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1595,806 +2119,351 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observer le théâtre. Pour une nouvelle épistémologie des spectacles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubouilh-Frechet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Bordeaux, 2022, Universcènes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05389922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Théâtre de Pier Paolo Pasolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ides et Calendes, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ceci n'est pas un fantôme: essai sur les personnages de fantômes dans les théâtres antique et contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Kimé, 2011, 978-2-84174-553-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983837v1</w:t>
-              </w:r>
-[...453 lines deleted...]
-                <w:t xml:space="preserve">hal-01963324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre et arts vivants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Doyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Horizons/Théâtre : revue d'études théâtrales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10-11, https://journals.openedition.org/ht/462, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ht.462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05464255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2404,250 +2473,250 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bobo, Gianluca, Nelson : la force spectaculaire de la parole empêchée dans le théâtre de Pippo Delbono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La parole empêchée (colloque CLARE/Wissenschaft und Kunst, Université Paris Lodron de Salzburg)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01974531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La scène, un lieu où l'on meurt deux fois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque « Le Bon Passage »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2013, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01992902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pippo Delbono : un théâtre de la sortie de la représentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Katuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « La présence : discours et voix, image et représentation »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02011763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId48"/>
+      <w:footerReference w:type="default" r:id="rId49"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2715,51 +2784,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E59E423E"/>
+    <w:nsid w:val="907C6133"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2946,51 +3015,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-katuszewski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1156-6870" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888944v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Katuszewski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522470v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522469v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522551v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522552v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522553v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522550v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983810v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983811v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.15451" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983890v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983809v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983891v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983908v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794668v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983895v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983893v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983896v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-0016-4/7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983894v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862678v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389922v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dubouilh-Frechet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983892v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983837v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522471v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522599v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522600v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423280v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.2034" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984109v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963324v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464255v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Doyon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ht.462" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974531v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992902v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011763v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-katuszewski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1156-6870" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05558019v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Katuszewski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522471v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522599v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522600v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423280v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.2034" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984109v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963324v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888944v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522470v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522469v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522551v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522552v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522553v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522550v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983810v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983811v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.15451" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983890v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983809v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983891v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983908v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794668v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983895v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983893v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983896v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-0016-4/7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983894v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862678v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389922v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dubouilh-Frechet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983892v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983837v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464255v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Doyon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ht.462" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974531v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992902v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011763v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>