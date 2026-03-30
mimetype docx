--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1321,239 +1321,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orthographic learning during reading: the role of whole-word visual processing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Chaves</w:t>
+                <w:t xml:space="preserve">De la relation de l'écrit numérique et la qualité de l'orthographe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonia Lanchantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylviane Valdois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Research in Reading</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 118, pp.40-57</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01218316v1</w:t>
+                <w:t xml:space="preserve">hal-01374206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la relation de l'écrit numérique et la qualité de l'orthographe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
+                <w:t xml:space="preserve">Orthographic learning during reading: the role of whole-word visual processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Bosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Valdois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Research in Reading</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38, pp.141-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1467-9817.2012.01551.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01374206v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01218316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Good spellers write more textism than bad spellers in instant messaging: The case of French</w:t>
               </w:r>
@@ -1736,596 +1736,596 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00965455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The case of Digital Writing in Instant Messaging: When cyber written productions are closer to the oral code than the written code.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
+                <w:t xml:space="preserve">Différences novices – experts dans la production écrite de SMS : étude de l’effet d’une double tâche.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Volckaert-Legrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PsychNology Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 10 (3), pp.187 - 214</w:t>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00858323v1</w:t>
+                <w:t xml:space="preserve">hal-03352584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Différences novices – experts dans la production écrite de SMS : étude de l’effet d’une double tâche.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">La mémorisation de l'orthographe des mots lus en CM2: effet du traitement visuel simultané.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Bosse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Année psychologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 112, pp.175-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/anpsy.122.0175⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352584v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mémorisation de l'orthographe des mots lus en CM2: effet du traitement visuel simultané.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Chaves</w:t>
+                <w:t xml:space="preserve">How adolescents with dyslexia dysorthographia use texting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonia Lanchantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Combes</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olga Volckaert-Legrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Année psychologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Written Language and Literacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15 (1), pp.65-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/wll.15.1.04sim⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/anpsy.122.0175⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00817744v1</w:t>
+                <w:t xml:space="preserve">hal-00762177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How adolescents with dyslexia dysorthographia use texting</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tonia Lanchantin</w:t>
+                <w:t xml:space="preserve">Automatic or Controlled Writing? The Effect of a Dual Task on SMS Writing in Novice and Expert Adolescents.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Combes</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Olga Volckaert-Legrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Largy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Written Language and Literacy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 35 (2), pp.199-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/li.35.2.05com⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1075/wll.15.1.04sim⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00762177v1</w:t>
+                <w:t xml:space="preserve">hal-03352471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic or Controlled Writing? The Effect of a Dual Task on SMS Writing in Novice and Expert Adolescents.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olga Volckaert-Legrier</w:t>
+                <w:t xml:space="preserve">The case of Digital Writing in Instant Messaging: When cyber written productions are closer to the oral code than the written code.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonia Lanchantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PsychNology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10 (3), pp.187 - 214</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1075/li.35.2.05com⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03352471v1</w:t>
+                <w:t xml:space="preserve">hal-00858323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are implicit learning abilities sensitive to the type of material to be processed? Study on children with and without dyslexia.</w:t>
+                <w:t xml:space="preserve">Are implicit learning abilities sensitive to the type of material to be processed? Study on typical readers and children with dyslexia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
@@ -2360,75 +2360,75 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00943593v1</w:t>
+                <w:t xml:space="preserve">hal-00762171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are implicit learning abilities sensitive to the type of material to be processed? Study on typical readers and children with dyslexia</w:t>
+                <w:t xml:space="preserve">Are implicit learning abilities sensitive to the type of material to be processed? Study on children with and without dyslexia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
@@ -2463,252 +2463,252 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00762171v1</w:t>
+                <w:t xml:space="preserve">hal-00943593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la sensibilité de l'apprentissage implicite au type d'item à pister dans une tâche de temps de réaction séquentiel : le cas des enfants dyslexiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
+                <w:t xml:space="preserve">Le traitement visuel est-il impliqué dans l'acquisition de l'orthographe lexicale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Bosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 107-108, pp.151-158</w:t>
+              <w:t xml:space="preserve">, 2010, 107-108, pp.133-141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00762163v1</w:t>
+                <w:t xml:space="preserve">hal-00825972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le traitement visuel est-il impliqué dans l'acquisition de l'orthographe lexicale ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Line Bosse</w:t>
+                <w:t xml:space="preserve">L'apprentissage implicite : utilisation d'une tâche de temps de réaction séquentiel chez l'enfant présentant des troubles du langage écrit.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 107-108, pp.133-141</w:t>
+              <w:t xml:space="preserve">, 2010, 107-108, pp.151-158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00825972v1</w:t>
+                <w:t xml:space="preserve">hal-00943592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'apprentissage implicite : utilisation d'une tâche de temps de réaction séquentiel chez l'enfant présentant des troubles du langage écrit.</w:t>
+                <w:t xml:space="preserve">De la sensibilité de l'apprentissage implicite au type d'item à pister dans une tâche de temps de réaction séquentiel : le cas des enfants dyslexiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
@@ -2722,215 +2722,215 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 107-108, pp.151-158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00943592v1</w:t>
+                <w:t xml:space="preserve">hal-00762163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage implicite et dyslexie : des données contradictoires</w:t>
+                <w:t xml:space="preserve">L'apprentissage implicite chez l'enfant présentant des troubles du langage écrit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 96-97, pp.235-251</w:t>
+              <w:t xml:space="preserve">, 2008, 96-97, pp.27-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00943591v1</w:t>
+                <w:t xml:space="preserve">hal-00762160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'apprentissage implicite chez l'enfant présentant des troubles du langage écrit</w:t>
+                <w:t xml:space="preserve">Apprentissage implicite et dyslexie : des données contradictoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 96-97, pp.27-32</w:t>
+              <w:t xml:space="preserve">, 2008, 96-97, pp.235-251</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00762160v1</w:t>
+                <w:t xml:space="preserve">hal-00943591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When memorised instances compete with rules : The case of number-noun agreement in written French.</w:t>
               </w:r>
@@ -3579,64 +3579,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle du traitement visuel dans l’acquisition des connaissances orthographiques lexicales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Bosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4637,558 +4637,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00966248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DWIM typology according to spelling level of french 7th grade students</w:t>
+                <w:t xml:space="preserve">Typologie des formes d'écrit numérique en messagerie instantanée en fonction du niveau orthographique d'élèves de quatrième français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tonia Lanchantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International psychological applications conference and trends</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Lisbonne, Portugal. pp.31-32</w:t>
+              <w:t xml:space="preserve">JSDoc 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00966176v1</w:t>
+                <w:t xml:space="preserve">hal-00966236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typologie des formes d'écrit numérique en messagerie instantanée en fonction du niveau orthographique d'élèves de quatrième français</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How adolescents with dyslexia dysorthographia use texting ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tonia Lanchantin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSDoc 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, France</w:t>
+              <w:t xml:space="preserve">International psychological applications conference and trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Lisbonne, Portugal. pp.105-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00966236v1</w:t>
+                <w:t xml:space="preserve">hal-00966221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How adolescents with dyslexia dysorthographia use texting ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DWIM typology according to spelling level of french 7th grade students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonia Lanchantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Simoës-Perlant</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tonia Lanchantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International psychological applications conference and trends</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Lisbonne, Portugal. pp.105-106</w:t>
+              <w:t xml:space="preserve">, 2012, Lisbonne, Portugal. pp.31-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00966221v1</w:t>
+                <w:t xml:space="preserve">hal-00966176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orthographic learning during reading: The role of whole-word visual processing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Le traitement visuel simultané est-il un facteur cognitif impliqué dans l'apprentissage de l'orthographe lexicale chez l'adulte?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Bosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Guinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCOP Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, San Sebastian, Spain</w:t>
+              <w:t xml:space="preserve">Congrès SFP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01917895v1</w:t>
+                <w:t xml:space="preserve">hal-01917902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le traitement visuel simultané est-il un facteur cognitif impliqué dans l'apprentissage de l'orthographe lexicale chez l'adulte?</w:t>
+                <w:t xml:space="preserve">Orthographic learning during reading: The role of whole-word visual processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Bosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nathalie Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Guinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SFP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Metz, France</w:t>
+              <w:t xml:space="preserve">ESCOP Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, San Sebastian, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01917902v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01917895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’acquisition des connaissances orthographiques lexicales pendant la lecture: le traitement visuel serait-il impliqué?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Bosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Largy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6288,51 +6288,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FAB58876"/>
+    <w:nsid w:val="0366EC6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6519,51 +6519,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-largy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078878373" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000038392864" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279382v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Largy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Soulier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Largy Gunnarsson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Simo&#235;s-Perlant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804598v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Serrau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Gunnarsson-Largy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.22013.ser" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625691v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.211.0025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642327v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dherbey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11145-019-09941-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886930v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24452/sjer.40.1.5059" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998841v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tonia Lanchantin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00018.sim" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642383v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827023v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25755/int.9483" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616727v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benintendi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Largy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663137v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503317004031" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374207v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218316v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bosse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chaves" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Valdois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9817.2012.01551.x" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374206v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067722v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965455v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Loury" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Gunnarsson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Soum-Favaro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858323v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352584v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Volckaert-Legrier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817744v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy.122.0175" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762177v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Thibault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/wll.15.1.04sim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352471v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.35.2.05com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943593v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9817.2010.01464.x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CHP3WR6C-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762171v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762163v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825972v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943592v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943591v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762160v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158822v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cousin M.-P." TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bryant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360331v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dedeyan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle N&#233;gro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114989v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cousin M. P." TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D&#233;d&#233;yan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02951363v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Simon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lalonde" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rebai" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207450490" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114970v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834484v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917937v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834500v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834437v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834509v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939138v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834532v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956517v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067721v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966598v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966244v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966248v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966176v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966236v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966221v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917895v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guinet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917902v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917897v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966178v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115353v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804641v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941162v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Totereau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966257v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=42218" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074567v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#232;le Auriac-Slusarczyk" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Cogis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Garcia-Debanc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gunnarson-Largy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374208v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/36120" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966253v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762183v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-largy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078878373" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000038392864" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279382v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Largy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Soulier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Largy Gunnarsson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Simo&#235;s-Perlant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804598v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Serrau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Gunnarsson-Largy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.22013.ser" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625691v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.211.0025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642327v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dherbey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11145-019-09941-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886930v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24452/sjer.40.1.5059" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998841v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tonia Lanchantin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00018.sim" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642383v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827023v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25755/int.9483" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616727v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benintendi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Largy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663137v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503317004031" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374207v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374206v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218316v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bosse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chaves" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Valdois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9817.2012.01551.x" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067722v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965455v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Loury" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Gunnarsson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Soum-Favaro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352584v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Volckaert-Legrier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817744v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy.122.0175" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762177v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Thibault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/wll.15.1.04sim" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352471v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.35.2.05com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858323v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762171v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9817.2010.01464.x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CHP3WR6C-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943593v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825972v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943592v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762163v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762160v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943591v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158822v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cousin M.-P." TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bryant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360331v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dedeyan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle N&#233;gro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114989v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cousin M. P." TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D&#233;d&#233;yan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02951363v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Simon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lalonde" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rebai" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207450490" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114970v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834484v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917937v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834500v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834437v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834509v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939138v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834532v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956517v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067721v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966598v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966244v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966248v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966236v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966221v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966176v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917902v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917895v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guinet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917897v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966178v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115353v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804641v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941162v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Totereau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966257v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=42218" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074567v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#232;le Auriac-Slusarczyk" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Cogis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Garcia-Debanc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gunnarson-Largy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374208v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/36120" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966253v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762183v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>