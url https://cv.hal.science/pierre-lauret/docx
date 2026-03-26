--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1347,1408 +1347,1408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01962476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric dispersion modeling using Artificial Neural Network based cellular automata</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-speed imaging optical techniques for shockwave and droplets atomization analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Slangen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Heymes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Aprin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Johannet</w:t>
+                <w:t xml:space="preserve">Nicolas Lecysyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 85, pp.56-69. </w:t>
+              <w:t xml:space="preserve">Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (12), pp.121706. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2016.08.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/1.OE.55.12.121706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01962455v1</w:t>
+                <w:t xml:space="preserve">hal-01962648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental study on vapor cloud explosion of propane-oxygen stoichiometric mixture</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Atmospheric dispersion modeling using Artificial Neural Network based cellular automata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Heymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Aprin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Lapebie</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Johannet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 53, pp.61-66. </w:t>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 85, pp.56-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3303/CET1653011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2016.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02014360v1</w:t>
+                <w:t xml:space="preserve">hal-01962455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Discussion on the Risks Associated with Water Filling of Propane Tanks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Aprin</w:t>
+                <w:t xml:space="preserve">An experimental study on vapor cloud explosion of propane-oxygen stoichiometric mixture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Heymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Aprin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lauret</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lapebie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 53, pp.271-276. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3303/CET1653046⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 53, pp.61-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/CET1653011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02930787v1</w:t>
+                <w:t xml:space="preserve">hal-02014360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consequences of liquid jet breakup resulting from interaction with overpressure wave from domino effect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Discussion on the Risks Associated with Water Filling of Propane Tanks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Heymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Aprin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lauret</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">N. Lecysyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 53, pp.73-78. </w:t>
+              <w:t xml:space="preserve">, 2016, 53, pp.271-276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3303/CET1653013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3303/CET1653046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014358v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02930787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric powder dispersion in an Urban Area</w:t>
+                <w:t xml:space="preserve">Consequences of liquid jet breakup resulting from interaction with overpressure wave from domino effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Heymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Slangen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Aprin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Perrin</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Lecysyn</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 48, pp.91-96. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3303/CET1648016⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 53, pp.73-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/CET1653013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02014362v1</w:t>
+                <w:t xml:space="preserve">hal-02014358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near field blast effects from BLEVE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.M. Birk</w:t>
+                <w:t xml:space="preserve">Atmospheric powder dispersion in an Urban Area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Heymes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Aprin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Eyssette</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 48, pp.283-288. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3303/CET1648048⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 48, pp.91-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/CET1648016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014361v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of submerged leakage from a shipwreck involving floating chemicals cargo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near field blast effects from BLEVE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Birk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Heymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Aprin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Eyssette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 53, pp.343-348. </w:t>
+              <w:t xml:space="preserve">, 2016, 48, pp.283-288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3303/CET1653058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3303/CET1648048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014359v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-speed imaging optical techniques for shockwave and droplets atomization analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental study of submerged leakage from a shipwreck involving floating chemicals cargo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Aprin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Heymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cosenza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 55 (12), pp.121706. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 53, pp.343-348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.OE.55.12.121706⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3303/CET1653058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01962648v1</w:t>
+                <w:t xml:space="preserve">hal-02014359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Study of Expanded Aluminium Products Efficiency for BLEVE Suppression</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Aprin</w:t>
+                <w:t xml:space="preserve">Experimental characterization of the influence of dispersant addition on rising oil droplets in water column</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Aprin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Heymes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Slangen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Le Floch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 43, pp.2095-2100. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3303/cet1543350⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 43, pp.2287-2292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/CET1543382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03583325v1</w:t>
+                <w:t xml:space="preserve">hal-02014363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D Modeling of Turbulent Flow around a Cylindrical Storage Tank by Artificial Neural Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental Study of Expanded Aluminium Products Efficiency for BLEVE Suppression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Heymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Aprin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lauret</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 43, pp.1621-1626. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 43, pp.2095-2100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/cet1543350⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3303/CET1543271⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01962628v1</w:t>
+                <w:t xml:space="preserve">hal-03583325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of the influence of dispersant addition on rising oil droplets in water column</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">2D Modeling of Turbulent Flow around a Cylindrical Storage Tank by Artificial Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Heymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Aprin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Johannet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephane Le Floch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 43, pp.2287-2292. </w:t>
+              <w:t xml:space="preserve">, 2015, 43, pp.1621-1626. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3303/CET1543382⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3303/CET1543271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014363v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric Turbulent Dispersion Modeling Methods using Machine learning Tools</w:t>
               </w:r>
@@ -2773,51 +2773,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Heymes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Aprin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Johannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dusserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2907,51 +2907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Heymes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Aprin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Johannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dusserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3553,51 +3553,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Heymes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Aprin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Lecysyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSFVIP-11 - The 11th Pacific Symposium on Flow Visualization and Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Kumamoto, Japan</w:t>
@@ -3678,51 +3678,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Aprin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Heymes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lecysyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Pacific Symposium on Flow Visualization and Image Processing (PSFVIP10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4267,51 +4267,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03418793v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacaria Essa&#239;di" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lauret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Heymes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aprin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2021.111747" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02972970v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chanut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lopez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET2082035" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02775607v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Eyssette" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Hoorelbeke" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2020.04.029" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02895079v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Chanut" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12650-020-00676-5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02991443v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Petrie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET2082039" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414482v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Floch" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1977120" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1977035" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014357v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chanut" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Heymes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1867002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011899v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Birk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eyssette" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aprin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2018.04.003" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962476v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Forestier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Pey" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2017.02.003" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962455v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Johannet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2016.08.001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014360v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lapebie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02930787v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653046" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014358v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lecysyn" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014362v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perrin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Forestier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1648016" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014361v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1648048" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014359v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cosenza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653058" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962648v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lecysyn" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.55.12.121706" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03583325v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/cet1543350" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962628v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1543271" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014363v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Floch" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1543382" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962597v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dusserre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/cet1436087" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04169384v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1331026" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02509106v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Asquini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264185v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2525977" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914631v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hoorelbeke" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2318699" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02556612v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974024v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095142v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Long" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02509109v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01126904v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014EMSE0745" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03418793v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacaria Essa&#239;di" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lauret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Heymes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aprin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2021.111747" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02972970v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chanut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lopez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET2082035" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02775607v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Eyssette" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Hoorelbeke" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2020.04.029" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02895079v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Chanut" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12650-020-00676-5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02991443v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Petrie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET2082039" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414482v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Floch" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1977120" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1977035" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014357v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chanut" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Heymes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1867002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011899v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Birk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eyssette" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aprin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2018.04.003" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962476v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Forestier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Pey" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2017.02.003" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962648v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lecysyn" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.55.12.121706" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962455v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Johannet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2016.08.001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014360v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lapebie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653011" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02930787v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653046" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014358v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lecysyn" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014362v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perrin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Forestier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1648016" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014361v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1648048" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014359v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cosenza" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653058" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014363v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Floch" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1543382" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03583325v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/cet1543350" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962628v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1543271" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962597v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dusserre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/cet1436087" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04169384v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1331026" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02509106v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Asquini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264185v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2525977" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914631v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hoorelbeke" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2318699" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02556612v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974024v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095142v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Long" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02509109v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01126904v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014EMSE0745" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>