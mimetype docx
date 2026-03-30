--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resolving the Structural Duality of Graphene Grain Boundaries</w:t>
+                <w:t xml:space="preserve">Experimental evidence of the topological obstruction in twisted bilayer graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haojie Guo</w:t>
+                <w:t xml:space="preserve">F. Mesple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emiliano Ventura-Macías</w:t>
+                <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariano Jiménez-Sánchez</w:t>
+                <w:t xml:space="preserve">G. Trambly de Laissardière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicoleta Nicoara</w:t>
+                <w:t xml:space="preserve">C. Dutreix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Mallet</w:t>
+                <w:t xml:space="preserve">G. Lapertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.e10899. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.11478. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adma.202510899⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-66257-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348742v1</w:t>
+                <w:t xml:space="preserve">hal-05108689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of the topological obstruction in twisted bilayer graphene</w:t>
+                <w:t xml:space="preserve">Resolving the Structural Duality of Graphene Grain Boundaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Mesple</w:t>
+                <w:t xml:space="preserve">Haojie Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Mallet</w:t>
+                <w:t xml:space="preserve">Emiliano Ventura-Macías</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Trambly de Laissardière</w:t>
+                <w:t xml:space="preserve">Mariano Jiménez-Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Dutreix</w:t>
+                <w:t xml:space="preserve">Nicoleta Nicoara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Lapertot</w:t>
+                <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, pp.11478. </w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.e10899. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-66257-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adma.202510899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05108689v1</w:t>
+                <w:t xml:space="preserve">hal-05348742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping graphene superconductivity with nanometer precision</w:t>
               </w:r>
@@ -426,51 +426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José I Pascual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Cherkez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Small</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 20 (20), pp.2308439. </w:t>
@@ -642,51 +642,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angular dependence of the interlayer coupling at the interface between two-dimensional materials 1T−PtSe$_2$ and graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -770,295 +770,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04356883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferromagnetism and Rashba Spin-Orbit Coupling in the Two-Dimensional (V,Pt)Se2 Alloy</w:t>
+                <w:t xml:space="preserve">Alloying two-dimensional VSe 2 with Pt: from a charge density wave state to a disordered insulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilio Vélez-Fort</w:t>
+                <w:t xml:space="preserve">E Vélez-Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Hallal</w:t>
+                <w:t xml:space="preserve">H Boukari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Sant</w:t>
+                <w:t xml:space="preserve">A Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Khasan Abdukayumov</w:t>
+                <w:t xml:space="preserve">C Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 4 (1), pp.259-268. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (7), pp.075432. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaelm.1c00992⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.075432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03271483v1</w:t>
+                <w:t xml:space="preserve">hal-03719563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alloying two-dimensional VSe 2 with Pt: from a charge density wave state to a disordered insulator</w:t>
+                <w:t xml:space="preserve">Ferromagnetism and Rashba Spin-Orbit Coupling in the Two-Dimensional (V,Pt)Se2 Alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Vélez-Fort</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Mallet</w:t>
+                <w:t xml:space="preserve">Emilio Vélez-Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Boukari</w:t>
+                <w:t xml:space="preserve">Ali Hallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Marty</w:t>
+                <w:t xml:space="preserve">Roberto Sant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Vergnaud</w:t>
+                <w:t xml:space="preserve">Thomas Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khasan Abdukayumov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 106 (7), pp.075432. </w:t>
+              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (1), pp.259-268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.075432⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaelm.1c00992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03719563v1</w:t>
+                <w:t xml:space="preserve">hal-03271483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The search for manganese incorporation in MoSe 2 monolayer epitaxially grown on graphene</w:t>
               </w:r>
@@ -1217,51 +1217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Luis Lado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Cherkez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1306,295 +1306,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03357436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bound Hole States Associated to Individual Vanadium Atoms Incorporated into Monolayer WSe 2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quantum Confinement of Dirac Quasiparticles in Graphene Patterned with Sub‐Nanometer Precision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Cortés‐del Río</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Chiapello</w:t>
+                <w:t xml:space="preserve">Héctor González‐herrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanako Okuno</w:t>
+                <w:t xml:space="preserve">José Luis Lado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Boukari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jamet</w:t>
+                <w:t xml:space="preserve">Joaquín Fernández‐rossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.036802⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (30), pp.2001119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.202001119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02928456v1</w:t>
+                <w:t xml:space="preserve">hal-02928429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Confinement of Dirac Quasiparticles in Graphene Patterned with Sub‐Nanometer Precision</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Bound Hole States Associated to Individual Vanadium Atoms Incorporated into Monolayer WSe 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chiapello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héctor González‐herrero</w:t>
+                <w:t xml:space="preserve">Hanako Okuno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Luis Lado</w:t>
+                <w:t xml:space="preserve">Hervé Boukari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joaquín Fernández‐rossier</w:t>
+                <w:t xml:space="preserve">Matthieu Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 32 (30), pp.2001119. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125 (3), pp.036802. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adma.202001119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.036802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02928429v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02928456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen physisorption channel on graphene: a highway for atomic H diffusion</w:t>
               </w:r>
@@ -1606,51 +1606,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. González-Herrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Cortés-del Río</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-Y. Veuillen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1995,51 +1995,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic properties of Pb islands on graphene: Consequences of a weak interface coupling from a combined STM and ab initio study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cherkez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Le Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2240,295 +2240,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01813835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weakly trapped, charged, and free excitons in single layer MoS 2 in the presence of defects, strain, and charged impurities</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Van-Dung Nguyen</w:t>
+                <w:t xml:space="preserve">Scanning tunneling spectroscopy of van der Waals graphene/semiconductor interfaces: absence of Fermi level pinning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Le Quang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cherkez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Nogajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Potemski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Tuan Dau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.7b05520⟩</w:t>
+              <w:t xml:space="preserve">2D Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (3), pp.035019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2053-1583/aa7b03⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01625732v1</w:t>
+                <w:t xml:space="preserve">hal-01741679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scanning tunneling spectroscopy of van der Waals graphene/semiconductor interfaces: absence of Fermi level pinning</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Minh Tuan Dau</w:t>
+                <w:t xml:space="preserve">Weakly trapped, charged, and free excitons in single layer MoS 2 in the presence of defects, strain, and charged impurities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sudipta Dubey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Lisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goutham Nayak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Herziger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Dung Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2D Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 4 (3), pp.035019. </w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (11), pp.11206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2053-1583/aa7b03⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.7b05520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01741679v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01625732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomic-scale control of graphene magnetism by using hydrogen atoms</w:t>
               </w:r>
@@ -2540,51 +2540,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. González-Herrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Gomez-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Moaied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2648,51 +2648,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friedel oscillations in graphene-based systems probed by Scanning Tunneling Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Brihuega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2830,51 +2830,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cherkez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (6), pp.503 - 506. </w:t>
@@ -2938,51 +2938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Cherkez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Trambly de Laissardière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3215,51 +3215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 113 (8), pp.083715. </w:t>
@@ -3336,51 +3336,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Brihuega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3457,51 +3457,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3561,51 +3561,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling the Intrinsic and Robust Nature of van Hove Singularities in Twisted Bilayer Graphene by Scanning Tunneling Microscopy and Theoretical Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Brihuega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. González-Herrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3676,321 +3676,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of local stacking on the graphene-impurity interaction: theory and experiments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Role of pseudospin in quasiparticle interferences in epitaxial graphene probed by high-resolution scanning tunneling microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Brihuega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sangita Bose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Moreno Ugeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José M. Gomez-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 86 (20), pp.205421. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.205421⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 86 (4), pp.045444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.045444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00933856v1</w:t>
+                <w:t xml:space="preserve">hal-00725506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of pseudospin in quasiparticle interferences in epitaxial graphene probed by high-resolution scanning tunneling microscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Impact of local stacking on the graphene-impurity interaction: theory and experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Hiebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Magaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 86 (4), pp.045444. </w:t>
+              <w:t xml:space="preserve">, 2012, 86 (20), pp.205421. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.045444⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.205421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725506v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quasiparticle scattering off phase boundaries in epitaxial graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ather Mahmood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4050,51 +4050,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphene on the carbon face of SiC: electronic structure modification by hydrogen intercalation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4288,51 +4288,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image potential states as a quantum probe of graphene interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sangita Bose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.M. Silkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4461,51 +4461,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4558,307 +4558,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00569698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene Solution-Gated Field-Effect Transistor Array for Sensing Applications</w:t>
+                <w:t xml:space="preserve">Electronic properties of epitaxial graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dankerl</w:t>
+                <w:t xml:space="preserve">Claire Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Magaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.V. Hauf</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">S. Birner</w:t>
+                <w:t xml:space="preserve">Valerio Olevano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.201000724⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 7 (4-8), pp.383-402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJNT.2010.031726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01002351v1</w:t>
+                <w:t xml:space="preserve">hal-01002862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic properties of epitaxial graphene</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Graphene Solution-Gated Field-Effect Transistor Array for Sensing Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dankerl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.V. Hauf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lippert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.H. Hess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Berger</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Valerio Olevano</w:t>
+                <w:t xml:space="preserve">S. Birner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Nanotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 20 (18), pp.3117-3124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.201000724⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1504/IJNT.2010.031726⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01002862v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01002351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How the SiC substrate impacts graphene atomic and electronic structures</w:t>
               </w:r>
@@ -4883,51 +4883,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5026,51 +5026,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 149 (27-28), pp.1157-1160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5155,51 +5155,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5259,51 +5259,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomic and electronic structure of monolayer graphene on 6H-SiC(0001)(3 × 3) : a scanning tunneling microscopy study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5376,51 +5376,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ripples in epitaxial graphene on the Si-terminated SiC (0001) surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5493,77 +5493,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quasiparticle chirality in Epitaxial Graphene Probed at the Nanometer Scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Brihuega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Bena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sangita Bose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Michaelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5627,51 +5627,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Few layers graphene on 6H-SiC(000-1): an STM study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5744,51 +5744,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphene-substrate interaction on 6H-SiC(0001¯): A scanning tunneling microscopy study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5995,51 +5995,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron states of mono- and bilayer graphene on SiC probed by STM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6047,51 +6047,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 76 (4), pp.041403. </w:t>
@@ -6168,51 +6168,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marcus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6289,51 +6289,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Brihuega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Dupont-Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6436,51 +6436,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Reinisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pasturel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Dupont-Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6544,51 +6544,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum interference patterns and electron confinement on a two-dimensional metal: A scanning tunneling microscopy study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Brihuega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7171,51 +7171,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron confinement in nickel and copper nanostructures on Cu(111)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Veuillen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7262,51 +7262,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vacuum tunneling spectroscopy of high-temperature superconductors: a critical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Roditchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7727,51 +7727,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348742v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haojie Guo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Ventura-Mac&#237;as" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Jim&#233;nez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Nicoara" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mallet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202510899" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mesple" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mallet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Trambly de Laissardi&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dutreix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lapertot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66257-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353614v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cort&#233;s-Del R&#237;o" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Trivini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; I Pascual" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Cherkez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202308439" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107294v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khasan Abdukayumov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mi&#269;ica" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ibrahim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Voj&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202304243" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356883v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abdukayumov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marty" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chshiev" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.L121001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271483v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio V&#233;lez-Fort" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hallal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.1c00992" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719563v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E V&#233;lez-Fort" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Boukari" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Marty" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vergnaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.075432" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228096v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Tuan Dau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonell" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.69" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357436v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cort&#233;s&#8208;del R&#237;o" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Lado" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Veuillen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202008113" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928456v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chiapello" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanako Okuno" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Boukari" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jamet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.036802" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928429v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Gonz&#225;lez&#8208;herrero" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Lado" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Fern&#225;ndez&#8208;rossier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202001119" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104902v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gonz&#225;lez-Herrero" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cort&#233;s-del R&#237;o" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Veuillen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Palacios" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/ab03a0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04338341v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudipta Dubey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Lisi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goutham Nayak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Herziger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Dung Nguyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b07086" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847258v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tuan Dau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Di Felice" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.7b07446" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943267v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cherkez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Quang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Magaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.195441" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813835v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nogajewski" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Potemski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jamet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/aac65a" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625732v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.7b05520" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741679v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Nogajewski" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Potemski" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/aa7b03" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968879v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gomez-Rodriguez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moaied" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palacios" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aad8038" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955674v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Brihuega" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Mar&#236;a G&#243;mez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Veuillen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2015.12.013" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859474v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koperski" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arora" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NNANO.2015.67" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159538v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Trambly de Laissardi&#232;re" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.155428" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335042v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sessi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Stepanow" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Rudenko" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Krotzky" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kern" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/6/062001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705711v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ather Mahmood" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Naud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bouvier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hiebel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4793591" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725557v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Moreno Ugeda" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.121402" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725343v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/15/154003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730469v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Brihuega" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Ugeda" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.196802" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933856v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.205421" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725506v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangita Bose" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M. Gomez-Rodriguez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.045444" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725516v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/5/055706" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727387v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.075438" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666156v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Huntzinger" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Camassel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-171" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998440v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Silkin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ohmann" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Vitali" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/2/023028" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569698v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varchon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/43/37/374008" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B234475D88140042E28B8A6AAE460866AA0DF22B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002351v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dankerl" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Hauf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lippert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Hess" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Birner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201000724" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6TZJ1H0T-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002862v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berger" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Olevano" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2010.031726" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728811v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.200903145" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993146v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2009.02.047" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZMPRWX9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728421v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.161405" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728424v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.235429" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726728v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.235412" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339197v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Bena" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michaelis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.206802" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202699v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.165415" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995759v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.153412" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130698v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Feng" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hass" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich N. Nguyen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.126805" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131838v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.041403" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015951v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafid Balaska" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guyot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marcus" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2004.11.015" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989409v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dupont-Ferrier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pons" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.205309" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388288v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reinisch" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pasturel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10403-3" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989399v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Custance" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.155407" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989398v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Magaud" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pasturel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mallet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pons" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-y Veuillen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10036-6" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989378v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-y Veuillen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/34/306" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989385v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Veuillen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2003-00184-7" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989375v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(02)01541-8" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B93GXLBH-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989368v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pons" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.64.193408" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002615v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Roditchev" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Sacks" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Defourneau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Klein" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.54.13324" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964166v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mi&#269;ica" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vergnaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299061" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108689v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mesple" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mallet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Trambly de Laissardi&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dutreix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lapertot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66257-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348742v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haojie Guo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Ventura-Mac&#237;as" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Jim&#233;nez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Nicoara" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mallet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202510899" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353614v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cort&#233;s-Del R&#237;o" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Trivini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; I Pascual" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Cherkez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202308439" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107294v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khasan Abdukayumov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mi&#269;ica" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ibrahim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Voj&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202304243" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356883v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abdukayumov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marty" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chshiev" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.L121001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719563v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E V&#233;lez-Fort" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Boukari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Marty" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vergnaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.075432" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271483v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio V&#233;lez-Fort" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hallal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.1c00992" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228096v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Tuan Dau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonell" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.69" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357436v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cort&#233;s&#8208;del R&#237;o" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Lado" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Veuillen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202008113" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928429v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Gonz&#225;lez&#8208;herrero" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Lado" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Fern&#225;ndez&#8208;rossier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202001119" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928456v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chiapello" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanako Okuno" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Boukari" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jamet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.036802" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104902v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gonz&#225;lez-Herrero" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cort&#233;s-del R&#237;o" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Veuillen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Palacios" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/ab03a0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04338341v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudipta Dubey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Lisi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goutham Nayak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Herziger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Dung Nguyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b07086" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847258v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tuan Dau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Di Felice" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.7b07446" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943267v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cherkez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Quang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Magaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.195441" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813835v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nogajewski" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Potemski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jamet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/aac65a" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741679v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Nogajewski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Potemski" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/aa7b03" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625732v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.7b05520" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968879v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gomez-Rodriguez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moaied" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palacios" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aad8038" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955674v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Brihuega" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Mar&#236;a G&#243;mez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Veuillen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2015.12.013" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859474v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koperski" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arora" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NNANO.2015.67" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159538v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Trambly de Laissardi&#232;re" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.155428" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335042v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sessi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Stepanow" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Rudenko" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Krotzky" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kern" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/6/062001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705711v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ather Mahmood" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Naud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bouvier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hiebel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4793591" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725557v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Moreno Ugeda" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.121402" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725343v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/45/15/154003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730469v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Brihuega" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Ugeda" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.196802" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725506v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangita Bose" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M. Gomez-Rodriguez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.045444" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933856v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.205421" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725516v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/5/055706" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727387v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.075438" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666156v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Huntzinger" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Camassel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-171" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998440v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Silkin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ohmann" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Vitali" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/2/023028" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569698v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varchon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/43/37/374008" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B234475D88140042E28B8A6AAE460866AA0DF22B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002862v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berger" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Olevano" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2010.031726" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002351v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dankerl" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Hauf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lippert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Hess" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Birner" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201000724" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6TZJ1H0T-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728811v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.200903145" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993146v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2009.02.047" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZMPRWX9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728421v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.161405" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728424v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.235429" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726728v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.235412" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339197v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Bena" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michaelis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.206802" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202699v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.165415" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995759v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.153412" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130698v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Feng" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hass" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich N. Nguyen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.126805" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131838v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.041403" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015951v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafid Balaska" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guyot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marcus" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2004.11.015" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989409v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dupont-Ferrier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pons" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.205309" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388288v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reinisch" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pasturel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10403-3" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989399v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Custance" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.155407" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989398v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Magaud" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pasturel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mallet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pons" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-y Veuillen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10036-6" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989378v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-y Veuillen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/34/306" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989385v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Veuillen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2003-00184-7" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989375v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(02)01541-8" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B93GXLBH-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989368v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pons" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.64.193408" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002615v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Roditchev" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Sacks" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Defourneau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Klein" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.54.13324" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964166v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mi&#269;ica" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vergnaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299061" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>