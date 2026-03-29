--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -202,291 +202,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Htool-DDM: A C++ library for parallel solvers and compressed linear systems.</w:t>
+                <w:t xml:space="preserve">Automated far-field sound field estimation combining robotized acoustic measurements and the boundary elements method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Caroline Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Jolivet</w:t>
+                <w:t xml:space="preserve">Alexandre Chapoutot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21105/joss.09279⟩</w:t>
+              <w:t xml:space="preserve">Acta Acustica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/aacus/2026017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516799v1</w:t>
+                <w:t xml:space="preserve">hal-04601337v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated far-field sound field estimation combining robotized acoustic measurements and the boundary elements method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Htool-DDM: A C++ library for parallel solvers and compressed linear systems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Chapoutot</w:t>
+                <w:t xml:space="preserve">Pierre-Henri Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Doaré</w:t>
+                <w:t xml:space="preserve">Pierre Jolivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Acustica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 11 (118), pp.9279. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/aacus/2026017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21105/joss.09279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04601337v2</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05516799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scattering phase: seen at last</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Galkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -559,51 +559,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards high-performance linear potential flow BEM solver with low-rank compressions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Ancellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -650,51 +650,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applying GMRES to the Helmholtz equation with strong trapping: how does the number of iterations depend on the frequency?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Galkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -780,51 +780,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-frequency estimates on boundary integral operators for the Helmholtz exterior Neumann problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Galkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euan A. Spence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -884,51 +884,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eigenvalues of the truncated Helmholtz solution operator under strong trapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Galkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euan A. Spence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -975,103 +975,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-level preconditioning for h-version boundary element approximation of hypersingular operator with GenEO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Nataf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Tournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numerische Mathematik</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 146, pp.597-628. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1118,51 +1118,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boundary integral multi-trace formulations and Optimised Schwarz Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 79 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1267,51 +1267,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcella Bonazzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WAVES 2024 - 16th International Conference on Mathematical and Numerical Aspects of Wave Propagation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Berlin, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1345,90 +1345,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Far-field sound field estimation using robotized measurements and the boundary elements method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Noise 2024 : the 53rd International Congress and Exposition on Noise Control Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société française d'acoustique (SFA), Aug 2024, Nantes, France. pp.816-827, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1501,64 +1501,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcella Bonazzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Tournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEMRACS 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Luminy, Marseille, France. pp.135--151, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1663,51 +1663,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcella Bonazzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1764,51 +1764,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcella Bonazzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1839,51 +1839,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preconditioning of GMRES for Helmholtz problems with quasimodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorita Dolean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Modave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1940,51 +1940,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergence analysis of GMRES applied to Helmholtz problems near resonances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorita Dolean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Modave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2041,51 +2041,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergence rates of curved boundary element methods for the 3D Laplace and Helmholtz equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Faria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Montanelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2148,51 +2148,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schwarz methods and boundary integral equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Numerical Analysis [math.NA]. Sorbonne Université, 2020. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2020SORUS221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2309,51 +2309,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5DD3B4DA"/>
+    <w:nsid w:val="2A67F1CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2540,51 +2540,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-marchand" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2522-6837" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257431683" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/marchand_p_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516799v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marchand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Tournier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jolivet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.09279" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601337v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pascal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chapoutot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2026017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03820689v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Galkowski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Zworski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1547147" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04233952v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ancellin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dias" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17020372" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03810288v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair Spence" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Euan A. Spence" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10444-022-09931-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03810414v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00020-022-02715-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114612v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1399658" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188771v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Claeys" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nataf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-020-01149-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01921113v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2020.01.016" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701091v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Boisneault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Bonazzoli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17617/3.MBE4AA" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601339v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_2661" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644518v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtihel Ben Gharbia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201863135" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477016v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352968v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352986v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorita Dolean" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Modave" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Raynaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078654v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200671v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Faria" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Montanelli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02922455v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020SORUS221" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-marchand" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2522-6837" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257431683" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/marchand_p_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601337v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pascal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marchand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chapoutot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2026017" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516799v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Tournier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jolivet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.09279" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03820689v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Galkowski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Zworski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1547147" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04233952v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ancellin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dias" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17020372" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03810288v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair Spence" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Euan A. Spence" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10444-022-09931-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03810414v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00020-022-02715-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114612v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1399658" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188771v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Claeys" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nataf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-020-01149-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01921113v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2020.01.016" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701091v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Boisneault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Bonazzoli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17617/3.MBE4AA" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601339v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_2661" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644518v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtihel Ben Gharbia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201863135" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477016v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352968v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352986v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorita Dolean" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Modave" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Raynaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078654v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200671v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Faria" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Montanelli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02922455v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020SORUS221" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>