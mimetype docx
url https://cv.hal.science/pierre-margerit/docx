--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -72,4004 +72,4004 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Potentiel de l'imagerie stroboscopique pour la mesure à bas coût de champs vibratoires sur structures complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Généralisation des méthodes moyennes fréquences pour l’estimation du comportement homogénéisé de plaques architecturées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation of stresses in 1D structures via high resolution inverse wavenumber analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Castelnau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05364553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Screen Printed Piezoelectric Transducers for Structural Health Monitoring of Curved Thick Composite Panels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rébillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shweta Paunikar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Galanopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingo Wirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05363635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application de l'équation de Lippmann-Schwinger à la propagation des ondes acoustiques de Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Dolbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karam Sab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Bleyer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en œuvre d’une approche expérimentale large-bande inédite pour la caractérisation de matériaux viscoélastiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Poudrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bochud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Peixinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rébillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Rosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation ultrasonore de structures viscoélastiques architecturées issues de la fabrication additive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Poudrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Rodriguez Iturra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Chinesta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matériaux architecturés pour le contrôle de vibrations de plaques : application aux tables d’harmonie de guitare acoustique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Zwahlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Ablitzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Tournat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle in situ et modélisation du procédé de moulage de composites liquides – Suivi non-intrusif du degré de polymérisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pablo Márquez Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rébillat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of ultrasound characteristics in viscoelastic architectured materials by angular measurements in double through-transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Poudrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bochud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Rosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rebillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Peixinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">53rd International Congress and Exposition on Noise Control Engineering, Inter-Noise 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Noise Control Engineering, Aug 2024, Nantes, France. pp.9143-9150, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3397/IN_2024_4199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modèle 1D enrichi pour le calcul mécanique rapide : approche multiparticulaire appliquée à la fabrication additive par dépôt de cordon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurane Preumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafaël Viano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Weisz-Patrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Allaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04610977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispersion aware matching pursuit decomposition of Lamb wave signals for structural health monitoring of thin plates structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shweta Paunikar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Monteiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Chinesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th European Workshop on Structural Health Monitoring (EWSHM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Potsdam, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58286/29712⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05299179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shrinkage characterization and compensation for 3DPC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafaël Viano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Weisz-Patrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital concrete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation of viscoelastic properties in ribbon-shaped homogeneous waveguides by wavenumber analysis and model reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Poudrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bochud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rébillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Rosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Peixinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INTERNOISE24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Nantes, France. pp.9121-9126, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3397/IN_2024_4192⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Printed PZT Transducers Network for the Structural Health Monitoring of Foreign Object Damage Composite Panel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shweta Paunikar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgios Galanopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rébillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingo Wirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Monteiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th European Workshop on Structural Health Monitoring (EWSHM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Potsdam, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58286/29635⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05305655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remplacement de l'épicéa par une structure sandwich pour la fabrication des tables d'harmonie de piano à queue : une approche locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Lebée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boutillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extraction expérimentale des surfaces de dispersion : une revue des méthodes, applications et questions ouvertes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extraction of dispersion surfaces: a review of applications, methods and open questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISMA-USD Noise and Vibration Engineering Conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, KU Leuven, Sep 2022, Louvain (Leuven), Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mécanique, acoustique et facture instrumentale du piano : vers le développement de tables d'harmonies en matériaux composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival Pop'Sciences 2021 à Jazz à Vienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lyon, Jul 2021, Vienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03290166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La théorie du Bending-Gradient pour la propagation des ondes dans les plaques composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Bejjani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karam Sab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Lebée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Bodgi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02420742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification de la raideur locale en flexion d'un empilement anisotrope par analyse en vecteurs d'onde. Application à une table d'harmonie de piano innovante.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Lebée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02420701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification haute résolution de nombres d'ondes pour la caractérisation des stratifiés anisotropes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Lebée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boutillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France. pp.151985</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01621542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation Vibro-Acoustique d'une table d'harmonie de Piano droit – Comparaison Mesures / Modèle Analytique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Trévisan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laulagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès Français de Mécanique, CFM 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparisons between measured and predicted vibroacoustics characteristics of an upright piano soundboard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Trévisan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laulagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vienna Talk 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Vienna, Austria. pp.44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray tomo-ptychography of single micrometric carbon and basalt fibres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ducousso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rinkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Boutu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Jenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon Trends</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 19, pp.100490. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cartre.2025.100490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04986538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Residual stress control in large-format additive manufacturing of polylactic acid via a digital twin and in-operando imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaël Viano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Demont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials &amp; Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 260, pp.114870. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.matdes.2025.114870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05382371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single atom convolutional matching pursuit: Theoretical framework and application to Lamb waves based structural health monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rébillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shweta Paunikar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Monteiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 231, pp.109898. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.sigpro.2025.109898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04967101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of viscoelastic material properties by ultrasonic angular measurements in double through-transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Poudrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Gattin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Rosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rébillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Peixinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 156 (1), pp.463-474. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/10.0026518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04447269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QuadWire: An extended one dimensional model for efficient mechanical simulations of bead-based additive manufacturing processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurane Preumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaël Viano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Weisz-Patrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Allaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 427, pp.117010. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cma.2024.117010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04609753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible digital manufacturing of timber construction: the design and fabrication of a free-form nexorade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Demont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ducoulombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 7 (2), pp.193-212. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s41693-023-00105-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crushing of additively manufactured thin-walled metallic lattices: Two-scale strain localization analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Balit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Charkaluk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Constantinescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 160, pp.103915. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mechmat.2021.103915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03873524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic two-scale image analysis of extreme deformations in soft architectured sheets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Agnelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Celli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Daraio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Constantinescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 194, pp.106205. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2020.106205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03025307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The High-Resolution Wavevector Analysis for the characterization of the dynamic response of composite plates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Lebée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Lebée</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-François Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerem Ege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boutillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 458, pp.177-196. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsv.2019.06.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02162864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Resolution Wavenumber Analysis (HRWA) for the mechanical characterization of viscoelastic beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Lebée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Lebée</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-François Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boutillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 443, pp.198-211. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsv.2018.06.062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01825733v1</w:t>
-              </w:r>
-[...2647 lines deleted...]
-                <w:t xml:space="preserve">hal-01217077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4087,103 +4087,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Residual stress control in large format polylactic acid additive manufacturing via fast thermomechanical simulation and in-operando imaging techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaël Viano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Demont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4209,103 +4209,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QuadWire: an extended one dimensional model for efficient mechanical simulations of bead-based additive manufacturing processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurane Preumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaël Viano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Weisz-Patrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Allaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4394,64 +4394,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Dokladalova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Dokládal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4651,51 +4651,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986538v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ducousso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rinkel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Boutu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jenson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P&#233;rez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cartre.2025.100490" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382371v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Viano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Demont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Margerit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mesnil" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2025.114870" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967101v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Rodriguez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc R&#233;billat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shweta Paunikar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Monteiro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2025.109898" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447269v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Poudrel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Gattin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Rosi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Peixinho" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0026518" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609753v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Preumont" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Weisz-Patrault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Allaire" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117010" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305224v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Gobin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Demont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ducoulombier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41693-023-00105-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873524v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Balit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charkaluk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Constantinescu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2021.103915" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025307v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Agnelli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Celli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Daraio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2020.106205" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02162864v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Leb&#233;e" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerem Ege" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boutillon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.06.026" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825733v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.06.062" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365854v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dolbeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Sab" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bleyer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05363635v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Galanopoulos" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Wirth" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364553v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fichot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Castelnau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366095v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fabre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365887v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365448v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Rodriguez Iturra" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Chinesta" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365446v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bochud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365704v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Zwahlen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chekroun" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ablitzer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tournat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360099v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dubois" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo M&#225;rquez Costa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299179v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monteiro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/29712" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777988v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971419v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_4192" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610977v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949887v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rebillat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Peixinho" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_4199" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305655v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Galanopoulos" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/29635" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848517v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848274v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305085v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290166v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420742v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bejjani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Bodgi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420701v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621542v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217078v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tr&#233;visan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laulagnet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217077v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027781v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399994v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04506311v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Rill-Garc&#237;a" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Dokladalova" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Dokl&#225;dal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/AQB1DU" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365887v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Margerit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366095v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fabre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364553v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fichot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Castelnau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05363635v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc R&#233;billat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shweta Paunikar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Galanopoulos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Wirth" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365854v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dolbeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Sab" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bleyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365446v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Poudrel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bochud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Peixinho" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Rosi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365448v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Rodriguez Iturra" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Chinesta" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365704v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Zwahlen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chekroun" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ablitzer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tournat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360099v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dubois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo M&#225;rquez Costa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949887v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rebillat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Peixinho" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_4199" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610977v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Preumont" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Viano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Weisz-Patrault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Allaire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299179v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Rodriguez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monteiro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/29712" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777988v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mesnil" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971419v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_4192" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305655v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Galanopoulos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/29635" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848517v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerem Ege" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Leb&#233;e" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boutillon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848274v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305085v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290166v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420742v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bejjani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Bodgi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420701v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621542v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217078v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tr&#233;visan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laulagnet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217077v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986538v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ducousso" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rinkel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Boutu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jenson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P&#233;rez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cartre.2025.100490" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382371v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Demont" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2025.114870" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967101v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Monteiro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2025.109898" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447269v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Gattin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0026518" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609753v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305224v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Gobin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Demont" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ducoulombier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41693-023-00105-7" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873524v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Balit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charkaluk" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Constantinescu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2021.103915" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025307v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Agnelli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Celli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Daraio" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2020.106205" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02162864v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.06.026" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825733v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.06.062" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027781v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399994v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04506311v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Rill-Garc&#237;a" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Dokladalova" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Dokl&#225;dal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/AQB1DU" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>