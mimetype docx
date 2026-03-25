--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre Melchior </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive and robust control strategies applied to ground antenna systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Negri de Azeredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Reviews in Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 60, pp.100995. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcontrol.2025.100995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05152801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time system identification of bio-heat transfers in lungs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enso Ndreko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 113 (14), pp.18645-18667. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11071-025-11105-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05152854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional derivative truncation approximation for real-time applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmounen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 119, pp.107096. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cnsns.2023.107096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317777v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wind turbulence modeling for real-time simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Calculus and Applied Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (4), pp.1632-1662. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13540-023-00165-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional modeling of wind speed turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC-PapersOnLine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 55 (34), pp.66-71. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.11.309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Trajectory Planning and Robust Tracking Using Vehicle Model Inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2020.3045917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions on artificial potential field method for effective obstacle avoidance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Calculus and Applied Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24 (2), pp.421-446. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/fca-2021-0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lung Thermal Transfer System Identification With Fractional Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2018.2877606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous car decision making and trajectory tracking based on genetic algorithms and fractional potential fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11370-020-00314-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New interpretation of fractional potential fields for robust path planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Calculus and Applied Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (1), pp.113-127. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/fca-2019-0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02476698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-criteria optimization for autonomous vehicles in a dynamic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2018.0283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional approaches based on fractional prefilters in MIMO path tracking design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi Allagui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derbel Nabil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Control Engineering and Applied Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02891119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification de trajectoire par champs de potentiel fractionnaires appliquée au véhicule autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-diagonal multivariable fractional prefilter in motion control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi Allagui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Derbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modelling, Identification and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (3), </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJMIC.2017.10007055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE Cruise Control System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 65 (1), pp.15 - 28. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2015.2392074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initialization of Identification of Fractional Model by Output-Error Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Khadhraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational and Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (2), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4030541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust motion planning for a heat rod process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 86 (2), pp.1271 - 1283. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11071-016-2963-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01485003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLASH: THE CONCENTRATION-MASS RELATION OF GALAXY CLUSTERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Merten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Meneghetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Postman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Umetsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zitrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 806 (1), pp.4. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0004-637X/806/1/4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Fractional Model by Least-Squares Method and Instrumental Variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Khadhraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational and Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (5), </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4029904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness for linear fractional systems with application to a thermal system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 57, pp.213-221. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2015.04.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvements on flat output characterization for fractional systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Calculus and Applied Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (1), pp.238-260. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/fca-2015-0016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Music Of Clash: Predictions On The Concentration-Mass Relation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Meneghetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Rasia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Merten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Postman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 797 (1), pp.34. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0004-637X/797/1/34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault detection based on fractional order models: Application to diagnosis of thermal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Farges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaheddine Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cnsns.2014.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00980487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between Davidson-Cole and Frequency-Band Limited Fractional Differentiator I/O Type Transfer Function with Speed and Acceleration Inputs in Path Tracking Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rekik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3 (1), pp.1 - 16. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5890/JAND.2014.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear thermal system identification using fractional Volterra series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 29, pp.50 - 60. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2014.02.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE Control-System Design Toolbox for the control engineering community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 371, pp.20120149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00869306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear heat diffusion simulation using Volterra series expansion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Thermal Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 71, pp.80-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00869304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decentralized CRONE control of nonsquare multivariable systems in path-tracking design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE control : principles, extensions and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.207-223</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séries de Volterra non entières appliquées à l'identification de systèmes thermiques non linéaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (6-7), pp.649-672. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/JESA.46.649-672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00803462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust path tracking by preshaping approach designed for third generation CRONE control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modeling, Identification and Control (IJMIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (2), pp.125-133. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJMIC.2012.045218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional attractive force for robust path planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Metoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Abdelkrim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modeling, Identification and Control (IJMIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (2), pp.134-143. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJMIC.2012.045219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Object oriented CRONE Toolbox for fractional differential signal processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal, Image and Video Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (3), pp.393-400. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11760-012-0323-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal system identification using fractional models for high temperature levels around different operating points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 70 (2), pp.941-950. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11071-012-0507-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00803464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional Identification of Rotor Skin Effect in Induction Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Jalloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Science Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (4), pp.57-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust path tracking using flatness for fractional linear MIMO systems: A thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59 (5), pp.1667-1678. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.camwa.2009.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00530619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodèle fractionnaire du muscle strié pour la micro-robotique bio-inspirée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Sommacal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-STA Sciences et Technologies de l’Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6 (2), pp.34-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00530606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design : Comparison between Davidson-Cole prefilter with acceleration input and Shaping approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Orsoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signal and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (1), pp.91-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00558360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attractive force based on generalized potential for mobile robot path planning in dynamic environment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Metoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Abdelkrim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signals and Devices, Issue on "Systems, Analysis &amp; Automatic Control", Shaker-Verlag Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (1), pp.105-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional Multi-Models of the Gastrocnemius Frog Muscle - Accepted paper in Journal of Vibration and Control, Special Issue on &amp;quot;Fractional Differentiation and Its Applications&amp;quot;, Sage Publishing, to be published in 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Sommacal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Cabelguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, NC (NC), pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A testing bench for fractional order education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, NC (NC), pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design based on fractional prefilter with acceleration input and comparison with preshaper approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Orsoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signals and Devices, Issue on "Systems, Analysis &amp; Automatic Control", Shaker-Verlag Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, NC (NC), pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PLL with Non Integer Order Loop Filter.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lagareste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signals and Devices, Issue on "Systems, Analysis &amp; Automatic Control", Shaker-Verlag Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3 (1), pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the muscle fractional multimodel for low-rate stimulation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Sommacal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dossat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical Signal Processing and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2 (3), pp.226-233</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion control by preshaping: extension for explicit fractional derivative systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Levron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Orsoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signals &amp; Devices, Shaker Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1 (2), pp.103-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consideration of obstacle danger level in path planning using A* and fast marching optimisation: comparative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Orsoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 83 (11), pp.2387-2396</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00181781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (74)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online system identification of heat transfers in lungs with the LMRPEM-2 method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmoumen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Fractional Differentiation and Its Applications (ICFDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Ajman, United Arab Emirates. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICFDA58234.2023.10153153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust control of 2-axis tracking antennas using the CRONE approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st IFAC Workshop on Control of Complex Systems COSY 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Bologna, Italy. pp.169-174, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2023.01.067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05153200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional order modeling and identification for heat transfer in lungs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmoumen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité Technique identification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAGIP, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Modeling Using Two-Port Network Impedance Fractional-Order Approximations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmounen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th ASME/IEEE MESA 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2021-69968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recursive system identification for coefficient estimation of continuous-time fractional order systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmounen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IFAC Symposium on System Identification (SYSID 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Padova, Italy. pp.114-119, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2021.08.344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wind fractional modeling by spectral analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 9th International Conference on Systems and Control (ICSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Caen, France. pp.436-441, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSC50472.2021.9666651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory path tracking of a drone in a disturbed environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Ould Lahsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop on Unmanned and Swarming Conference - UAV Show</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-port network modeling for bio-heat transfers in lungs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmounen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFAC Symposium on Biological and Medical Systems (BMS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Ghent, Belgium. pp.169-174, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2021.10.250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unimodular Completion for Computation of Fractionally Flat Outputs for Linear Fractionally Flat Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Rammal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor-Bogdan Airimitoaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cazaurang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th World Congress of the International Federation of Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on obstacle avoidance for fractional artificial potential fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany. pp.3725-3730, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Choice of Multiple Flat Outputs for Fault Detection and Isolation of a Flat System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Rammal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor-Bogdan Airimitoaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cazaurang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th World Congress of the International Federation of Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new dynamical repulsive fractional potential for UAVs in 3D dynamical environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany. pp.3719-3724, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive path planning in intersection for autonomous vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Cassany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IFAC Symposium on Advances in Automotive Control AAC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Orléans, France. pp.109-114, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustesse de la planification de trajectoire d’un drone en environnement 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Doctorales et Journées Nationales du GDR MACS (JD-JN-MACS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust longitudinal motion planning using vehicle model inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress (IFAC WC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.103-108, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive Path Planning for Autonomous Vehicle Using Bézier Curve Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Intelligent Vehicles Symposium (IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. pp.1048-1053, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IVS.2019.8813904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory Optimization for Autonomous Vehicles on Crossroads with Mobile Obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Intelligent Vehicles Symposium (IV 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Changshu, China. pp.556-561, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IVS.2018.8500379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Definitions of Attractive and Repulsive Fractional Potential Fields for Robust Path Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Fractional Differentiation and its Applications (ICFDA) 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Amman, Jordan. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2139/ssrn.3277551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstacle avoidance in 3D dynamic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Workshop on Unmanned and Swarming Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Mérignac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cruise control of an electric vehicle through fractional linear feedforward & prefiltering of an acceleration reference signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Taymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01622268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-loop continuous-time model identification with noisy input-output</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Diudichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th World Congress of the International Federation of Automatic Control (IFAC WC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.12853 - 12858, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.1936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path planning with fractional potential fields for autonomous vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress (IFAC WC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.14533 - 14538, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.2076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-criteria trajectory optimization for autonomous vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress (IFAC WC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.12520 - 12525, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.2063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust control system design of a turbofan engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Taymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Fractional Differentiation and Its Applications (ICFDA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Novi Sad, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frac- tional linear feedforward design : application to the cruise control of an electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Taymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of Fractional Differentiation and its Applications (ICFDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Novi Sad, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flat output computation for fractional linear systems: application to a thermal system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IFAC World Congress (IFAC'14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Cape Town, South Africa. pp.2891-2896, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.01911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design by Frequency Band Limited Fractional Differentiator prefilter: square MIMO systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derbel Nabil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Fractional Differentiation and its Applications (IEEE ICFDA'14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Catania, Italy, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Cruise Control using CRONE Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IFAC Workshop on Fractional Differentiation and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Fractional Observers Scheme to fault detection and isolation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Farges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaheddine Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Multi-Conference on Systems, Signals and Devices (SSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Hammamet, Tunisia. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSD.2013.6564125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00838843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Input/Output Fractional Transfer Function in Path Tracking Design using Multivariable CRONE Controller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IEEE International Multi-Conference on Systems, Signals and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Tunisia. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulateur de vitesse basé sur l'approche CRONE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDMACS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of flat outputs for fractional systems: a Thermal Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th IFAC Workshop on Fractional Differentiation and Its Applications (FDA'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Grenoble, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20130204-3-FR-4032.00171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de la dissymétrie du chargement sur de la tenue de route. Partie 1 : du modèle de validation au modèle d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Mermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Leteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust dynamic parity space method for fractional order systems fault detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Farges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaheddine Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Fractional Differentiation and its Applications (FDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00989573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application des séries de Volterra non entière à l'identification de systèmes thermiques en conditions extrêmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Bordeaux, France. pp.770-777</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de la dissymétrie du chargement sur de la tenue de route. Partie 1 : analyse de la stabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Mermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Leteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking with flatness and CRONE control for Fractional Systems: thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress (IFAC'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy. pp.10818-10823, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20110828-6-IT-1002.02002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE Control-System Design Toolbox for the control engineering community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME IDETC/CIE Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an object oriented CRONE toolbox for fractional differential systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de systèmes thermiques soumis à de larges variations de température par des modèles utilisant les séries de volterra non entières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Identification et Modélisation Expérimentale (JIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Douai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumental variable identification of hybrid fractional Box-Jenkins models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking with flatness and CRONE control for fractional systems : thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional thermal model of the lungs using Havriliak-Negami function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmoumen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th ASME/IEEE International Conference on Mechatronic &amp; Embedded Systems &amp; Applications (ASME/IEEE MESA'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE Control-System Design Toolbox for the control engineering community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME IDETC/CIE Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington, United States. pp.129-136, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2011-47286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal system identification for large temperature variations using fractional Volterra series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design by input/output Davidson-Cole transfer function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rekik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth IEEE International Multi-Conference on Systems, Signals &amp; Devices (IEEE SSD'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Sousse, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la longueur musculaire sur un multi-modèle non entier d'unité motrice de type S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Cabelguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Journées "Identification et Modélisation Expérimentale", en collaboration avec le Groupe de Travail "Identification de Systèmes" du GdR MACS du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Douai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional thermal model of the lungs using Havriliak-Negami function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmoumen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th ASME/IEEE International Conference on Mechatronic &amp; Embedded Systems &amp; Applications (ASME/IEEE MESA'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington DC, United States. pp.805-810, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2011-48095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of identification techniques for fractional models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Jalloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth IEEE International Multi-Conference on Systems, Signals &amp; Devices (IEEE SSD'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Sousse, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumental Variable Identification of Hybrid Fractional Box-Jenkins Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy. pp.4314-4319, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20110828-6-IT-1002.01107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the peroneus digiti quarti muscle length effect on a motor unit fractional multi-model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Cabelguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 IEEE/ASME International Conference on Mechatronic and Embedded Systems and Applications (IEEE MESA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Qingdao, ShanDong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional modeling of rotor skin effect in induction machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Workshops on Fractional Differentiation and its Applications (IFAC FDA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Badajoz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal identification using fractional linear models in high temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Workshop on Fractional Differentiation and its Applications - FDA'10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Badajoz, Spain. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de la longueur du muscle peroneus digiti quarti sur le multi-modèle fractionnaire d'une unité motrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème IEEE Conférence Internationale Francophone d'Automatique (IEEE CIFA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification par modèles non entiers pour la poursuite de trajectoire par platitude : application à un barreau thermique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Automatique du Club EEA, Démonstrateurs en Automatique à vocation recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification par modèles non entiers linéaires d'un système thermique à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ième Conférence Internationale Francophone d'Automatique -CIFA'10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nancy, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal system identification for large temperature variations using fractional Volterra series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Workshop on Fractional Differentiation and its Applications FDA'10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Badajoz, Spain. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust path planning for mobile robot based on fractional attractive force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Metoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Abdelkrim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE American Control Conference (ACC'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, St. Louis, Missouri, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preshaping command inputs for third generation CRONE control: Robustness study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixth IEEE International Multi-Conference on Systems, Signals &amp; Devices (IEEE SSD'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Djerba, Tunisia. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of the Lungs Based on Fractal Geometrical and Structural Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ionescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Levron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th IFAC Symposium on System Identification (IFAC SYSID'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From system identification to path planning using fractional approach: a thermal application example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 ASME International Design Engineering Technical Conferences (DETC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, San Diego, CA, United States. pp.DETC2009-86984</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00401532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust path planning for dynamic environment based on fractional attractive force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Metoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Abdelkrim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixth IEEE International Multi-Conference on Systems, Signals &amp; Devices (IEEE SSD'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Djerba, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From System Identification to Path Planning Using Fractional Approach: A Thermal Application Example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2009 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, San Diego, United States. pp.235-242, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2009-87014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05447134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness Necessary and Sufficient Conditions for Nonlinear Fractional Systems using Fractional Differential Forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 European Control Conference (ECC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Budapest, Hungary. pp.898-903, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC.2009.7074518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05447206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design by fractional prefilter extension to square MIMO systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chayapol Inarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Multibody Systems, Nonlinear Dynamics, and Control (MSNDC'09) of the 21th ASME International Design Engineering Technical Conferences and Computers and Information in Engineering Conference (IDETC/CIE'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness necessary and sufficient conditions for non linear fractional systems using fractional differential forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Control Conference (ECC'09),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension de la platitude aux systèmes fractionnaires {MIMO} : application à un système thermique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème IEEE Conférence Internationale Francophone d'Automatique (CIFA 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Bucarest, Roumanie. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness control for linear fractional {MIMO} systems: thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Nelson Gruel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IFAC Workshop on Fractional Differentiation and Its Applications (FDA'08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Ankara, Turkey. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Havriliak-Negami functions for time-domain system identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Sommacal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th World IFAC Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Seoul, South Korea. pp.14283-14288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of the CRONE approach in system analysis, modeling and identification, observation and control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Seoul, South Korea. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness principle extension to linear fractional MIMO systems: thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th IEEE Mediterranean Electrotechnical Conference (MELECON'08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Ajaccio, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MELCON.2008.4618415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past and some recent CRONE group applications of fractional differentiation (Part 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Applied Fractional Calculus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Spain. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des Microrobots on Chip (MOC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Chaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Agnus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Breguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des Journées d'Etudes Automatique &amp; Electronique, JAE'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00183129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards microrobots on chip (MOC) : first prototype and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Agnus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Breguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Chaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Workshop on Microfactories, IWMF'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United States. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00183128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory path tracking of a drone in a disturbed environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Ould Lahsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Réseau Régional de Recherche en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Control of an Autonomous Tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukasz Mizgalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Réseau Régional de Recherche en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évitement d'obstacle dans un environnement 3D dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole doctorale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional Order Differentiation and Robust Control Design - CRONE, H-infinity and Motion Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer Netherlands, 2015, ISBN-13: 978-9401798068</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skeletal muscle modeling by fractional multi-models: analysis of length effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. -M. Cabelguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Engineering, Life and Social Sciences, Part A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.95-118, 2019, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110571905-006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional Approaches in Path Tracking Design (or Motion Control): Prefiltering, Shaping, and Flatness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Order Differentiation and Robust Control Design: CRONE, H-infinity and Motion Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.237-323, 2015, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-017-9807-5_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03193196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey on the CRONE approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. LE MEHAUTE, J.A. TENREIRO MACHADO, J.-C. TRIGEASSOU and J. SABATIER (Editors). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapter 17, Part 3 "Systems analysis, implementation and simulation, systems identification and control" of the book: Fractional differentiation and its applications -</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ubooks Verlag Ed., Neusäß, pp. 735-780, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00399591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de régulation d’une consigne d’un système par combinaison d’une boucle fermée de correction et d’une boucle ouverte de compensation à filtre fractionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Taymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 3054047 A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for regulating an actual value of a variable which characterizes a position of an actuator, computer program product, computer program and recording medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : N° US2010191789 (A1). 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for regulating an actual value of a variable which characterizes a position of an actuator, computer program product, computer program and recording medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : WO/2007/085578. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00328849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase Locked Loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Badets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lagareste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US Patent No. 20060232344. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00266044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From system identification to optimal and robust control of fractional systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International conference on fractional calculus theory and applications (icfcta 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification de trajectoire dans le contexte du véhicule autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification de trajectoire par la méthode des champs de potentiels : application au véhicule autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de modèles à temps continu en boucle fermée avec entrée et sortie bruitées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Diudichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness-Based Fault Detection and Isolation for Fractional Order Linear Flat Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Rammal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor-Bogdan Airimitoaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cazaurang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Choice of Multiple Flat Outputs for Fault Detection and Isolation of a Flat System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Rammal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor-Bogdan Airimitoaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cazaurang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new dynamical repulsive fractional potential for UAV in 3D dynamical environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02391196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId310"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre Melchior </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive and robust control strategies applied to ground antenna systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Negri de Azeredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Reviews in Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 60, pp.100995. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.arcontrol.2025.100995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05152801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time system identification of bio-heat transfers in lungs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enso Ndreko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 113 (14), pp.18645-18667. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11071-025-11105-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05152854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wind turbulence modeling for real-time simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Calculus and Applied Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (4), pp.1632-1662. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13540-023-00165-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional derivative truncation approximation for real-time applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmounen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 119, pp.107096. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cnsns.2023.107096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317777v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional modeling of wind speed turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC-PapersOnLine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 55 (34), pp.66-71. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.11.309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Trajectory Planning and Robust Tracking Using Vehicle Model Inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2020.3045917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions on artificial potential field method for effective obstacle avoidance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Calculus and Applied Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24 (2), pp.421-446. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/fca-2021-0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lung Thermal Transfer System Identification With Fractional Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCST.2018.2877606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous car decision making and trajectory tracking based on genetic algorithms and fractional potential fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11370-020-00314-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New interpretation of fractional potential fields for robust path planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Calculus and Applied Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (1), pp.113-127. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/fca-2019-0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02476698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-criteria optimization for autonomous vehicles in a dynamic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2018.0283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional approaches based on fractional prefilters in MIMO path tracking design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi Allagui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derbel Nabil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Control Engineering and Applied Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02891119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification de trajectoire par champs de potentiel fractionnaires appliquée au véhicule autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-diagonal multivariable fractional prefilter in motion control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi Allagui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Derbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modelling, Identification and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (3), </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJMIC.2017.10007055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE Cruise Control System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 65 (1), pp.15 - 28. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2015.2392074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initialization of Identification of Fractional Model by Output-Error Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Khadhraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational and Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (2), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4030541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust motion planning for a heat rod process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 86 (2), pp.1271 - 1283. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11071-016-2963-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01485003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvements on flat output characterization for fractional systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Calculus and Applied Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (1), pp.238-260. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/fca-2015-0016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLASH: THE CONCENTRATION-MASS RELATION OF GALAXY CLUSTERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Merten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Meneghetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Postman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Umetsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zitrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 806 (1), pp.4. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0004-637X/806/1/4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Fractional Model by Least-Squares Method and Instrumental Variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Khadhraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational and Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (5), </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4029904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness for linear fractional systems with application to a thermal system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 57, pp.213-221. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2015.04.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear thermal system identification using fractional Volterra series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control Engineering Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 29, pp.50 - 60. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conengprac.2014.02.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Music Of Clash: Predictions On The Concentration-Mass Relation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Meneghetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Rasia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Merten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Postman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 797 (1), pp.34. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0004-637X/797/1/34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between Davidson-Cole and Frequency-Band Limited Fractional Differentiator I/O Type Transfer Function with Speed and Acceleration Inputs in Path Tracking Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rekik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3 (1), pp.1 - 16. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5890/JAND.2014.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault detection based on fractional order models: Application to diagnosis of thermal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Farges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaheddine Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cnsns.2014.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00980487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear heat diffusion simulation using Volterra series expansion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Thermal Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 71, pp.80-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00869304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE Control-System Design Toolbox for the control engineering community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 371, pp.20120149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00869306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE control : principles, extensions and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.207-223</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decentralized CRONE control of nonsquare multivariable systems in path-tracking design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal system identification using fractional models for high temperature levels around different operating points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 70 (2), pp.941-950. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11071-012-0507-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00803464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séries de Volterra non entières appliquées à l'identification de systèmes thermiques non linéaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (6-7), pp.649-672. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/JESA.46.649-672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00803462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust path tracking by preshaping approach designed for third generation CRONE control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modeling, Identification and Control (IJMIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (2), pp.125-133. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJMIC.2012.045218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional attractive force for robust path planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Metoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Abdelkrim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modeling, Identification and Control (IJMIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (2), pp.134-143. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJMIC.2012.045219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Object oriented CRONE Toolbox for fractional differential signal processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal, Image and Video Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (3), pp.393-400. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11760-012-0323-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional Identification of Rotor Skin Effect in Induction Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Jalloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Science Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (4), pp.57-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust path tracking using flatness for fractional linear MIMO systems: A thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59 (5), pp.1667-1678. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.camwa.2009.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00530619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodèle fractionnaire du muscle strié pour la micro-robotique bio-inspirée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Sommacal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-STA Sciences et Technologies de l’Automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6 (2), pp.34-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00530606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design : Comparison between Davidson-Cole prefilter with acceleration input and Shaping approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Orsoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signal and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (1), pp.91-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00558360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attractive force based on generalized potential for mobile robot path planning in dynamic environment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Metoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Abdelkrim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signals and Devices, Issue on "Systems, Analysis &amp; Automatic Control", Shaker-Verlag Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (1), pp.105-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional Multi-Models of the Gastrocnemius Frog Muscle - Accepted paper in Journal of Vibration and Control, Special Issue on &amp;quot;Fractional Differentiation and Its Applications&amp;quot;, Sage Publishing, to be published in 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Sommacal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Cabelguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, NC (NC), pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A testing bench for fractional order education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, NC (NC), pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design based on fractional prefilter with acceleration input and comparison with preshaper approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Orsoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signals and Devices, Issue on "Systems, Analysis &amp; Automatic Control", Shaker-Verlag Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, NC (NC), pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the muscle fractional multimodel for low-rate stimulation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Sommacal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dossat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical Signal Processing and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2 (3), pp.226-233</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PLL with Non Integer Order Loop Filter.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lagareste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signals and Devices, Issue on "Systems, Analysis &amp; Automatic Control", Shaker-Verlag Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3 (1), pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion control by preshaping: extension for explicit fractional derivative systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Levron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Orsoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Systems, Signals &amp; Devices, Shaker Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1 (2), pp.103-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00204151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consideration of obstacle danger level in path planning using A* and fast marching optimisation: comparative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Orsoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 83 (11), pp.2387-2396</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00181781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (74)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online system identification of heat transfers in lungs with the LMRPEM-2 method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmoumen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Conference on Fractional Differentiation and Its Applications (ICFDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Ajman, United Arab Emirates. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICFDA58234.2023.10153153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional order modeling and identification for heat transfer in lungs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmoumen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité Technique identification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAGIP, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust control of 2-axis tracking antennas using the CRONE approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st IFAC Workshop on Control of Complex Systems COSY 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Bologna, Italy. pp.169-174, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2023.01.067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05153200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Modeling Using Two-Port Network Impedance Fractional-Order Approximations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmounen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th ASME/IEEE MESA 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2021-69968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recursive system identification for coefficient estimation of continuous-time fractional order systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmounen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IFAC Symposium on System Identification (SYSID 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Padova, Italy. pp.114-119, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2021.08.344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wind fractional modeling by spectral analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hajjem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 9th International Conference on Systems and Control (ICSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Caen, France. pp.436-441, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSC50472.2021.9666651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory path tracking of a drone in a disturbed environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Ould Lahsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop on Unmanned and Swarming Conference - UAV Show</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-port network modeling for bio-heat transfers in lungs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmounen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roubertie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFAC Symposium on Biological and Medical Systems (BMS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Ghent, Belgium. pp.169-174, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2021.10.250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unimodular Completion for Computation of Fractionally Flat Outputs for Linear Fractionally Flat Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Rammal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor-Bogdan Airimitoaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cazaurang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th World Congress of the International Federation of Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on obstacle avoidance for fractional artificial potential fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Duhé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany. pp.3725-3730, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Choice of Multiple Flat Outputs for Fault Detection and Isolation of a Flat System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Rammal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor-Bogdan Airimitoaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cazaurang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th World Congress of the International Federation of Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new dynamical repulsive fractional potential for UAVs in 3D dynamical environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany. pp.3719-3724, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive Path Planning for Autonomous Vehicle Using Bézier Curve Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Intelligent Vehicles Symposium (IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. pp.1048-1053, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IVS.2019.8813904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive path planning in intersection for autonomous vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Cassany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IFAC Symposium on Advances in Automotive Control AAC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Orléans, France. pp.109-114, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust longitudinal motion planning using vehicle model inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress (IFAC WC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.103-108, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustesse de la planification de trajectoire d’un drone en environnement 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Doctorales et Journées Nationales du GDR MACS (JD-JN-MACS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Definitions of Attractive and Repulsive Fractional Potential Fields for Robust Path Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Fractional Differentiation and its Applications (ICFDA) 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Amman, Jordan. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2139/ssrn.3277551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory Optimization for Autonomous Vehicles on Crossroads with Mobile Obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Intelligent Vehicles Symposium (IV 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Changshu, China. pp.556-561, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IVS.2018.8500379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstacle avoidance in 3D dynamic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Workshop on Unmanned and Swarming Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Mérignac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-loop continuous-time model identification with noisy input-output</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Diudichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th World Congress of the International Federation of Automatic Control (IFAC WC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.12853 - 12858, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.1936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path planning with fractional potential fields for autonomous vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress (IFAC WC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.14533 - 14538, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.2076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cruise control of an electric vehicle through fractional linear feedforward & prefiltering of an acceleration reference signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Taymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01622268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-criteria trajectory optimization for autonomous vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IFAC World Congress (IFAC WC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.12520 - 12525, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.2063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust control system design of a turbofan engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Taymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Fractional Differentiation and Its Applications (ICFDA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Novi Sad, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frac- tional linear feedforward design : application to the cruise control of an electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Taymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of Fractional Differentiation and its Applications (ICFDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Novi Sad, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design by Frequency Band Limited Fractional Differentiator prefilter: square MIMO systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derbel Nabil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Fractional Differentiation and its Applications (IEEE ICFDA'14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Catania, Italy, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flat output computation for fractional linear systems: application to a thermal system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IFAC World Congress (IFAC'14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Cape Town, South Africa. pp.2891-2896, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.01911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of flat outputs for fractional systems: a Thermal Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th IFAC Workshop on Fractional Differentiation and Its Applications (FDA'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Grenoble, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20130204-3-FR-4032.00171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Cruise Control using CRONE Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IFAC Workshop on Fractional Differentiation and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Fractional Observers Scheme to fault detection and isolation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Farges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaheddine Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Multi-Conference on Systems, Signals and Devices (SSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Hammamet, Tunisia. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSD.2013.6564125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00838843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Input/Output Fractional Transfer Function in Path Tracking Design using Multivariable CRONE Controller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IEEE International Multi-Conference on Systems, Signals and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Tunisia. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulateur de vitesse basé sur l'approche CRONE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDMACS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de la dissymétrie du chargement sur de la tenue de route. Partie 1 : analyse de la stabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Mermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Leteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application des séries de Volterra non entière à l'identification de systèmes thermiques en conditions extrêmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Bordeaux, France. pp.770-777</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00804782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de la dissymétrie du chargement sur de la tenue de route. Partie 1 : du modèle de validation au modèle d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Mermoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Leteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust dynamic parity space method for fractional order systems fault detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Farges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaheddine Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Fractional Differentiation and its Applications (FDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00989573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumental Variable Identification of Hybrid Fractional Box-Jenkins Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy. pp.4314-4319, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20110828-6-IT-1002.01107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of identification techniques for fractional models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Jalloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth IEEE International Multi-Conference on Systems, Signals &amp; Devices (IEEE SSD'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Sousse, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking with flatness and CRONE control for Fractional Systems: thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress (IFAC'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy. pp.10818-10823, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20110828-6-IT-1002.02002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE Control-System Design Toolbox for the control engineering community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME IDETC/CIE Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking with flatness and CRONE control for fractional systems : thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumental variable identification of hybrid fractional Box-Jenkins models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de systèmes thermiques soumis à de larges variations de température par des modèles utilisant les séries de volterra non entières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Identification et Modélisation Expérimentale (JIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Douai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an object oriented CRONE toolbox for fractional differential systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional thermal model of the lungs using Havriliak-Negami function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmoumen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th ASME/IEEE International Conference on Mechatronic &amp; Embedded Systems &amp; Applications (ASME/IEEE MESA'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRONE Control-System Design Toolbox for the control engineering community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME IDETC/CIE Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington, United States. pp.129-136, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2011-47286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la longueur musculaire sur un multi-modèle non entier d'unité motrice de type S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Cabelguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Journées "Identification et Modélisation Expérimentale", en collaboration avec le Groupe de Travail "Identification de Systèmes" du GdR MACS du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Douai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design by input/output Davidson-Cole transfer function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rekik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth IEEE International Multi-Conference on Systems, Signals &amp; Devices (IEEE SSD'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Sousse, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal system identification for large temperature variations using fractional Volterra series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional thermal model of the lungs using Havriliak-Negami function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Abdelmoumen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th ASME/IEEE International Conference on Mechatronic &amp; Embedded Systems &amp; Applications (ASME/IEEE MESA'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington DC, United States. pp.805-810, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2011-48095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal system identification for large temperature variations using fractional Volterra series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Workshop on Fractional Differentiation and its Applications FDA'10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Badajoz, Spain. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification par modèles non entiers linéaires d'un système thermique à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ième Conférence Internationale Francophone d'Automatique -CIFA'10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nancy, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional modeling of rotor skin effect in induction machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Jelassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Trigeassou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Workshops on Fractional Differentiation and its Applications (IFAC FDA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Badajoz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the peroneus digiti quarti muscle length effect on a motor unit fractional multi-model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Cabelguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 IEEE/ASME International Conference on Mechatronic and Embedded Systems and Applications (IEEE MESA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Qingdao, ShanDong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal identification using fractional linear models in high temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Maachou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Workshop on Fractional Differentiation and its Applications - FDA'10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Badajoz, Spain. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de la longueur du muscle peroneus digiti quarti sur le multi-modèle fractionnaire d'une unité motrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème IEEE Conférence Internationale Francophone d'Automatique (IEEE CIFA'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification par modèles non entiers pour la poursuite de trajectoire par platitude : application à un barreau thermique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Automatique du Club EEA, Démonstrateurs en Automatique à vocation recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness necessary and sufficient conditions for non linear fractional systems using fractional differential forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Control Conference (ECC'09),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust path planning for mobile robot based on fractional attractive force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Metoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Abdelkrim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE American Control Conference (ACC'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, St. Louis, Missouri, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preshaping command inputs for third generation CRONE control: Robustness study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jallouli-Khlif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Derbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixth IEEE International Multi-Conference on Systems, Signals &amp; Devices (IEEE SSD'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Djerba, Tunisia. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of the Lungs Based on Fractal Geometrical and Structural Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ionescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Levron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th IFAC Symposium on System Identification (IFAC SYSID'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From system identification to path planning using fractional approach: a thermal application example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 ASME International Design Engineering Technical Conferences (DETC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, San Diego, CA, United States. pp.DETC2009-86984</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00401532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust path planning for dynamic environment based on fractional attractive force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Metoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Najar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Abdelkrim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixth IEEE International Multi-Conference on Systems, Signals &amp; Devices (IEEE SSD'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Djerba, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness Necessary and Sufficient Conditions for Nonlinear Fractional Systems using Fractional Differential Forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 European Control Conference (ECC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Budapest, Hungary. pp.898-903, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC.2009.7074518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05447206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From System Identification to Path Planning Using Fractional Approach: A Thermal Application Example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2009 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, San Diego, United States. pp.235-242, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2009-87014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05447134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Path tracking design by fractional prefilter extension to square MIMO systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chayapol Inarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Multibody Systems, Nonlinear Dynamics, and Control (MSNDC'09) of the 21th ASME International Design Engineering Technical Conferences and Computers and Information in Engineering Conference (IDETC/CIE'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness principle extension to linear fractional MIMO systems: thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th IEEE Mediterranean Electrotechnical Conference (MELECON'08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Ajaccio, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MELCON.2008.4618415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension de la platitude aux systèmes fractionnaires {MIMO} : application à un système thermique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème IEEE Conférence Internationale Francophone d'Automatique (CIFA 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Bucarest, Roumanie. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness control for linear fractional {MIMO} systems: thermal application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Nelson Gruel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IFAC Workshop on Fractional Differentiation and Its Applications (FDA'08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Ankara, Turkey. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00978501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Havriliak-Negami functions for time-domain system identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Sommacal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th World IFAC Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Seoul, South Korea. pp.14283-14288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of the CRONE approach in system analysis, modeling and identification, observation and control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid R. Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IFAC World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Seoul, South Korea. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past and some recent CRONE group applications of fractional differentiation (Part 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Applied Fractional Calculus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Spain. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards microrobots on chip (MOC) : first prototype and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Agnus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Breguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Chaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Workshop on Microfactories, IWMF'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United States. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00183128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des Microrobots on Chip (MOC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Chaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Agnus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Breguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des Journées d'Etudes Automatique &amp; Electronique, JAE'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00183129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Control of an Autonomous Tractor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukasz Mizgalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Réseau Régional de Recherche en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory path tracking of a drone in a disturbed environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Ould Lahsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Réseau Régional de Recherche en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évitement d'obstacle dans un environnement 3D dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole doctorale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional Order Differentiation and Robust Control Design - CRONE, H-infinity and Motion Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer Netherlands, 2015, ISBN-13: 978-9401798068</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skeletal muscle modeling by fractional multi-models: analysis of length effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. -M. Cabelguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Engineering, Life and Social Sciences, Part A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.95-118, 2019, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110571905-006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractional Approaches in Path Tracking Design (or Motion Control): Prefiltering, Shaping, and Flatness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractional Order Differentiation and Robust Control Design: CRONE, H-infinity and Motion Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.237-323, 2015, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-017-9807-5_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03193196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey on the CRONE approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. LE MEHAUTE, J.A. TENREIRO MACHADO, J.-C. TRIGEASSOU and J. SABATIER (Editors). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapter 17, Part 3 "Systems analysis, implementation and simulation, systems identification and control" of the book: Fractional differentiation and its applications -</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ubooks Verlag Ed., Neusäß, pp. 735-780, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00399591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif de régulation d’une consigne d’un système par combinaison d’une boucle fermée de correction et d’une boucle ouverte de compensation à filtre fractionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Taymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Guillemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Malti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 3054047 A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for regulating an actual value of a variable which characterizes a position of an actuator, computer program product, computer program and recording medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : N° US2010191789 (A1). 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for regulating an actual value of a variable which characterizes a position of an actuator, computer program product, computer program and recording medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lanusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Oustaloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : WO/2007/085578. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00328849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase Locked Loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Badets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Belot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lagareste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Deval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US Patent No. 20060232344. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00266044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From system identification to optimal and robust control of fractional systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International conference on fractional calculus theory and applications (icfcta 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification de trajectoire dans le contexte du véhicule autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification de trajectoire par la méthode des champs de potentiels : application au véhicule autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Moze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Aioun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de modèles à temps continu en boucle fermée avec entrée et sortie bruitées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Diudichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness-Based Fault Detection and Isolation for Fractional Order Linear Flat Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Rammal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor-Bogdan Airimitoaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cazaurang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Choice of Multiple Flat Outputs for Fault Detection and Isolation of a Flat System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Rammal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor-Bogdan Airimitoaie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cazaurang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lévine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new dynamical repulsive fractional potential for UAV in 3D dynamical environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kendric Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Chaumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Victor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02391196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId310"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152801v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Negri de Azeredo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hajjem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Thomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Victor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lanusse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2025.100995" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152854v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enso Ndreko" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Duh&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Melchior" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-025-11105-3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317777v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Abdelmounen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roubertie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2023.107096" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317726v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13540-023-00165-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080631v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Victor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.11.309" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172431v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Receveur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2020.3045917" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548486v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/fca-2021-0019" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010639v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pellet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Oustaloup" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2877606" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502384v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11370-020-00314-x" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476698v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/fca-2019-0007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010665v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0283" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891119v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Yousfi Allagui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jallouli-Khlif" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derbel Nabil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010651v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moreau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moze" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Aioun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721682v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Derbel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2017.10007055" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712504v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Morand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moreau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guillemard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2015.2392074" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721680v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Khadhraoui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Jelassi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Trigeassou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4030541" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485003v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Malti" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-016-2963-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397919v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Merten" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meneghetti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Postman" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Umetsu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zitrin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/806/1/4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721677v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4029904" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319169v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean L&#233;vine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2015.04.021" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319178v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/fca-2015-0016" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557040v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rasia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vega" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/797/1/34" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980487v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Aribi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Farges" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aoun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaheddine Najar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2014.03.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VG0PQ1PD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721674v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yousfi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Melchior" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rekik" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Derbel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oustaloup" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5890/JAND.2014.03.001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709751v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Maachou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battaglia" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2014.02.023" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T9DLNX3J-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869306v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869304v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952938v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Yousfi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952933v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Sabatier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803462v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.46.649-672" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-M0JQHPXS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675874v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2012.045218" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675877v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Metoui" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Najar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Abdelkrim" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2012.045219" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804776v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-012-0323-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803464v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-012-0507-y" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BDHBQFDB-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675857v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Jalloul" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530619v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2009.08.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q5HQVMCL-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530606v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sommacal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Petit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558360v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Orsoni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204251v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poty" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204230v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sommacal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Cabelguen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204322v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204255v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Orsoni" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204214v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lagareste" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Deval" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204150v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dossat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204151v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Levron" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181781v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavialle" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poty" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317759v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Abdelmoumen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICFDA58234.2023.10153153" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153200v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.01.067" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317664v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548461v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2021-69968" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548450v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.344" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548477v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC50472.2021.9666651" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548471v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chaumette" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Ould Lahsen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548458v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.250" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885984v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Rammal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor-Bogdan Airimitoaie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cazaurang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.374" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217990v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendric Ruiz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2059" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885978v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.821" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217998v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2058" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477689v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cassany" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.018" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176261v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477660v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.017" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477761v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2019.8813904" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538632v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2018.8500379" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011080v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3277551" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900358v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622268v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Taymans" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703951v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Diudichi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1936" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703961v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2076" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703957v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2063" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703936v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717631v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978560v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.01911" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721974v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986125v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838843v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2013.6564125" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952939v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986129v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978553v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130204-3-FR-4032.00171" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797603v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rizzo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mermoz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Leteve" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989573v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804782v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797772v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454228v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.02002" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668278v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668323v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668349v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668341v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668286v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid R. Malti" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675945v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649342v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2011-47286" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668319v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675939v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675948v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649331v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2011-48095" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675941v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454216v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.01107" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584698v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584702v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jelassi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582852v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584700v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584743v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582847v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584225v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584671v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584669v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584687v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ionescu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Levron" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401532v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584670v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447134v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2009-87014" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447206v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2009.7074518" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584691v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayapol Inarn" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584688v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978490v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978501v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Nelson Gruel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406753v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326415v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978463v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.2008.4618415" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327725v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183129v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chaillet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Agnus" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pellet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Breguet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferreira" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183128v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cois" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548484v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548481v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Mizgalski" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gimbert" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Nguyen" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086978v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707569v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477643v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -M. Cabelguen" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110571905-006" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193196v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-9807-5_5" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399591v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cois" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717806v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584748v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328849v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266044v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Badets" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Belot" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lagareste" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deval" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477901v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011116v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011156v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703984v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601386v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388186v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391196v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152801v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Negri de Azeredo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hajjem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Thomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Victor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lanusse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2025.100995" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152854v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enso Ndreko" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Duh&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Melchior" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-025-11105-3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317726v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13540-023-00165-0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317777v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Abdelmounen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roubertie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2023.107096" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080631v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Victor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.11.309" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172431v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Receveur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2020.3045917" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548486v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/fca-2021-0019" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010639v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pellet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Oustaloup" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2877606" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502384v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11370-020-00314-x" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476698v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/fca-2019-0007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010665v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0283" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891119v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Yousfi Allagui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jallouli-Khlif" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derbel Nabil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010651v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moreau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moze" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Aioun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721682v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Derbel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2017.10007055" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712504v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Morand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moreau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guillemard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2015.2392074" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721680v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Khadhraoui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Jelassi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Trigeassou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4030541" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485003v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Malti" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-016-2963-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319178v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/fca-2015-0016" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397919v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Merten" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meneghetti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Postman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Umetsu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zitrin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/806/1/4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721677v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4029904" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319169v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean L&#233;vine" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2015.04.021" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709751v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Maachou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battaglia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2014.02.023" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T9DLNX3J-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557040v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rasia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vega" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/797/1/34" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721674v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yousfi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Melchior" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rekik" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Derbel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oustaloup" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5890/JAND.2014.03.001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980487v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Aribi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Farges" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aoun" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaheddine Najar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2014.03.006" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VG0PQ1PD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869304v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869306v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952933v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Sabatier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952938v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Yousfi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803464v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-012-0507-y" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BDHBQFDB-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803462v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.46.649-672" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-M0JQHPXS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675874v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2012.045218" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675877v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Metoui" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Najar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Abdelkrim" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2012.045219" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804776v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-012-0323-3" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675857v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Jalloul" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530619v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2009.08.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q5HQVMCL-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530606v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sommacal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Petit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558360v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Orsoni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204251v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poty" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204230v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sommacal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Cabelguen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204322v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204255v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Orsoni" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204150v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dossat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204214v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lagareste" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Deval" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204151v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Levron" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181781v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavialle" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poty" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317759v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Abdelmoumen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICFDA58234.2023.10153153" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317664v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153200v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.01.067" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548461v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2021-69968" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548450v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.344" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548477v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC50472.2021.9666651" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548471v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chaumette" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Ould Lahsen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548458v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.250" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885984v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Rammal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor-Bogdan Airimitoaie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cazaurang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.374" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217990v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendric Ruiz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2059" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885978v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.821" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217998v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2058" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477761v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2019.8813904" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477689v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cassany" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.018" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477660v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.017" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176261v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011080v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3277551" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538632v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2018.8500379" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900358v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703951v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Diudichi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1936" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703961v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2076" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622268v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Taymans" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703957v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2063" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703936v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717631v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721974v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978560v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.01911" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978553v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130204-3-FR-4032.00171" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986125v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838843v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2013.6564125" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952939v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986129v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797772v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rizzo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mermoz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Leteve" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804782v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797603v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989573v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454216v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.01107" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675941v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454228v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.02002" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668278v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668286v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid R. Malti" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668341v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668349v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668323v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675945v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649342v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2011-47286" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675948v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675939v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668319v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649331v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2011-48095" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584225v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582847v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584702v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jelassi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584698v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582852v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584700v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584743v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584688v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584671v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584669v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584687v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ionescu" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Levron" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401532v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584670v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447206v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2009.7074518" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447134v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2009-87014" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584691v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayapol Inarn" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978463v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.2008.4618415" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978490v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978501v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Nelson Gruel" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406753v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326415v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327725v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183128v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Agnus" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Breguet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chaillet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cois" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferreira" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183129v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pellet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548481v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Mizgalski" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gimbert" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Nguyen" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548484v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086978v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707569v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477643v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -M. Cabelguen" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110571905-006" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193196v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-9807-5_5" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399591v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cois" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717806v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584748v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328849v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266044v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Badets" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Belot" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lagareste" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deval" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477901v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011116v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011156v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703984v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601386v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388186v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391196v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>