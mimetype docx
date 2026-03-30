--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -3788,1890 +3788,1890 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02878353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La laïcité de l'école française : une double imposture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carnets rouges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, La laïcité est-elle encore révolutionnaire ?, 4, pp.17-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02733192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les notes sur la sellette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">liaisons laïques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02733179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un nouvel apartheid scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02733196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2015, La laïcité est-elle encore révolutionnaire ?, 4, pp.17-19</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'école française et l'invention des notes. Un éclairage historique des polémiques contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02732991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'affectation des élèves dans les établissements scolaires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, http://www.laviedesidees.fr/L-affectation-des-eleves-dans-les.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'école française et l'invention des notes. Un éclairage historique des polémiques contemporaines</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repenser l'évaluation des élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, L'évaluation plus juste et plus effiacace, pp.9-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Social Recruitment of Upper Secondary Schools, in the Public and Private Sectors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Swiss Journal of Sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 40 (1), pp.99-120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">École : comment rendre les notes plus justes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Observatoire des inégalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, http://www.inegalites.fr/spip.php?article1791</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme des retraites et justice sociale. Qu’est-ce qu’une réforme juste ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, http://www.laviedesidees.fr/Reforme-des-retraites-et-justice.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une réforme des retraites plus juste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi les inégalités françaises ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Café Pédagogique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, http://www.cafepedagogique.net/lexpresso/Pages/2013/12/05122013Article635218241553616699.aspx</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La catégorie socioprofessionnelle des parents dans les fiches administratives des élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, http://socio-logos.revues.org/2719</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A qui profitent les dépenses éducatives ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, http://www.laviedesidees.fr/A-qui-profitent-les-depenses.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour en finir avec la ségrégation scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Café Pédagogique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, http://www.cafepedagogique.net/lexpresso/Pages/2012/04/18042012_PMerle.aspx#a1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carte scolaire et ségrégation sociale des établissements. Une analyse monographique des collèges rennais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.103-121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00856215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelles réformes de l'école ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Café Pédagogique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, http://www.cafepedagogique.net/lexpresso/Pages/2012/06/04062012Article634743915834585659.aspx</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évaluation par les notes: quelle fiabilité et quelles réformes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards croisés sur l'économie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (2), pp.218-230</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il supprimer la notation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education et pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 202, pp.68-70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle réforme de la carte scolaire ? Pour rompre avec les logiques ségrégatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terra Nova</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, http://www.tnova.fr/note/quelle-r-forme-de-la-carte-scolaire-pour-rompre-avec-les-logiques-s-gr-gatives</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évaluation des élèves. Une modélisation interactionniste des pratiques professorales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raisons Educatives. Modélisations de l'évaluation en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.81-96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00856212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éducation prioritaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, http://www.laviedesidees.fr/Education-prioritaire.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique d'assouplissement de la carte scolaire : quel bilan ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards sur l'actualité : mensuel de la vie publique en France </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.70-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure et dynamique de la ségrégation sociale dans les collèges parisiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de pédagogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">, 2011, 170, pp.73-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, http://www.laviedesidees.fr/L-affectation-des-eleves-dans-les.html</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00725781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concurrence et spécialisation des établissements scolaires. Une modélisation de la transformation du recrutement social des secteurs d'enseignement public et privé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.133-169</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, L'évaluation plus juste et plus effiacace, pp.9-11</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00856208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malgré les promesses, le quinquennat n'a fait que creuser les inégalités éducatives et scolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 40 (1), pp.99-120</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Duru-Bellat, Le mérite contre la justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1 (52), pp.398-401</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2013, http://www.inegalites.fr/spip.php?article1791</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La carte scolaire et son assouplissement. Politique de mixité sociale ou de ghettoïsation des établissements ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1, pp.39-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...1241 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00725779v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01151181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les collèges Ambition Réussite : un bilan négatif, une politique non prioritaire</w:t>
               </w:r>
@@ -7287,1147 +7287,1147 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02864425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pourquoi l'école française est-elle si inégalitaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Connaissances et savoirs. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'école au chevet de la République</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.113-120, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02864415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">À quoi servent les notes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éduquer et Former. Connaissances et débats en Éducation et formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sciences Humaines, pp.273-279, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02878345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, pp.113-120, 2016</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choix du collège ou affectation réglementée des élèves. Comment sortir de l'impasse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Merle; François Dubet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réformer le collège</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de France, pp.75-89, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de France, pp.75-89, 2016</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02878316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimensions de la maltraitance scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">John Libbey Eurotext. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sommes-nous bientraitants à l’égard de nos enfants ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.157-172, 2015, 2704014612</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, pp.157-172, 2015, 2704014612</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02864408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il supprimer la notation à l’école ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les inégalités, un phénomène à plusieurs dimensions, Les Cahiers français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 386, La documentation française, pp.80-85, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 386, La documentation française, pp.80-85, 2015</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02878342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser la refondation de l'éducation prioritaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enseigner et évaluer: regards sur les enjeux éthiques et sociopolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.89-105, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, pp.89-105, 2014</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publication des Héritiers par P. Bourdieu et J-C. Passeron - 1964</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Commémorations nationales, Ministère de la Culture et de la Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.159-160, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, pp.159-160, 2014</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réussite personnelle et trajectoires sociales: les défis de l'égalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du colloque des 8e Rencontres Nationales des l'Education, La ligue de l'enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.95-110, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, pp.95-110, 2013</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La violence de l'école. Quelques constats et perspectives de changement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prévenir les violences à l'école</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de France, pp.137-149, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de France, pp.137-149, 2012</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00856361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démocratisation des lycées bretons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le dictionnaire des lycées publics de Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.192-193, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.192-193, 2012</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00856360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les inégalités scolaires. Quels constats ? Quelles politiques éducatives ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rapport de l'observatoire de la jeunesse, Institut National de la Jeunesse et de l'Education Populaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Documentation Française, pp.60-73, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, La Documentation Française, pp.60-73, 2012</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00856362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une ségrégation scolaire croissante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les inégalités en France, Alternatives Economiques Poche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 56 hors-série, pp.42-44, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 56 hors-série, pp.42-44, 2012</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inégalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les 100 mots de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de France, pp.95-96, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00856359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démocratisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les 100 mots de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, pp.41-42, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00856358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de France, pp.95-96, 2011</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Humiliation. Dictionnaire de l'adolescence et de la jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire de l'adolescence et de la jeunesse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, pp.396-399, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00725782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prolongation de la scolarisation et déclassement à l'embauche en France. Une relation complexe et instable.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Papinot, M. Vultur. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Education et déclassement. Comparaison France-Canada</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires Laval, pp.39-52, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00725791v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00725782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Figures de l'injustice à l'école</w:t>
               </w:r>
@@ -10035,151 +10035,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02733206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Plus que jamais, le rôle central de l'école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02733195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Il y a bien une islamophobie rampante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02733203v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-02733195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attentats : quelles armes contre les balles ?</w:t>
               </w:r>
@@ -11231,165 +11231,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01151057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelles politiques éducatives structurelles et pédagogiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Université d'été de La Rochelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Territoires partagés et éducation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les 8e Rencontres Nationales de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ligue de l'Enseignement, Oct 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01151049v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01151046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mixité sociale : quel bilan pour les lycées ?</w:t>
               </w:r>
@@ -11879,51 +11879,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C30CE704"/>
+    <w:nsid w:val="53AA693F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12110,51 +12110,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-merle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034521704" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221712v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463168v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864384v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02863231v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02863226v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487627v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/R%C3%A9former_le_coll%C3%A8ge" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856247v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856257v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320980v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856224v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320981v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856220v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767319v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Henaff" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239274v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s van Zanten" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Agulhon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barr&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barthon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bautier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/l_ecole_l_etat_des_savoirs-9782707133069" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395219v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221613v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lp.422.0133" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221635v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lp.422.0147" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395209v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420661v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221684v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.154.0381" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395201v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395191v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395179v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221653v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lp.419.0103" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395166v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113462v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113769v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759676v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grimault-Leprince" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Voirnesson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.462.0099" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113522v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113531v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/diversite.3020" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463627v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113485v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463206v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463637v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463612v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606863v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.086.0025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606912v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113841v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733041v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878335v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733043v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606043v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/r2050.065.0005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606024v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.13582" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733006v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733003v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733015v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733011v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02863208v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878360v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878353v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733196v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733192v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733179v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732991v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150480v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151653v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150479v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151636v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150477v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151639v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151648v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150474v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150468v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151167v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856215v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151194v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150471v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151633v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856212v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151200v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150473v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151161v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00725781v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151163v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856208v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00725779v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151181v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151158v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151151v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151146v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151142v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151124v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856203v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855653v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856198v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856421v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05309286v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfp.2002.2880" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004853v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duru-Bellat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856552v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sensevy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209789v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207872v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606003v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mear" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/3322014" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469024v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878326v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878323v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05136975v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-participation-des-eleves/19990" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864421v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864425v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878345v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864415v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878316v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864408v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878342v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150514v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150511v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150500v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856361v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856360v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856362v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150483v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856358v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856359v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00725791v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00725782v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856273v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856275v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856271v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856267v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856263v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04476777v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378775v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113807v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878708v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878718v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878691v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878686v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878428v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878665v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878678v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878670v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878617v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878404v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878407v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878378v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878391v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878369v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02863211v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864519v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733206v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733203v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733195v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733199v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733188v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733182v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151111v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151114v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151104v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151101v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151092v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151097v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151069v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151062v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151055v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151041v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151045v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151057v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151049v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151046v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151051v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151034v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151029v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151035v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151000v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151025v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-merle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034521704" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221712v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463168v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864384v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02863231v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02863226v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487627v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/R%C3%A9former_le_coll%C3%A8ge" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856247v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856257v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320980v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856224v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320981v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856220v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767319v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Henaff" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239274v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s van Zanten" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Agulhon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barr&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barthon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bautier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/l_ecole_l_etat_des_savoirs-9782707133069" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395219v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221613v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lp.422.0133" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221635v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lp.422.0147" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395209v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420661v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221684v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.154.0381" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395201v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395191v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395179v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05221653v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lp.419.0103" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395166v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113462v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113769v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759676v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grimault-Leprince" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Voirnesson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.462.0099" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113522v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113531v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/diversite.3020" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463627v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113485v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463206v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463637v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463612v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606863v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.086.0025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606912v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113841v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733041v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878335v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733043v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606043v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/r2050.065.0005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606024v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.13582" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733006v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733003v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733015v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733011v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02863208v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878360v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878353v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733192v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733179v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733196v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732991v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150480v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151653v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150479v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151636v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150477v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151639v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151648v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150474v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150468v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151167v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856215v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151194v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150471v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151633v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151200v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856212v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150473v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151161v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00725781v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856208v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151163v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151181v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00725779v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151158v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151151v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151146v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151142v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151124v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856203v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855653v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856198v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856421v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05309286v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfp.2002.2880" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004853v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duru-Bellat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856552v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sensevy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209789v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207872v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606003v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mear" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/3322014" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469024v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878326v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878323v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05136975v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-participation-des-eleves/19990" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864421v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864425v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864415v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878345v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878316v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864408v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878342v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150514v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150511v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150500v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856361v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856360v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856362v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150483v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856359v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856358v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00725782v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00725791v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856273v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856275v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856271v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856267v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856263v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04476777v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378775v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113807v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878708v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878718v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878691v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878686v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878428v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878665v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878678v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878670v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878617v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878404v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878407v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878378v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878391v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02878369v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02863211v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864519v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733206v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733195v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733203v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733199v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733188v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02733182v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151111v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151114v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151104v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151101v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151092v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151097v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151069v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151062v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151055v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151041v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151045v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151057v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151046v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151049v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151051v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151034v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151029v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151035v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151000v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151025v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>