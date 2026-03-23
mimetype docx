--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -100,325 +100,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Throughput Stationary 13C-Based Metabolic Flux Analysis of Pichia pastoris Strains</w:t>
+                <w:t xml:space="preserve">Overflow metabolism in bacterial, yeast, and mammalian cells: different names, same game</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Fina</w:t>
+                <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Millard</w:t>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécilia Bergès</w:t>
+                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pau Ferrer</w:t>
+                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Albiol</w:t>
+                <w:t xml:space="preserve">Stéphanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Methods in Molecular Biology, 2697, pp.153-170. </w:t>
+              <w:t xml:space="preserve">Molecular Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-0716-4779-0_9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s44320-025-00145-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05443260v1</w:t>
+                <w:t xml:space="preserve">hal-05322476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overflow metabolism in bacterial, yeast, and mammalian cells: different names, same game</w:t>
+                <w:t xml:space="preserve">High-Throughput Stationary 13C-Based Metabolic Flux Analysis of Pichia pastoris Strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
+                <w:t xml:space="preserve">Albert Fina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
+                <w:t xml:space="preserve">Cécilia Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
+                <w:t xml:space="preserve">Pau Ferrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Heux</w:t>
+                <w:t xml:space="preserve">Joan Albiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Systems Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Methods in Molecular Biology, 2697, pp.153-170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s44320-025-00145-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-1-0716-4779-0_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05322476v1</w:t>
+                <w:t xml:space="preserve">hal-05443260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MultiNMRFit: a software to fit 1D and pseudo-2D NMR spectra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -426,51 +426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Dubiley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Gabrielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 41 (9), </w:t>
@@ -502,295 +502,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">6‐Phosphogluconolactonase is critical for the efficient functioning of the pentose phosphate pathway</w:t>
+                <w:t xml:space="preserve">Combining systems and synthetic biology for in vivo enzymology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Phégnon</w:t>
+                <w:t xml:space="preserve">Sara Castaño-Cerezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pérochon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
+                <w:t xml:space="preserve">Alexandre Chamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edern Cahoreau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Millard</w:t>
+                <w:t xml:space="preserve">Hanna Kulyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Treitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/febs.17221⟩</w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (21), pp.5169 - 5185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44318-024-00251-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04688549v1</w:t>
+                <w:t xml:space="preserve">hal-04688552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining systems and synthetic biology for in vivo enzymology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">6‐Phosphogluconolactonase is critical for the efficient functioning of the pentose phosphate pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanna Kulyk</w:t>
+                <w:t xml:space="preserve">Léa Phégnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Treitz</w:t>
+                <w:t xml:space="preserve">Julien Pérochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 43 (21), pp.5169 - 5185. </w:t>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 291 (20), pp.4459-4472. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s44318-024-00251-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/febs.17221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04688552v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04688549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PhysioFit: a software to quantify cell growth parameters and extracellular fluxes</w:t>
               </w:r>
@@ -802,64 +802,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -904,1230 +904,1230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04253692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative in vivo analysis of the ethanolamine utilization bacterial microcompartment in Escherichia coli</w:t>
+                <w:t xml:space="preserve">Metabolic impact of heterologous protein production in Pseudomonas putida: Insights into carbon and energy flux control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Jallet</w:t>
+                <w:t xml:space="preserve">Philippe Vogeleer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Soldan</w:t>
+                <w:t xml:space="preserve">Ana-Sofia Ortega Arbulú</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramteen Shayan</w:t>
+                <w:t xml:space="preserve">Katharina Pflüger-Grau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Stella</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nour Ismail</w:t>
+                <w:t xml:space="preserve">Andreas Kremling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/msystems.00750-24⟩</w:t>
+              <w:t xml:space="preserve">Metabolic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 81, pp.26-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymben.2023.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04688546v1</w:t>
+                <w:t xml:space="preserve">hal-04688570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic impact of heterologous protein production in Pseudomonas putida: Insights into carbon and energy flux control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrative in vivo analysis of the ethanolamine utilization bacterial microcompartment in Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Vogeleer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Millard</w:t>
+                <w:t xml:space="preserve">Vanessa Soldan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana-Sofia Ortega Arbulú</w:t>
+                <w:t xml:space="preserve">Ramteen Shayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katharina Pflüger-Grau</w:t>
+                <w:t xml:space="preserve">Alexandre Stella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Kremling</w:t>
+                <w:t xml:space="preserve">Nour Ismail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 81, pp.26-37. </w:t>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (8), pp.e0075024. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymben.2023.10.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/msystems.00750-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04688570v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04688546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High throughput 13C-metabolic flux analysis of 3-hydroxypropionic acid producing Pichia pastoris reveals limited availability of acetyl-CoA and ATP due to tight control of the glycolytic flux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acetate is a beneficial nutrient for E. coli at low glycolytic flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Fina</w:t>
+                <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Millard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Heux</w:t>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12934-023-02123-0⟩</w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.e113079. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/embj.2022113079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04170885v1</w:t>
+                <w:t xml:space="preserve">hal-04126000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acetate is a beneficial nutrient for E. coli at low glycolytic flux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">High throughput 13C-metabolic flux analysis of 3-hydroxypropionic acid producing Pichia pastoris reveals limited availability of acetyl-CoA and ATP due to tight control of the glycolytic flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Fina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Albiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Heux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.e113079. </w:t>
+              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22 (1), pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15252/embj.2022113079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12934-023-02123-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04126000v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04170885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IsoSolve: An Integrative Framework to Improve Isotopic Coverage and Consolidate Isotopic Measurements by Mass Spectrometry and/or Nuclear Magnetic Resonance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Improved NMR Detection of Phospho-Metabolites in a Complex Mixture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil Cox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Kohlstedt</w:t>
+                <w:t xml:space="preserve">Cyril Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Wittmann</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guy Lippens</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 93 (27), pp.9428-9436. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.1c01064⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 93 (11), pp.4818-4824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.0c04056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03307270v1</w:t>
+                <w:t xml:space="preserve">hal-03171690v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tripartite carbohydrate-binding module to functionalize cellulose nanocrystal</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional Analysis of Deoxyhexose Sugar Utilization in Escherichia coli Reveals Fermentative Metabolism under Aerobic Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pérochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Létisse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1bm01156a⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 87 (16), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00719-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03372120v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03336034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control and regulation of acetate overflow in Escherichia coli</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A tripartite carbohydrate-binding module to functionalize cellulose nanocrystal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeline Pelus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younes Bouchiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Callum Burnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10, </w:t>
+              <w:t xml:space="preserve">Biomaterials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (22), pp.7444-7455. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.63661⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d1bm01156a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03171831v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03372120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved NMR Detection of Phospho-Metabolites in a Complex Mixture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Neil Cox</w:t>
+                <w:t xml:space="preserve">Control and regulation of acetate overflow in Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Millard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guy Lippens</w:t>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Létisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.0c04056⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.63661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03171690v2</w:t>
+                <w:t xml:space="preserve">hal-03171831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional Analysis of Deoxyhexose Sugar Utilization in Escherichia coli Reveals Fermentative Metabolism under Aerobic Conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">IsoSolve: An Integrative Framework to Improve Isotopic Coverage and Consolidate Isotopic Measurements by Mass Spectrometry and/or Nuclear Magnetic Resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serguei Sokol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Kohlstedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Wittmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Létisse</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 87 (16), </w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 93 (27), pp.9428-9436. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.00719-21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.1c01064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03336034v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03307270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the Glucose Fluxotype of the E. coli y-ome Using High-Resolution Fluxomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edern Cahoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Dinclaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2191,90 +2191,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous Measurement of Metabolite Concentration and Isotope Incorporation by Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Heuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madi Cissé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Linares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Létisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 92 (8), pp.5890-5896. </w:t>
@@ -2312,51 +2312,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ScalaFlux: a scalable approach to quantify fluxes in metabolic subnetworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uwe Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2364,51 +2364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia A. Vorholt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 16 (4), </w:t>
@@ -2459,90 +2459,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increasing field strength versus advanced isotope labeling for NMR based fluxomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Dinclaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edern Cahoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Letisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lippens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.1-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2615,64 +2615,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Heuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10 (4), pp.150. </w:t>
@@ -2710,51 +2710,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ScalaFlux: A scalable approach to quantify fluxes in metabolic subnetworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uwe Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2762,51 +2762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Vorholt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 16 (4), pp.e1007799. </w:t>
@@ -2844,90 +2844,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated pH Measurement during Reaction Monitoring with Dual-Reception 1 H– 31 P NMR Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neil Cox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rainer Kuemmerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edern Cahoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2972,377 +2972,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IsoCor: isotope correction for high-resolution MS labeling experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Chemical and Metabolic Controls on Dihydroxyacetone Metabolism Lead to Suboptimal Growth of Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Peiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Guionnet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maud Heuillet</w:t>
+                <w:t xml:space="preserve">Alessandro de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz209⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 85 (15), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00768-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02084784v1</w:t>
+                <w:t xml:space="preserve">hal-02194204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical and Metabolic Controls on Dihydroxyacetone Metabolism Lead to Suboptimal Growth of Escherichia coli</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">IsoCor: isotope correction for high-resolution MS labeling experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro de Simone</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+                <w:t xml:space="preserve">Baudoin Delepine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
+                <w:t xml:space="preserve">Matthieu Guionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Heuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 85 (15), pp.1-17. </w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.00768-19⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194204v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02084784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional analysis of isoprenoid precursors biosynthesis by quantitative metabolomics and isotopologue profiling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Castaño-Cerezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Kulyk-Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 15 (9), 10 p. </w:t>
@@ -3374,511 +3374,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Isotopic Profiling by Pure Shift Heteronuclear 2D J -Resolved NMR Spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In-cell NMR: from metabolites to macromolecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lippens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davy Sinnaeve</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
+                <w:t xml:space="preserve">C. Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.7b05206⟩</w:t>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 143 (3), pp.620-629. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7AN01635B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02131883v1</w:t>
+                <w:t xml:space="preserve">hal-01886451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable Isotope Labeling Highlights Enhanced Fatty Acid and Lipid Metabolism in Human Acute Myeloid Leukemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Stuani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Riols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (11), pp.3325. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms19113325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02465183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-cell NMR: from metabolites to macromolecules</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Improved Isotopic Profiling by Pure Shift Heteronuclear 2D J -Resolved NMR Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Sinnaeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Dinclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edern Cahoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Lopez</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyst</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 143 (3), pp.620-629. </w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 90 (6), pp.4025-4031. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C7AN01635B⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.7b05206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01886451v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodology for the validation of isotopic analyses by mass spectrometry in stable-isotope labeling experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Heuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriant Bellvert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Edern Cahoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Letisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 90 (3), pp.1852-1860. </w:t>
@@ -3910,369 +3910,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in high-throughput 13C-fluxomics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acetate fluxes in Escherichia coli are determined by the thermodynamic control of the Pta-AckA pathway.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Dinclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Letisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.copbio.2016.10.010⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), 11 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep42135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01604972v1</w:t>
+                <w:t xml:space="preserve">hal-01605965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acetate fluxes in Escherichia coli are determined by the thermodynamic control of the Pta-AckA pathway.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recent advances in high-throughput 13C-fluxomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Heux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Berges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Enjalbert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Letisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), 11 p. </w:t>
+              <w:t xml:space="preserve">Current Opinion in Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 43, pp.104-109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep42135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.copbio.2016.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605965v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(15)N-NMR-based approach for amino acids-based (13)C-metabolic flux analysis of metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edern Cahoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Heuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lippens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 89 (3), pp.2101-2106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4306,51 +4306,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic regulation is sufficient for global and robust coordination of glucose uptake, catabolism, energy production and growth in Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kieran Smallbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4436,77 +4436,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan A Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Gosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology and Bioengineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
@@ -4557,51 +4557,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RobOKoD: microbial strain design for (over)production of target compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalie J Stanford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neil Swainston</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4648,51 +4648,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale modelling of E. coli metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kieran Smallbone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4730,64 +4730,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of kinetic isotope effects in isotopic studies of metabolic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Mendes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4828,460 +4828,460 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilization of hairpins and bulged secondary structures of nucleic acids by single incorporation of α,β-D-CNA featuring a gauche(+) alpha torsional angle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Correction of MS data for naturally occurring isotopes in isotope labelling experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Escudier</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Letisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serguei Sokol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4ra09639h⟩</w:t>
+              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1191, pp.197-207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4939-1170-7_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01269220v1</w:t>
+                <w:t xml:space="preserve">hal-01269221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotopic studies of metabolic systems by mass spectrometry: using pascal's triangle to produce biological standards with fully controlled labeling patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Massou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Letisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 86 (20), pp.10288 - 10295. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ac502490g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction of MS data for naturally occurring isotopes in isotope labelling experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Stabilization of hairpins and bulged secondary structures of nucleic acids by single incorporation of α,β-D-CNA featuring a gauche(+) alpha torsional angle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Gerland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dupouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice-Loïc Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Escudier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 1191, pp.197-207. </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (90), pp.48821-48826. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-4939-1170-7_12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4ra09639h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01269221v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01269220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sampling of intracellular metabolites for stationary and non-stationary C-13 metabolic flux analysis in [i]Escherichia coli[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Massou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Wittmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Letisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5340,90 +5340,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IsoDesign: a software for optimizing the design of C-13-metabolic flux analysis experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Letisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology and Bioengineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 111 (1), pp.202-208. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5482,51 +5482,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Carbon Storage Regulator (Csr) System Exerts a Nutrient-Specific Control over Central Metabolism in Escherichia coli Strain Nissle 1917</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Revelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5603,77 +5603,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">influx_s: increasing numerical stability and precision for metabolic flux analysis in isotope labelling experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 28 (5), pp.687 - 693. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5707,90 +5707,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IsoCor: correcting MS data in isotope labeling experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Letisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 28 (9), pp.1294 - 1296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5837,64 +5837,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">α,β-D-CNA featuring canonical and noncanonical α/β torsional angles behaviours within oligonucleotides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Boissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dupouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Durrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5958,90 +5958,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">α,β-D-CNA preorganization of unpaired loop moiety stabilizes DNA hairpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dupouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Boissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Escudier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 46 (28), pp.5142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6113,51 +6113,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Thornton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.I. Duff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6208,51 +6208,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ecophysiological approach to modelling resource fluxes in competing plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 50 (330), pp.15-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6290,51 +6290,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the seasonal nitrogen partitioning in young sycamore (Acer pseudoplatanus) trees in relation to nitrogen supply</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Habib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Proe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6411,51 +6411,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Gastal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Draycott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Neeteson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6523,368 +6523,368 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of bioinformatics tools for metabolomics and fluxomics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The native bacterial microcompartment of Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rochelle Kouakou</w:t>
+                <w:t xml:space="preserve">V Soldan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Legregam</w:t>
+                <w:t xml:space="preserve">R Shayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Butin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Serguei Sokol</w:t>
+                <w:t xml:space="preserve">A Stella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Ismal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole automnale RFMF 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European congress on biotechnology (ECB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rotterdam, Netherlands. pp.196, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nbt.2024.08.305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05445958v1</w:t>
+                <w:t xml:space="preserve">hal-05459433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The native bacterial microcompartment of Escherichia coli</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of bioinformatics tools for metabolomics and fluxomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Stella</w:t>
+                <w:t xml:space="preserve">Rochelle Kouakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Ismal</w:t>
+                <w:t xml:space="preserve">Loïc Legregam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Butin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European congress on biotechnology (ECB)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ecole automnale RFMF 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RFMF, Nov 2025, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05459433v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05445958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IsoDesign: software for optimizing the isotopic composition of labeled substrates in 13C-fluxomics experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Kouakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFMF 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
@@ -6907,299 +6907,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05168002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling fluxes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acetate is a beneficial nutrient for E. coli at low glycolytic flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Heux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Millard</w:t>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques MetaboHub WP3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">European Congress on Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04941907v1</w:t>
+                <w:t xml:space="preserve">hal-04760260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acetate is a beneficial nutrient for E. coli at low glycolytic flux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Modeling fluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Congress on Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">Journées scientifiques MetaboHub WP3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760260v1</w:t>
+                <w:t xml:space="preserve">hal-04941907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BIOMOON: a microbial biostimulant to grow plants on the moon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Danelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Enjalbert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Y Montanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iGEM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
@@ -7241,77 +7241,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IsoDesign: substrate design for isotopic labelling experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Kouakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7347,290 +7347,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04839994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protemics and metabolomics for in vivo enzymology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Automated workflows for 13C-fluxomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Grégam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Protéomique et de Métabolomique</w:t>
+              <w:t xml:space="preserve">Modeling metabolism 2nd edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04941888v1</w:t>
+                <w:t xml:space="preserve">hal-04941899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated workflows for 13C-fluxomics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Protemics and metabolomics for in vivo enzymology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modeling metabolism 2nd edition</w:t>
+              <w:t xml:space="preserve">Journées de Protéomique et de Métabolomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04941899v1</w:t>
+                <w:t xml:space="preserve">hal-04941888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From toxic waste to beneficial resource: acetate boosts E. coli growth at low glycolytic flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabomeeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7668,77 +7668,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CALIPSO: the rise of smart liposomes in cancer treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danelon Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Jousselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Y Montanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7780,51 +7780,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IsoSolve: an integrative framework to improve isotopic coverage and consolidate isotopic measurements by MS and/or NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire RFMF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7849,103 +7849,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acetate is a beneficial nutrient for E. coli at low glycolytic flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Synthetic and Systems Biology (Biosynsys)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7970,51 +7970,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic 13C-fluxomics as a tool to identify and understand regulation of metabolism: Example of acetate overflow in Escherichia coli.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHLAME</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8039,51 +8039,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to accurately establish what is transported in and out of a cell or organism?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Metabolism and mathematical models: Two for a tango</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8108,103 +8108,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DAISY : find out everything you could be allergic to!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Jousselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Enjalbert</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Y Montanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iGEM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
@@ -8227,277 +8227,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04757194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ELIXIO: a synthetic microbial consortium for a long-lasting violet fragrance</w:t>
+                <w:t xml:space="preserve">Dynamic 13C-fluxomics as a tool to identify and understand regulation of metabolism: example of acetate overflow in E. coli.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Enjalbert</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iGEM 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Virtual conference, France</w:t>
+              <w:t xml:space="preserve">Modeling metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04757192v1</w:t>
+                <w:t xml:space="preserve">hal-04941886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic 13C-fluxomics as a tool to identify and understand regulation of metabolism: example of acetate overflow in E. coli.</w:t>
+                <w:t xml:space="preserve">ELIXIO: a synthetic microbial consortium for a long-lasting violet fragrance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Jousselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Y Montanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modeling metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">iGEM 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04941886v1</w:t>
+                <w:t xml:space="preserve">hal-04757192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">iGEMINI: a coculture for food supplements production in space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Roméo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8552,51 +8552,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ScalaFlux : a scalable approach to quantify fluxes in metabolic subnetworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European MetaboMeeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8621,77 +8621,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IDH1 Mutation Augments System-Level Metabolic Flexibility that Favors Mitochondrial Oxidative Phosphorylation and Drug Resistance in Acute Myeloid Leukemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Stuani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Emmanuel Sarry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8729,51 +8729,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving kinetic models of metabolism using isotopic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8798,77 +8798,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of heterologous production of carotenoids on &amp;lt;em&amp;gt;S. cerevisiae&amp;lt;/em&amp;gt; metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Castano Cerezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8923,103 +8923,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CERBERUS: creating endless possibilities with cellulose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Heux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Roméo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rigouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iGEM 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Boston, United States</w:t>
@@ -9048,90 +9048,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CROC'N CHOLERA: a synthetic microbial consortium against cholera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Heux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9173,90 +9173,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling the glucose/acetate transition in Escherichia coli by a combination of 13C-MFA and metabolomics strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Enjalbert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Létisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8èmes Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Claude Bernard Lyon 1, May 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9294,51 +9294,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle de la régulation post-transcriptionnelle dans le contrôle du métabolisme carboné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Revelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nougayrede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9406,103 +9406,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de la transition glucose/acétate chez la bactérie Escherichia coli.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Ropers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Enjalbert</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Létisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des Microbiologistes de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département Mircrobiologie et Chaîne Alimentaire - MICA, Nov 2012, L'isle-sur-la-Sorgue, France</w:t>
@@ -9531,90 +9531,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass spectrometry studies of metabolic systems: using the Pascal’s triangle to probe the isotopologue space.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Massou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Létisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Journées Scientifique du Réseau Français de Métabolomique et Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UPMC, May 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9777,51 +9777,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remobilisation des réserves azotées et mise en place de l'architecture aérienne chez le jeune pêcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Odile Jordan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Wendler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9872,51 +9872,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A conceptual model of N internal cycling in two woody shrubs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.A. Grelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.J. Alexander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9993,51 +9993,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the impact of leaf senescence on nitrogen partitioning in sycamore (Acer pseudoplatanus L.) seedlings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Habib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 1992, Palmerston North, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10094,103 +10094,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acetate is a beneficial nutrient for E. coli at low glycolytic flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Heux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress on Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10228,90 +10228,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An automated workflow for high-throughput 13C-fluxomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jourdan Fabien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16e Journées Scientifiques du RFMF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Saint-Malo, France</w:t>
@@ -10366,77 +10366,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15émes journées scientifiques du RFMF ( Réseau Francophone de Métabolomique et Fluxomique )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Perpignan, France. 2023</w:t>
@@ -10465,103 +10465,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of mevalonate pathway by Quantitative metabolomics and Isotopologue profiling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Kulyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Castaño-Cerezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European RFMF Metabomeeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Touluse, France</w:t>
@@ -10590,103 +10590,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding DHA metabolism to improve methanol assimilation in E. coli.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Peiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edern Cahoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Synthetic Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France</w:t>
@@ -10715,103 +10715,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INVESTIGATING METABOLISM USING MASS SPECTROMETRY BASED FLUXOMICS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Kulyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Heuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Gales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMMAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
@@ -10885,51 +10885,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unlocking the Microbiome-Metabolome Nexus for Innovative One-Health Solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Creusot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10990,103 +10990,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating flux dynamics from metabolite concentration time courses with dynafluxr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Dubiley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Rouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lippens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -11108,103 +11108,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acetate as a metabolic booster for glucose-based bioproduction in Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwana Harscoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -11226,103 +11226,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MultiNMRFit: A software to fit 1D and pseudo-2D NMR spectra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Dubiley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lippens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -11344,90 +11344,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From toxic waste to beneficial nutrient: acetate boosts &amp;lt;i&amp;gt;Escherichia coli&amp;lt;/i&amp;gt; growth at low glycolytic flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gosselin-Monplaisir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11445,64 +11445,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interact: Automated analysis of protein-ligand interactions by 2D NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lippens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
@@ -11693,51 +11693,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443260v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Fina" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Berg&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Ferrer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Albiol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4779-0_9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322476v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gosselin-Monplaisir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Portais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Heux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44320-025-00145-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322487v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Gr&#233;gam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Dubiley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Gabrielli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaf463" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688549v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ph&#233;gnon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;rochon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Cahoreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.17221" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688552v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Casta&#241;o-Cerezo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chamas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Treitz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44318-024-00251-w" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253692v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guitton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.10.12.561695" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688546v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jallet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Soldan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramteen Shayan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stella" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ismail" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00750-24" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688570v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vogeleer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Sofia Ortega Arbul&#250;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Pfl&#252;ger-Grau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kremling" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2023.10.005" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170885v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Heux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-023-02123-0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126000v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2022113079" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03307270v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Sokol" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kohlstedt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Wittmann" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;tisse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.1c01064" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03372120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Pelus" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bordes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Bouchiba" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Burnard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1bm01156a" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171831v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.63661" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171690v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Cox" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Charlier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lippens" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c04056" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336034v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00719-21" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216838v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Dinclaux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11050271" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02563842v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Heuillet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madi Ciss&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Linares" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b05709" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306115v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schmitt" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Kiefer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia A. Vorholt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/735308" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438088v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.4988" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794472v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10040150" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976157v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vorholt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1007799" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131891v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Kuemmerle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.8b05147" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084784v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudoin Delepine" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guionnet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz209" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02194204v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Peiro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Simone" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00768-19" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269068v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk-Barbier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1580-8" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131883v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Sinnaeve" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b05206" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02465183v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Stuani" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Riols" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sabatier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19113325" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886451v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charlier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7AN01635B" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886456v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b03886" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604972v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Berges" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copbio.2016.10.010" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605965v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep42135" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602563v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.6b04767" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608610v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Smallbone" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Mendes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005396" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605967v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Rodriguez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan A Mart&#237;nez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Gosset" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.26264" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269218v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie J Stanford" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Swainston" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2015.00017" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269219v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269427v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-015-0213-8" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269220v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gerland" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dupouy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice-Lo&#239;c Renard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Escudier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra09639h" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268948v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac502490g" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269221v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1170-7_12" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268941v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2014.07.026" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X5GDZW1D-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268501v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.24997" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/30C3CF216992E619BBF2EF954042004847FD3D72/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131871v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Revelles" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayr&#232;de" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Dobrindt" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066386" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268403v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btr716" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268343v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bts127" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755328v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boissonnet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Durrieu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarrat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1nj20086k" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131862v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cc00244e" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/47955D3EFF98F26D47E66AD005B019D31129AFE5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695927v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thornton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lemaire" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.I. Duff" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684539v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704067v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Habib" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Proe" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703899v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Greenwood" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gastal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Draycott" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Neeteson" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445958v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochelle Kouakou" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legregam" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Butin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05459433v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Soldan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Shayan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Stella" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ismal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2024.08.305" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168002v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941907v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04760260v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757221v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Danelon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Y Montanier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839994v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941888v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941899v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04760268v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757205v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danelon Christophe" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Jousselin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941878v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04760160v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941915v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941909v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757194v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757192v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941886v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757186v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rom&#233;o" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Faur&#233;" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Henras" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941903v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788121v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Sarry" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941850v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788259v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Castano Cerezo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757181v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rigouin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757170v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bordes" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02183796v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02183753v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayrede" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02183976v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ropers" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02184024v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804072v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien L. Jamin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Meireles" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dubois" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759731v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Odile Jordan" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wendler" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770350v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Grelet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Alexander" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Frossard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gendraud" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774217v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04760276v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619666v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jourdan Fabien" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321321v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480551v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872588v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480519v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Gales" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228419v2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bertrand" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Colas" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322491v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rouan" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322496v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwana Harscoet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871541v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799998v2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952133v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322476v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gosselin-Monplaisir" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Portais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Heux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44320-025-00145-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443260v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Fina" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Berg&#232;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Ferrer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Albiol" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4779-0_9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322487v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Gr&#233;gam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Dubiley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Gabrielli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaf463" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688552v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Casta&#241;o-Cerezo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chamas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Treitz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44318-024-00251-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688549v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ph&#233;gnon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;rochon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Cahoreau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.17221" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253692v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guitton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.10.12.561695" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688570v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vogeleer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Sofia Ortega Arbul&#250;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Pfl&#252;ger-Grau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kremling" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2023.10.005" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688546v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jallet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Soldan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramteen Shayan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stella" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ismail" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00750-24" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126000v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2022113079" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170885v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Heux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-023-02123-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171690v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Cox" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Charlier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lippens" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c04056" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336034v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;tisse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00719-21" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03372120v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Pelus" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bordes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Bouchiba" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Burnard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1bm01156a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171831v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.63661" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03307270v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Sokol" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kohlstedt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Wittmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.1c01064" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216838v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Dinclaux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11050271" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02563842v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Heuillet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madi Ciss&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Linares" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b05709" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306115v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schmitt" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Kiefer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia A. Vorholt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/735308" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438088v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.4988" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794472v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10040150" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976157v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vorholt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1007799" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131891v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Kuemmerle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.8b05147" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02194204v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Peiro" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Simone" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00768-19" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084784v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudoin Delepine" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guionnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz209" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269068v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk-Barbier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1580-8" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886451v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charlier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7AN01635B" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02465183v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Stuani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Riols" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sabatier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19113325" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131883v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Sinnaeve" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b05206" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886456v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b03886" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605965v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep42135" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604972v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Berges" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copbio.2016.10.010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602563v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.6b04767" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608610v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Smallbone" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Mendes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005396" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605967v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Rodriguez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan A Mart&#237;nez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Gosset" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.26264" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269218v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie J Stanford" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Swainston" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2015.00017" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269219v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269427v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-015-0213-8" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269221v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1170-7_12" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268948v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac502490g" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269220v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gerland" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dupouy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice-Lo&#239;c Renard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Escudier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra09639h" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268941v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2014.07.026" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X5GDZW1D-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268501v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.24997" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/30C3CF216992E619BBF2EF954042004847FD3D72/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131871v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Revelles" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayr&#232;de" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Dobrindt" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066386" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268403v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btr716" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268343v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bts127" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755328v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boissonnet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Durrieu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarrat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1nj20086k" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131862v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cc00244e" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/47955D3EFF98F26D47E66AD005B019D31129AFE5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695927v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thornton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lemaire" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.I. Duff" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684539v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704067v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Habib" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Proe" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703899v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Greenwood" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gastal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Draycott" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Neeteson" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05459433v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Soldan" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Shayan" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Stella" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ismal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2024.08.305" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445958v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochelle Kouakou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legregam" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Butin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168002v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04760260v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941907v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757221v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Danelon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Y Montanier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839994v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941899v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941888v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04760268v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757205v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danelon Christophe" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Jousselin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941878v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04760160v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941915v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941909v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757194v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941886v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757192v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757186v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rom&#233;o" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Faur&#233;" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Henras" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941903v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788121v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Sarry" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941850v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788259v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Castano Cerezo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757181v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rigouin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757170v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bordes" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02183796v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02183753v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayrede" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02183976v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ropers" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02184024v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804072v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien L. Jamin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Meireles" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dubois" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759731v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Odile Jordan" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wendler" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770350v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Grelet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Alexander" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Frossard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gendraud" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774217v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04760276v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619666v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jourdan Fabien" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321321v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480551v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872588v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480519v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Gales" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228419v2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bertrand" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Colas" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322491v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rouan" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322496v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwana Harscoet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871541v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799998v2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952133v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>