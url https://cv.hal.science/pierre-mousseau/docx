--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -230,391 +230,391 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring and viscosity identification via temperature measurement on a polymer injection molding line</w:t>
+                <w:t xml:space="preserve">Thermo-rheological reduced order models for non-Newtonian fluid flows with power-law viscosity via the modal identification method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Manuel Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Qiao Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 206, pp.123954. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.123954⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 203, pp.123692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2022.123692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061979v1</w:t>
+                <w:t xml:space="preserve">hal-04281468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flow Activation Energy Estimation by Thermo‐Rheological Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiao Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Allanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Reaction Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 17 (5), pp.2300019. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mren.202300019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04294485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-rheological reduced order models for non-Newtonian fluid flows with power-law viscosity via the modal identification method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring and viscosity identification via temperature measurement on a polymer injection molding line</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiao Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nadine Allanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Manuel Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Mousseau</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 203, pp.123692. </w:t>
+              <w:t xml:space="preserve">, 2023, 206, pp.123954. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2022.123692⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.123954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04281468v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of process parameters on sealing strength of polymer films in an innovative continuous heat sealing technology</w:t>
               </w:r>
@@ -704,64 +704,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On‐line melt temperature measurements for polymer injection molding through an instrumented annular duct</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiao Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -838,103 +838,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-line viscosity identification via thermal-rheological measurements in an annular duct for polymer processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiao Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Allanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Deterre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Girault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 182, pp.121988. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -968,90 +968,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Solution for Viscosity Identification in a Polymer Production Line via Convection Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiao Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Allanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qiao Lin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Manuel Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1228,90 +1228,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The flow of power-law fluids in concentric annuli: A full analytical approximate solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nicoleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiao Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1358,103 +1358,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a thermal Reduced Order Model with explicit dependence on viscosity for a generalized Newtonian fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Girault</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 260, pp.26 - 39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1488,90 +1488,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of viscous dissipation in the prediction of thermal behavior of an elastomer cylindrical flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Plot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1630,51 +1630,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature mapping in a two-phase water-steam horizontal flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Tymen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1911,51 +1911,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation and numerical modeling of the thermal behavior of a micro-heater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lemeunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2080,51 +2080,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reactive and Functional Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 101, pp.20 - 27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2170,90 +2170,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrusive measurement of polymer flow temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Madec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2338,77 +2338,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Colomines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Harkous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Key Engineering Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 554-557, pp.1634 - 1648. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2442,51 +2442,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scorch arisen prediction through elastomer flow in extrusion die</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2494,51 +2494,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (2), pp.197 - 205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2770,51 +2770,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vachot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 210 (2), pp.233 - 237. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2886,51 +2886,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdulrahman El Labban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Bailleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3034,51 +3034,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TECH'NOMAD, permis de médiation scientifique et technologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Plot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3289,90 +3289,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A local power law versus a well-identified viscosity curve over a large shear rate range in thermorheology of polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Qiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAFORM 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Cracovie, Poland. </w:t>
@@ -3410,103 +3410,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la thermique vers la rhéologie : caractérisation des matériaux non newtoniens via des événements thermiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiao Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Allanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qiao Lin</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Manuel Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la société française de thermique : Thermique et Agroressources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société française de thermique, May 2023, Reims, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3629,286 +3629,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04280060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interest of an Annular Geometry Compared to Cylindrical One in the Thermo-Rheological Analysis of a Polymer Flow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Intérêt d'une géométrie annulaire dans l'analyse d'un écoulement de polymère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Deterre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiao Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Béreaux</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Bereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th International Conference of the Polymer Processing Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CNR IUT 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03452598v1</w:t>
+                <w:t xml:space="preserve">hal-03452600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt d'une géométrie annulaire dans l'analyse d'un écoulement de polymère</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Interest of an Annular Geometry Compared to Cylindrical One in the Thermo-Rheological Analysis of a Polymer Flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiao Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Allanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Bereaux</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Béreaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNR IUT 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">36th International Conference of the Polymer Processing Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Polymer Processing Society, Sep 2021, Montréal, Canada. pp.040004, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0135827⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03452600v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Innovative Welding Solution For Polymer Films in Packaging: Effect of Process Parameters</w:t>
               </w:r>
@@ -3946,51 +3946,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Barasinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAFORM 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anne-Marie Habraken, Apr 2021, Liège, Belgium. pp.2788, </w:t>
@@ -4041,90 +4041,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy consumption and quality-productivity compromise in rubber molding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Sarda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-RUBBERCON 2020 Environment and Recycling: A Strategic Challenge for Rubber Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4270,64 +4270,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal behavior of a concentric annular polymer flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4629,51 +4629,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal control and Energy balance in polymer processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4789,51 +4789,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Barasinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
@@ -4862,103 +4862,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de la viscosité d’un polymère en écoulement à l’aide d’un modèle réduit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Girault</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFT 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5130,51 +5130,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des transferts thermiques mis en jeu dans un procédé d’impression par dépôt de fil fondu de thermoplastiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Huou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5380,77 +5380,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédiction de la distribution d’épaisseur d’une pièce thermoformée avec bullage d’un multicouche en ABS/PMMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Jobey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Plot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5613,77 +5613,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of thickness distribution of thermoformed multilayer ABS/PMMA sheets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Jobey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 19th International ESAFORM Conference on Material Forming – ESAFORM 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Nantes, France. pp.170033 - 60016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5730,77 +5730,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude numérique d'un canal instrumenté permettant l'analyse thermique et cinétique d'un écoulement d'élastomère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Deterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6616,51 +6616,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265071v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Delumeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Carpentier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15116350" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061979v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiao Lin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allanic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Girault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Deterre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.123954" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294485v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.202300019" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281468v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123692" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652758v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queen Tannous" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bereaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pts.2700" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199366v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Madec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Beau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.26161" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445914v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121988" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-05ji5t" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180430v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agyeman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mousseau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sarda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Edelin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lecointe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050569" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942762v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nicoleau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2020.104392" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835901v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Launay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2018.04.002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628877v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2017.10.035" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-35BZ5L3F-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837922v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tymen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Plot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08916152.2017.1410505" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826786v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine Jebara" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Belhabib" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Havet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2017005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525734v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lemeunier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-014-2373-7" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525744v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Harkous" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Colomines" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Leroy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2016.01.020" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQRFM0VB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618610v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Launay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.23839" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3W6810Z5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620633v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.1634" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618588v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Muller" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-012-1120-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458284v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Cuong Le" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nicolazo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vachot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2011.05.017" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69JKGRF3-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458159v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2009.09.005" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48D419L2-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457060v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman El Labban" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bailleul" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2009.01.016" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VPWX8WB-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093387v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gaillard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Petit" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093342v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Carpentier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294488v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Qiao" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644902479-207" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294495v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2023-126" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280060v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452598v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves B&#233;reaux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135827" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452600v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03515743v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barasinski" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.2788" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447146v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340513v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04233076v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Couedel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5112664" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340507v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473331v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273094v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01971545v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972811v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972354v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Fekiri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canto" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5008147" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618744v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Huou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833396v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618776v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jobey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972801v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837972v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963589" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421352v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696837v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557947v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352944v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247223v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Knaebel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Ferblantier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rohr" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Dalle" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05166353v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265071v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Delumeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Carpentier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15116350" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281468v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Girault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiao Lin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allanic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123692" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294485v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.202300019" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061979v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Deterre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.123954" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652758v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queen Tannous" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bereaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pts.2700" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199366v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Madec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Beau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.26161" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445914v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121988" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-05ji5t" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180430v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agyeman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mousseau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sarda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Edelin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lecointe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050569" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942762v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nicoleau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2020.104392" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835901v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Launay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2018.04.002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628877v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2017.10.035" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-35BZ5L3F-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837922v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tymen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Plot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08916152.2017.1410505" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826786v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine Jebara" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Belhabib" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Havet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2017005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525734v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lemeunier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-014-2373-7" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525744v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Harkous" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Colomines" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Leroy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2016.01.020" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQRFM0VB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618610v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Launay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.23839" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3W6810Z5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620633v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.1634" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618588v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Muller" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-012-1120-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458284v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Cuong Le" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nicolazo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vachot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2011.05.017" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69JKGRF3-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458159v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2009.09.005" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48D419L2-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457060v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman El Labban" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bailleul" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2009.01.016" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VPWX8WB-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093387v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gaillard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Petit" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093342v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Carpentier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294488v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Qiao" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644902479-207" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294495v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2023-126" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280060v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452600v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452598v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves B&#233;reaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135827" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03515743v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barasinski" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.2788" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447146v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340513v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04233076v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Couedel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5112664" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340507v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473331v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273094v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01971545v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972811v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972354v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Fekiri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canto" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5008147" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618744v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Huou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833396v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618776v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jobey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972801v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837972v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4963589" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421352v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696837v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557947v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352944v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247223v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Knaebel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Ferblantier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rohr" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Dalle" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05166353v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>