--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1153,689 +1153,689 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01914540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular capsules as a tool for multicellular spheroid production and for investigating the mechanics of tumor progression in vitro</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unexpected Membrane Dynamics Unveiled by Membrane Nanotube Extrusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bibdu Ranjan Sinha</w:t>
+                <w:t xml:space="preserve">Clément Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasily Valérïevitsch Gurchenkov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bidisha Sinha</w:t>
+                <w:t xml:space="preserve">Pierre Sens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobias Reinhold Kiessling</w:t>
+                <w:t xml:space="preserve">Darius Koester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea-Laetitia Pontani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1309482110⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 104 (6), pp.1248-1256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2013.01.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-01356886v1</w:t>
+                <w:t xml:space="preserve">hal-00821323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-reconstructing sectioned Bessel beams offer submicron optical sectioning for large fields of view in light-sheet microscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Light-sheet microscopy in thick media using scanned Bessel beams and two-photon fluorescence excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Fahrbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasily Gurchenkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nassoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Rohrbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 21 (9), pp.11425-11440. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.21.011425⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 21 (11), pp.13824-13839. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.21.013824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00821366v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A soft cortex is essential for asymmetric spindle positioning in mouse oocytes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clément Campillo</w:t>
+                <w:t xml:space="preserve">Cellular capsules as a tool for multicellular spheroid production and for investigating the mechanics of tumor progression in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nir S. Gov</w:t>
+                <w:t xml:space="preserve">Bibdu Ranjan Sinha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Voituriez</w:t>
+                <w:t xml:space="preserve">Vasily Valérïevitsch Gurchenkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bidisha Sinha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Azoury</w:t>
+                <w:t xml:space="preserve">Tobias Reinhold Kiessling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Cell Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 15 (8), pp.958-966. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (37), pp.14843-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ncb2799⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1309482110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00994646v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01356886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected Membrane Dynamics Unveiled by Membrane Nanotube Extrusion</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Self-reconstructing sectioned Bessel beams offer submicron optical sectioning for large fields of view in light-sheet microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Fahrbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasily Gurchenkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nassoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Rohrbach</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2013.01.051⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 21 (9), pp.11425-11440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.21.011425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00821323v1</w:t>
+                <w:t xml:space="preserve">hal-00821366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-sheet microscopy in thick media using scanned Bessel beams and two-photon fluorescence excitation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A soft cortex is essential for asymmetric spindle positioning in mouse oocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Campillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nir S. Gov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Voituriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Azoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 21 (11), pp.13824-13839. </w:t>
+              <w:t xml:space="preserve">Nature Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (8), pp.958-966. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.21.013824⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncb2799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00994649v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stressing caveolae new role in cell mechanics</w:t>
               </w:r>
@@ -1924,51 +1924,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanics of membrane-cytoskeleton attachment in Paramecium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Jerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2052,429 +2052,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00814768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cells Respond to Mechanical Stress by Rapid Disassembly of Caveolae</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Membrane tension regulates motility by controlling lamellipodium organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Ruez</w:t>
+                <w:t xml:space="preserve">Ellen L. Batchelder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Gonnord</w:t>
+                <w:t xml:space="preserve">Gunther Hollopeter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele Bastiani</w:t>
+                <w:t xml:space="preserve">Xavier Mezanges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik M. Jorgensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2010.12.031⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 108 (28), pp.11429-11434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1010481108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00821331v1</w:t>
+                <w:t xml:space="preserve">hal-00814820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane tension regulates motility by controlling lamellipodium organization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spreading Dynamics of Biomimetic Actin Cortices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gunther Hollopeter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clément Campillo</w:t>
+                <w:t xml:space="preserve">Michael Murrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Mezanges</w:t>
+                <w:t xml:space="preserve">Léa-Laetitia Pontani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik M. Jorgensen</w:t>
+                <w:t xml:space="preserve">Karine Guevorkian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Cuvelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nassoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1010481108⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 100 (6), pp.1400-1409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2011.01.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00814820v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00821326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spreading Dynamics of Biomimetic Actin Cortices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Murrell</w:t>
+                <w:t xml:space="preserve">Cells Respond to Mechanical Stress by Rapid Disassembly of Caveolae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bidisha Sinha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darius Koester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa-Laetitia Pontani</w:t>
+                <w:t xml:space="preserve">Richard Ruez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Guevorkian</w:t>
+                <w:t xml:space="preserve">Pauline Gonnord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Cuvelier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Nassoy</w:t>
+                <w:t xml:space="preserve">Michele Bastiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 100 (6), pp.1400-1409. </w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 144 (3), pp.402-413. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2011.01.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2010.12.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00821326v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00821331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamical organization of the cytoskeletal cortex probed by micropipette aspiration</w:t>
               </w:r>
@@ -2607,51 +2607,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bursting of sensitive polymersomes induced by curling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elyes Mabrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Brochard-Wyart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2709,277 +2709,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01002414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation and material properties of giant liquid crystal polymersomes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of surface energy distribution on neuritogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bing Xu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Lévy</w:t>
+                <w:t xml:space="preserve">Guillaume Lamour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Journiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Souès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nassoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 5 (9), pp.1870-1878</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 72 (2), pp.208-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01002461v1</w:t>
+                <w:t xml:space="preserve">hal-01002408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of surface energy distribution on neuritogenesis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Souès</w:t>
+                <w:t xml:space="preserve">Formation and material properties of giant liquid crystal polymersomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elyes Mabrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Cuvelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea-Laetitia Pontani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bonneau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Nassoy</w:t>
+                <w:t xml:space="preserve">Bing Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 72 (2), pp.208-218</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 (9), pp.1870-1878</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01002408v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01002461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commentary on &amp;quot;Adhesion and membrane tension of single vesicles and living cells using a micropipette-based technique&amp;quot; by M.-J. Colbert et al.</w:t>
               </w:r>
@@ -3895,77 +3895,337 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04852811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étonnante physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Le Merrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Budtova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Smallenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Séverine Martrenchard. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.422, 2023, 9782271148902</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essentials of Soft Matter Science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Brochard-Wyart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nassoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Puech Pierre-Henri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CRC Press, 2019, 9780429154355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/9780429154355⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Cours (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual in vitro-in silico modeling of cell aggregates: from tumor growth to tissue engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nassoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3974,317 +4234,57 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sciumè</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doctoral. Bordeaux, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04667250v1</w:t>
-              </w:r>
-[...258 lines deleted...]
-                <w:t xml:space="preserve">hal-02371842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4766,277 +4766,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00821377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a novel subcortical actin layer regulating spindle positioning and cortical plasticity in mouse oocytes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jessica Azoury</w:t>
+                <w:t xml:space="preserve">How Dynamin and Amphiphysin Sense and Generate Membrane Curvature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Sorre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Lenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Umana-Diaz</w:t>
+                <w:t xml:space="preserve">Andrew Callan-Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerbrand Koster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nassoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the American-Society-for-Cell-Biology (ASCB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Denver, United States. pp.85</w:t>
+              <w:t xml:space="preserve">55th Annual Meeting of the Biophysical-Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Baltimore, United States. pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00995023v1</w:t>
+                <w:t xml:space="preserve">hal-00995018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Dynamin and Amphiphysin Sense and Generate Membrane Curvature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martin Lenz</w:t>
+                <w:t xml:space="preserve">Characterization of a novel subcortical actin layer regulating spindle positioning and cortical plasticity in mouse oocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Chaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Campillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Azoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Callan-Jones</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gerbrand Koster</w:t>
+                <w:t xml:space="preserve">Claudia Umana-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nassoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55th Annual Meeting of the Biophysical-Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Baltimore, United States. pp.30</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the American-Society-for-Cell-Biology (ASCB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Denver, United States. pp.85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00995018v1</w:t>
+                <w:t xml:space="preserve">hal-00995023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheology and Homeostasis of the cellular interface</w:t>
               </w:r>
@@ -5218,51 +5218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Brochard-Wyart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nassoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Puech Pierre-Henri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physique de la matière molle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5463,51 +5463,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular Capsules : a new microfluidic platform to culture cells in 3D and to investigate the biomechanical regulation of in vitro tumor progression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nassoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasily Gurchenkov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5694,51 +5694,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336654v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirban Jana" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveen Mekhileri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boyreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymerick Bazin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Pujol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0309035" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367891v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamaison" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Latour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson H&#233;laine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Le Morvan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Saint-Vanne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2020003949" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026199v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiya Trushko" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Di Meglio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Merzouki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Blanch-Mercader" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shada Abuhattum" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2020.07.019" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371813v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul van Liedekerke" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Neitsch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Johann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Alessandri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nassoy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006273" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02129168v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Dewulf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Vasco K&#246;ster" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidisha Sinha" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Viaris de Lesegno" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chambon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09405-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151738v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Larnaudie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Peyret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Beaut&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lecommandoux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01463" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415469v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Ben Amar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Goff" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0070" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914540v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Linar&#232;s-Loyez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Feyeux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Lounis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-018-0005-3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01356886v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibdu Ranjan Sinha" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Val&#233;r&#239;evitsch Gurchenkov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Reinhold Kiessling" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1309482110" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821366v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fahrbach" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Gurchenkov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Rohrbach" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.011425" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994646v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Chaigne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Campillo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir S. Gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Voituriez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Azoury" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb2799" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821323v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sens" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Koester" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea-Laetitia Pontani" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L&#233;vy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2013.01.051" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994649v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.013824" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821324v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lamaze" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcb.2012.04.007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5H6NF5V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00814768v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jerber" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Fisch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Simoes-Betbeder" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Dupuis-Williams" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/12/125016" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821331v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ruez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gonnord" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bastiani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2010.12.031" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00814820v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen L. Batchelder" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Hollopeter" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mezanges" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik M. Jorgensen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1010481108" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821326v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Murrell" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a-Laetitia Pontani" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guevorkian" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cuvelier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2011.01.038" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002387v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Brugu&#233;s" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Maugis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Casademunt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Amblard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0913669107" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002414v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Mabrouk" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brochard-Wyart" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-Hui Li" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002461v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Xu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002408v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lamour" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Journiac" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sou&#232;s" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonneau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002469v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338036v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda L&#243;pez Garc&#237;a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo de Oliveira" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dementhon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338023v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Tauber" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742077v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Rembotte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beneyton" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buisson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Badon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664114v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nassoy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Nguyen Huu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Rembotte" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Trebbia" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010816v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Morvan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Monvoisin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956017v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Van Liedekerke" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852811v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Scium&#232;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Andrique" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lacour" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667250v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371842v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puech Pierre-Henri" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429154355" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372106v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994908v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994909v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821376v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994915v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bassereau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Roux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sorre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerbrand Koster" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lenz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821377v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00995023v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Umana-Diaz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00995018v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Callan-Jones" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002483v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002485v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372257v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002475v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821440v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821416v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336654v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirban Jana" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveen Mekhileri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boyreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymerick Bazin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Pujol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0309035" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367891v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamaison" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Latour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson H&#233;laine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Le Morvan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Saint-Vanne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2020003949" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026199v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiya Trushko" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Di Meglio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Merzouki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Blanch-Mercader" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shada Abuhattum" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2020.07.019" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371813v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul van Liedekerke" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Neitsch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Johann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Alessandri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nassoy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006273" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02129168v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Dewulf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Vasco K&#246;ster" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidisha Sinha" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Viaris de Lesegno" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chambon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09405-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151738v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Larnaudie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Peyret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Beaut&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lecommandoux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01463" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415469v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Ben Amar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Goff" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0070" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914540v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Linar&#232;s-Loyez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Feyeux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Lounis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-018-0005-3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821323v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Campillo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sens" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Koester" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea-Laetitia Pontani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L&#233;vy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2013.01.051" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994649v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fahrbach" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Gurchenkov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Rohrbach" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.013824" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01356886v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibdu Ranjan Sinha" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Val&#233;r&#239;evitsch Gurchenkov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Reinhold Kiessling" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1309482110" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821366v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.011425" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994646v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Chaigne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir S. Gov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Voituriez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Azoury" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb2799" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821324v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lamaze" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcb.2012.04.007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5H6NF5V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00814768v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jerber" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Fisch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Simoes-Betbeder" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Dupuis-Williams" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/12/125016" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00814820v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen L. Batchelder" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Hollopeter" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mezanges" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik M. Jorgensen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1010481108" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821326v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Murrell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a-Laetitia Pontani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guevorkian" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cuvelier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2011.01.038" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821331v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ruez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gonnord" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bastiani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2010.12.031" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002387v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Brugu&#233;s" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Maugis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Casademunt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Amblard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0913669107" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002414v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Mabrouk" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brochard-Wyart" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-Hui Li" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002408v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lamour" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Journiac" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sou&#232;s" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonneau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002461v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Xu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002469v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338036v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda L&#243;pez Garc&#237;a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo de Oliveira" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dementhon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338023v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Tauber" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742077v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Rembotte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beneyton" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buisson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Badon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664114v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nassoy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Nguyen Huu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Rembotte" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Trebbia" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010816v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Morvan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Monvoisin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956017v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Van Liedekerke" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852811v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Scium&#232;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Andrique" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lacour" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371842v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puech Pierre-Henri" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429154355" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667250v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372106v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994908v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994909v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821376v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00994915v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bassereau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Roux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sorre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerbrand Koster" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lenz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821377v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00995018v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Callan-Jones" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00995023v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Umana-Diaz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002483v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002485v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372257v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01002475v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821440v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00821416v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>