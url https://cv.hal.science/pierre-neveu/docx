--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre Neveu </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pierre-neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2783-6150</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">097463604</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite dimension thermodynamics-based preliminary design of multi-energy pumped thermal energy storage systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sullivan Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Rousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Haillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 289, pp.129727. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2026.129727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05466740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of a hybrid thermochemical cycle driven by intermediate grade heat sources for energy storage and combined cold and work productions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harley Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Huc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 260, pp.124886. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2024.124886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical cycle for cold and electricity cogeneration: Experimental and numerical analyses of the process behavior and expander-reactor coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 257 (Part B), pp.124271. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2024.124271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04691970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective Optimisation of a Thermocline Thermal Energy Storage Integrated in a Concentrated Solar Power Plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 300, pp.131548. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2024.131548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04751060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal cycle performance of thermocline storage: numerical and experimental exergy analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Vannerem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 278, pp.127647. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2023.127647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining entropy weight and TOPSIS method for selection of tank geometry and filler material of a packed-bed thermal energy storage system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 414, pp.137588. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.137588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of the impact of fluid distribution on thermocline storage performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Vannerem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Energy Storage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 52, pp.104864. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.est.2022.104864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar-thermal conversion investigation using surface partition method for a cavity receiver with helical pipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zou Chongzhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhang Yanping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 242, pp.122943. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2021.122943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry optimisation of an industrial thermocline Thermal Energy Storage combining exergy, Life Cycle Assessment and Life Cycle Cost Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Energy Storage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 55, pp.105776. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.est.2022.105776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation on heat-transfer characteristics of a cylindrical cavity receiver with pressurized air in helical pipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhang Yanping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yuxuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zou Chongzhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 163, pp.320-330. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2020.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical investigation of the impact of operating conditions on thermocline storage performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vannerem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 168, pp.234-246. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2020.12.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermocline thermal energy storage optimisation combining exergy and life cycle assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Lalau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Rebouillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 248, pp.1-11/114787. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2021.114787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate analytical characterization and multi-parametric optimization design of single-tank thermocline heat storage system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheshao Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhifeng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 181, pp.116010. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2020.116010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical cycles for low-grade heat storage and conversion into cold and/or power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 225, pp.113347. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2020.113347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined optics and heat transfer numerical model of a solar conical receiver with built-in helical pipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanping Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hu Xiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chongzhe Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 193, pp.116775. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2019.116775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entropy generation in nonisothermal flows: Influence of boundary condition type and intensity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Avellaneda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Toutant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Flamant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bataille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermophysics and Heat Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33 (4), pp.1085-1095. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.T5748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprehensive simulation and optimization of porous SiO 2 antireflective coating to improve glass solar transmittance for solar energy applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Soum-Glaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 182, pp.166 - 177. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2018.03.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compatibility Study Between Synthetic Oil and Vitrified Wastes for Direct Thermal Energy Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fasquelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Flamant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste and Biomass Valorization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (3), pp.621 - 631. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12649-016-9622-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation and modeling of a hermetic scroll expander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Boulawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assaad Zoughaib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 181, pp.256-267. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2016.08.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01461825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concept of cascade thermochemical storage based on multimaterial system for household applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokouvi Edem N’tsoukpoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 129, pp. Pages 138-149. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2016.07.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01362288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of an open thermochemical process operating with a hydrate salt for thermal storage of solar energy: Local reactive bed evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 180, pp.234-244. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2016.07.108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01365782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and optimization of solid thermal energy storage modules for solar thermal power plant applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yongfang Jian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fengwu Bai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 139, pp.30-42. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2014.11.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01175582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and optimization of batteryless hybrid PV (photovoltaic)/Diesel systems for off-grid applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Tsuanyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Azoumah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Aussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atomic Energy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 86, pp.152-163. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2015.03.128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of an innovative thermochemical process operating with a hydrate salt and moist air for thermal storage of solar energy: global performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 129, pp.177-186. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2014.04.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00997765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic analysis and experimental study of solid/gas reactor operating in open mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foivos Marias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwennyn Tanguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Papillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atomic Energy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 66, pp.757-765. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2014.01.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORC optimization for medium grade heat recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Boulawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assaad Zoughaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 68, pp.47-56. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2014.01.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of closed and open thermochemical processes, for long-term thermal energy storage applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 72 (1), pp.702-716. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2014.05.097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01025210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative assessment of processes for the transportation of thermal energy over long distances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vallade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Thermodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15 (3), </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5541/ijot.352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive non-equilibrium thermodynamic analysis applied to a vapor-liquid two-phase flow of a pure fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Revellin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lips</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bonjour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 42, pp.184-193. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2012.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00683864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new thermal–hydraulic process for solar cooling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mauran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41 (1), pp.104-112. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2011.05.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exergy Assessment of Recovery Solutions from Dry and Moist Gas Available at Medium Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Bou Lawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (3), pp.718-730. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en5030718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SECOND LAW ANALYSIS OF A HYBRID THERMOCHEMICAL CYCLE FOR COLD AND ELECTRICITY COGENERATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th INTERNATIONAL CONFERENCE ON EFFICIENCY, COST, OPTIMIZATION, SIMULATION AND ENVIRONMENTAL IMPACT OF ENERGY SYSTEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05144240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical process for storage and conversion into cold and electricity based on a low temperature thermal source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Huc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFGP 2022 : « Sciences et Solutions technologiques pour la Transition »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFGP, Nov 2022, Toulouse, France. pp.07004, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/202337907004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stockage et la production de froid et de travail mécanique par un processus thermochimique hybride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire «Congrès JNES 2023»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Fédération de Recherche sur l’Energie Solaire, Jul 2023, Le Bourget-du-lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of a hybrid thermochemical cycle for simultaneous cold & work productions driven by low grade heat sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heat Powered Cycles Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The University of Edinburgh, Sep 2023, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite Dimension Thermodynamics for Optimizing Power Plants Including Heat Storage Device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Rebouillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECOS 2023 - THE 36TH INTERNATIONAL CONFERENCE ON EFFICIENCY, COST, OPTIMIZATION, SIMULATION AND ENVIRONMENTAL IMPACT OF ENERGY SYSTEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, LAS PALMAS DE GRAN CANARIA,, Spain. pp.136-147, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52202/069564-0014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Thermochemical Cycle for Cold and Electricity Cogeneration: Experimental Analysis of the Process Behavior and Expander-Reactor Coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Conference on Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems (ECOS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Las Palmas De Gran Canaria, Spain. pp.102-113, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52202/069564-0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation monocritère des performances exergétique, environnementale et économique d'un stockage thermique de type thermocline en fonction des taux de cut-off en charge et en décharge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFT 2022 - La Thermique au service de la Transition Énergétique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Valenciennes, France. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2022-021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-criteria optimization of an industrial thermocline thermal energy storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Copenhagen, Denmark. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11581/dtu.00000267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical cycles for power and cold cogeneration: thermodynamic analysis and dynamic performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Sorption Heat Pump Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02921484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2 nd law analysis of thermocline -heat storage system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Rebouillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE 32ND INTERNATIONAL CONFERENCE ON EFFICIENCY, COST, OPTIMIZATION, SIMULATION AND ENVIRONMENTAL IMPACT OF ENERGY SYSTEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Wroclaw, Poland, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical cycles for low-grade heat storage and conversion into cold and / or power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE 32ND INTERNATIONAL CONFERENCE ON EFFICIENCY, COST, OPTIMIZATION, SIMULATION AND ENVIRONMENTAL IMPACT OF ENERGY SYSTEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, WROCLAW, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de matériaux de stockage thermique par bilan entropique : analyse des irréversibilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reine Reoyo-Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mancaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFT - 24ème Congrès Français de Thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REACTEUR THERMOCHIMIQUE POUR STOCKAGE THERMIQUE : ANALYSE DU FONCTIONNEMENT LOCAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Boulnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé thermochimique pour le stockage intersaisonnier de l’énergie solaire : mise en œuvre du réacteur et mode opératoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauran Sylvain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFGP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01734579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of ORC system designs using various working fluids for medium grade heat recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bou Lawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Zoughaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heat Powered Cycles Conference 2012( HCP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Alkmaar, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stockage thermochimique inter saisonnier : caractérisation des transferts de masse au sein d'un sel réactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mauran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mancaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique 2011 (SFT 2011): "Energie solaire et thermique" </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exergy assessment of recovery solutions from dry and moist gas available at medium temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Bou Lawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assad Zoughaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference on Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems (ECOS 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Novi Sad, Serbia. pp.3831-3841</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00770016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative assessment of Processes for the transportation of thermal energy over long distances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Conf. on Efficiency, Cost, Optimization Simulation and Environmental Impact of Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECOS, Jun 2010, Lausanne ( CH), Switzerland. paper 422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et optimisation thermodynamique du couplage entre un stockage thermique MCP et un moteur ERICSSON pour favoriser l’intégration des EnR sur le réseau électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doha Kafeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Mer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l’Énergie Solaire (JNES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Anglet, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycle thermochimique hybride multifonctionnel : analyse expérimentale du couplage entre l'évaporateur, l'expandeur et le réacteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harley Pages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Huc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31e Congrès Français de Thermique Thermique et Agroressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04122751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique d'un procédé thermochimique hybride pour la conversion de source basse température en froid et électricité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna d'Antoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire «Congrès JNES 2023»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Le Bourget Du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation énergétique et environnementale d’un stockage thermique de type thermocline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFT 2021 - THERMIQUE et MIX ENERGETIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Reims (Distanciel), France. Actes du Congrès annuel de la SFT 2021, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé thermochimique hybride pour le stockage et la conversion en froid et Electricité d'une source basse température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harley Pages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l’Energie Solaire (JNES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, FONT-ROMEU, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03455433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de matériaux de stockage thermique par bilan entropique : analyse des irréversibilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reine Reoyo-Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mancaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNES 2016 - Journées Nationales de l'Energie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes thermiques à sorption solide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Techniques de l'Ingénieur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur. Energies/Froid Industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2025, Energies, Froid industriel, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-be9737⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machines à absorption liquide - Systèmes ammoniac-eau. Technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l’Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-be9738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machines à absorption liquide - Systèmes ammoniac-eau. Théorie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-be9736⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absorption chillers - Water-Lithium bromide systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-be9735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convertisseurs thermiques - Machines frigorifiques. Pompes à chaleur. Thermotransformateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-be9734⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electricity production facility including heat storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauran Sylvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lingai Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : US Patent 10,989,484. TFSE. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétés thermodynamiques des systèmes réactifs solide/gaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la thermodynamique pour la conception et l'intégration des procédés.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Génie des procédés. Université de Perpignan, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00995431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId195"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre Neveu </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pierre-neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2783-6150</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">097463604</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite dimension thermodynamics-based preliminary design of multi-energy pumped thermal energy storage systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sullivan Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Rousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Haillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 289, pp.129727. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2026.129727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05466740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of a hybrid thermochemical cycle driven by intermediate grade heat sources for energy storage and combined cold and work productions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harley Pagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Huc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 260, pp.124886. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2024.124886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical cycle for cold and electricity cogeneration: Experimental and numerical analyses of the process behavior and expander-reactor coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 257 (Part B), pp.124271. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2024.124271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04691970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective Optimisation of a Thermocline Thermal Energy Storage Integrated in a Concentrated Solar Power Plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 300, pp.131548. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2024.131548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04751060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal cycle performance of thermocline storage: numerical and experimental exergy analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Vannerem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 278, pp.127647. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2023.127647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining entropy weight and TOPSIS method for selection of tank geometry and filler material of a packed-bed thermal energy storage system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 414, pp.137588. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.137588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar-thermal conversion investigation using surface partition method for a cavity receiver with helical pipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zou Chongzhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhang Yanping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 242, pp.122943. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2021.122943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry optimisation of an industrial thermocline Thermal Energy Storage combining exergy, Life Cycle Assessment and Life Cycle Cost Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Energy Storage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 55, pp.105776. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.est.2022.105776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of the impact of fluid distribution on thermocline storage performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Vannerem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Energy Storage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 52, pp.104864. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.est.2022.104864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermocline thermal energy storage optimisation combining exergy and life cycle assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Lalau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Rebouillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 248, pp.1-11/114787. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2021.114787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation on heat-transfer characteristics of a cylindrical cavity receiver with pressurized air in helical pipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhang Yanping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yuxuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zou Chongzhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 163, pp.320-330. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2020.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical investigation of the impact of operating conditions on thermocline storage performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vannerem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 168, pp.234-246. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2020.12.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate analytical characterization and multi-parametric optimization design of single-tank thermocline heat storage system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheshao Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhifeng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 181, pp.116010. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2020.116010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical cycles for low-grade heat storage and conversion into cold and/or power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 225, pp.113347. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2020.113347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined optics and heat transfer numerical model of a solar conical receiver with built-in helical pipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanping Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hu Xiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chongzhe Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 193, pp.116775. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2019.116775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entropy generation in nonisothermal flows: Influence of boundary condition type and intensity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Avellaneda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Toutant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Flamant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bataille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermophysics and Heat Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33 (4), pp.1085-1095. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.T5748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprehensive simulation and optimization of porous SiO 2 antireflective coating to improve glass solar transmittance for solar energy applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Soum-Glaude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 182, pp.166 - 177. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2018.03.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compatibility Study Between Synthetic Oil and Vitrified Wastes for Direct Thermal Energy Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fasquelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Flamant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste and Biomass Valorization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (3), pp.621 - 631. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12649-016-9622-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concept of cascade thermochemical storage based on multimaterial system for household applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokouvi Edem N’tsoukpoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 129, pp. Pages 138-149. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2016.07.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01362288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of an open thermochemical process operating with a hydrate salt for thermal storage of solar energy: Local reactive bed evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 180, pp.234-244. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2016.07.108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01365782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation and modeling of a hermetic scroll expander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Boulawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assaad Zoughaib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 181, pp.256-267. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2016.08.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01461825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and optimization of solid thermal energy storage modules for solar thermal power plant applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yongfang Jian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fengwu Bai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 139, pp.30-42. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2014.11.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01175582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and optimization of batteryless hybrid PV (photovoltaic)/Diesel systems for off-grid applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Tsuanyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Azoumah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Aussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atomic Energy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 86, pp.152-163. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2015.03.128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of an innovative thermochemical process operating with a hydrate salt and moist air for thermal storage of solar energy: global performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 129, pp.177-186. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2014.04.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00997765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic analysis and experimental study of solid/gas reactor operating in open mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foivos Marias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwennyn Tanguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Papillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atomic Energy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 66, pp.757-765. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2014.01.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORC optimization for medium grade heat recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Boulawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assaad Zoughaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 68, pp.47-56. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2014.01.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of closed and open thermochemical processes, for long-term thermal energy storage applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 72 (1), pp.702-716. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2014.05.097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01025210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new thermal–hydraulic process for solar cooling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mauran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41 (1), pp.104-112. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2011.05.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exergy Assessment of Recovery Solutions from Dry and Moist Gas Available at Medium Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Bou Lawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (3), pp.718-730. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en5030718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive non-equilibrium thermodynamic analysis applied to a vapor-liquid two-phase flow of a pure fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Revellin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lips</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bonjour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 42, pp.184-193. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2012.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00683864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative assessment of processes for the transportation of thermal energy over long distances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vallade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Thermodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15 (3), </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5541/ijot.352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SECOND LAW ANALYSIS OF A HYBRID THERMOCHEMICAL CYCLE FOR COLD AND ELECTRICITY COGENERATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th INTERNATIONAL CONFERENCE ON EFFICIENCY, COST, OPTIMIZATION, SIMULATION AND ENVIRONMENTAL IMPACT OF ENERGY SYSTEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05144240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of a hybrid thermochemical cycle for simultaneous cold & work productions driven by low grade heat sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heat Powered Cycles Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The University of Edinburgh, Sep 2023, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite Dimension Thermodynamics for Optimizing Power Plants Including Heat Storage Device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Rebouillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECOS 2023 - THE 36TH INTERNATIONAL CONFERENCE ON EFFICIENCY, COST, OPTIMIZATION, SIMULATION AND ENVIRONMENTAL IMPACT OF ENERGY SYSTEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, LAS PALMAS DE GRAN CANARIA,, Spain. pp.136-147, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52202/069564-0014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Thermochemical Cycle for Cold and Electricity Cogeneration: Experimental Analysis of the Process Behavior and Expander-Reactor Coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Conference on Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems (ECOS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Las Palmas De Gran Canaria, Spain. pp.102-113, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52202/069564-0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stockage et la production de froid et de travail mécanique par un processus thermochimique hybride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire «Congrès JNES 2023»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Fédération de Recherche sur l’Energie Solaire, Jul 2023, Le Bourget-du-lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical process for storage and conversion into cold and electricity based on a low temperature thermal source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Huc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFGP 2022 : « Sciences et Solutions technologiques pour la Transition »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFGP, Nov 2022, Toulouse, France. pp.07004, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/202337907004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation monocritère des performances exergétique, environnementale et économique d'un stockage thermique de type thermocline en fonction des taux de cut-off en charge et en décharge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFT 2022 - La Thermique au service de la Transition Énergétique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Valenciennes, France. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2022-021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-criteria optimization of an industrial thermocline thermal energy storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Copenhagen, Denmark. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11581/dtu.00000267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical cycles for power and cold cogeneration: thermodynamic analysis and dynamic performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Sorption Heat Pump Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02921484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2 nd law analysis of thermocline -heat storage system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Rebouillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Falcoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE 32ND INTERNATIONAL CONFERENCE ON EFFICIENCY, COST, OPTIMIZATION, SIMULATION AND ENVIRONMENTAL IMPACT OF ENERGY SYSTEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Wroclaw, Poland, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid thermochemical cycles for low-grade heat storage and conversion into cold and / or power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE 32ND INTERNATIONAL CONFERENCE ON EFFICIENCY, COST, OPTIMIZATION, SIMULATION AND ENVIRONMENTAL IMPACT OF ENERGY SYSTEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, WROCLAW, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de matériaux de stockage thermique par bilan entropique : analyse des irréversibilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reine Reoyo-Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mancaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFT - 24ème Congrès Français de Thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal integration of Rankine cycles in concentrated solar power plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Leray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Azoumah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE 28TH INTERNATIONAL CONFERENCEON EFFICIENCY, COST, OPTIMIZATION, SIMULATION AND ENVIRONMENTAL IMPACT OF ENERGY SYSTEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LaTEP laboratory (Laboratoire de Thermique, Energétique et Procédés); ENSGTI (Ecole Nationale Supérieure en Génie des Technologies Industrielles), Jun 2015, PAU, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05564153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REACTEUR THERMOCHIMIQUE POUR STOCKAGE THERMIQUE : ANALYSE DU FONCTIONNEMENT LOCAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Boulnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé thermochimique pour le stockage intersaisonnier de l’énergie solaire : mise en œuvre du réacteur et mode opératoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauran Sylvain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFGP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01734579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of ORC system designs using various working fluids for medium grade heat recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bou Lawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Zoughaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heat Powered Cycles Conference 2012( HCP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Alkmaar, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stockage thermochimique inter saisonnier : caractérisation des transferts de masse au sein d'un sel réactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mauran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mancaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique 2011 (SFT 2011): "Energie solaire et thermique" </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exergy assessment of recovery solutions from dry and moist gas available at medium temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadhel Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Bou Lawz Ksayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assad Zoughaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference on Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems (ECOS 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Novi Sad, Serbia. pp.3831-3841</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00770016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative assessment of Processes for the transportation of thermal energy over long distances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Conf. on Efficiency, Cost, Optimization Simulation and Environmental Impact of Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECOS, Jun 2010, Lausanne ( CH), Switzerland. paper 422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et optimisation thermodynamique du couplage entre un stockage thermique MCP et un moteur ERICSSON pour favoriser l’intégration des EnR sur le réseau électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doha Kafeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Mer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l’Énergie Solaire (JNES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Anglet, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycle thermochimique hybride multifonctionnel : analyse expérimentale du couplage entre l'évaporateur, l'expandeur et le réacteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harley Pages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Huc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31e Congrès Français de Thermique Thermique et Agroressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04122751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique d'un procédé thermochimique hybride pour la conversion de source basse température en froid et électricité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna d'Antoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan Ghazale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire «Congrès JNES 2023»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Le Bourget Du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation énergétique et environnementale d’un stockage thermique de type thermocline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFT 2021 - THERMIQUE et MIX ENERGETIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Reims (Distanciel), France. Actes du Congrès annuel de la SFT 2021, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé thermochimique hybride pour le stockage et la conversion en froid et Electricité d'une source basse température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Perier-Muzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harley Pages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l’Energie Solaire (JNES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, FONT-ROMEU, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03455433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de matériaux de stockage thermique par bilan entropique : analyse des irréversibilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reine Reoyo-Prats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Mancaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNES 2016 - Journées Nationales de l'Energie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes thermiques à sorption solide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Techniques de l'Ingénieur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur. Energies/Froid Industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2025, Energies, Froid industriel, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-be9737⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machines à absorption liquide - Systèmes ammoniac-eau. Technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l’Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-be9738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machines à absorption liquide - Systèmes ammoniac-eau. Théorie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-be9736⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absorption chillers - Water-Lithium bromide systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-be9735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convertisseurs thermiques - Machines frigorifiques. Pompes à chaleur. Thermotransformateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-be9734⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electricity production facility including heat storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauran Sylvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Stitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lingai Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : US Patent 10,989,484. TFSE. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétés thermodynamiques des systèmes réactifs solide/gaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la thermodynamique pour la conception et l'intégration des procédés.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Génie des procédés. Université de Perpignan, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00995431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId197"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="15C10EF0"/>
+    <w:nsid w:val="1E2181AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-neveu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2783-6150" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/097463604" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466740v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sullivan Durand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neveu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rousse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Haillot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2026.129727" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800688v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Ghazale" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harley Pag&#232;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Huc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hernandez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Garcia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2024.124886" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691970v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mazet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Perier-Muzet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2024.124271" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04751060v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Le Roux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Oliv&#232;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2024.131548" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311695v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vannerem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Falcoz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2023.127647" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311480v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Roux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.137588" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943556v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Neveu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2022.104864" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191626v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zou Chongzhe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Yanping" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2021.122943" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311700v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2022.105776" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943594v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yuxuan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Hu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2020.09.009" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943596v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vannerem" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2020.12.061" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03364905v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Lalau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Rebouillat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2021.114787" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943600v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheshao Chang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhifeng Wang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2020.116010" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951218v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Godefroy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2020.113347" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311558v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanping Zhang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu Xiao" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chongzhe Zou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2019.116775" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404678v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Avellaneda" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Toutant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Flamant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bataille" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T5748" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870060v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grosjean" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Soum-Glaude" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thomas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.03.040" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01887776v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fasquelle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Walker" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-016-9622-1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01461825v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhel Ayachi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Boulawz Ksayer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assaad Zoughaib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2016.08.030" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01362288v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokouvi Edem N&#8217;tsoukpoe" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2016.07.047" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365782v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Michel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2016.07.108" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01175582v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfang Jian" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengwu Bai" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.11.019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01176324v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tsuanyo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Azoumah" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aussel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2015.03.128" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997765v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.04.073" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01178197v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foivos Marias" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennyn Tanguy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Papillon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2014.01.101" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VW753T7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01176932v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2014.01.066" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025210v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2014.05.097" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711127v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vallade" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Stitou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5541/ijot.352" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683864v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Revellin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lips" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonjour" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2012.02.008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZK3HZDJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711119v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Martins" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mauran" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2011.05.030" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CG2ZP9J-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00877123v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou Lawz Ksayer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en5030718" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144240v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113298v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202337907004" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192041v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310264v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311581v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069564-0014" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192334v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069564-0011" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493840v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-021" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493830v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11581/dtu.00000267" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921484v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109693v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331788v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110992v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Reoyo-Prats" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mancaux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Py" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190769v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Boulnois" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734579v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauran Sylvain" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01464587v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bou Lawz Ksayer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zoughaib" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505498v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Michel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00770016v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assad Zoughaib" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04818396v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692166v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Kafeh" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122751v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harley Pages" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191798v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna d'Antoni" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493859v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455433v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110948v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023053v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Meunier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-be9737" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803202v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-be9738" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803219v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-be9736" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803237v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-be9735" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803251v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-be9734" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266870v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingai Luo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995584v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00995431v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-neveu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2783-6150" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/097463604" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466740v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sullivan Durand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neveu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rousse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Haillot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2026.129727" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800688v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Ghazale" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harley Pag&#232;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Huc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hernandez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Garcia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2024.124886" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691970v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mazet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Perier-Muzet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2024.124271" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04751060v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Le Roux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Oliv&#232;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2024.131548" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311695v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vannerem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Falcoz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2023.127647" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311480v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Roux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.137588" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191626v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zou Chongzhe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Yanping" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2021.122943" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311700v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2022.105776" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943556v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Neveu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2022.104864" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03364905v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Lalau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Rebouillat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2021.114787" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943594v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yuxuan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Hu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2020.09.009" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943596v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vannerem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2020.12.061" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943600v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheshao Chang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhifeng Wang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2020.116010" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951218v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Godefroy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2020.113347" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311558v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanping Zhang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu Xiao" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chongzhe Zou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2019.116775" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404678v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Avellaneda" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Toutant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Flamant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bataille" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T5748" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870060v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grosjean" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Soum-Glaude" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thomas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.03.040" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01887776v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fasquelle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Walker" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-016-9622-1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01362288v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokouvi Edem N&#8217;tsoukpoe" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2016.07.047" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365782v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Michel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2016.07.108" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01461825v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhel Ayachi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Boulawz Ksayer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assaad Zoughaib" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2016.08.030" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01175582v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfang Jian" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengwu Bai" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.11.019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01176324v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tsuanyo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Azoumah" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aussel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2015.03.128" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997765v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2014.04.073" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01178197v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foivos Marias" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennyn Tanguy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Papillon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2014.01.101" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VW753T7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01176932v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2014.01.066" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025210v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2014.05.097" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711119v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Martins" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mauran" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Stitou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2011.05.030" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CG2ZP9J-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00877123v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou Lawz Ksayer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en5030718" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683864v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Revellin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lips" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonjour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2012.02.008" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZK3HZDJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711127v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vallade" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5541/ijot.352" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144240v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310264v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311581v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069564-0014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192334v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069564-0011" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192041v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113298v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202337907004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493840v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-021" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493830v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11581/dtu.00000267" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921484v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109693v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331788v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110992v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Reoyo-Prats" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mancaux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Py" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564153v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Leray" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190769v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Boulnois" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734579v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauran Sylvain" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01464587v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bou Lawz Ksayer" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zoughaib" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505498v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Michel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00770016v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assad Zoughaib" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04818396v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692166v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Kafeh" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mer" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122751v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harley Pages" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191798v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna d'Antoni" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493859v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455433v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110948v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023053v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Meunier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-be9737" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803202v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-be9738" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803219v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-be9736" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803237v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-be9735" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803251v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-be9734" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266870v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingai Luo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995584v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00995431v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>