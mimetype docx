--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -115,295 +115,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MIXL1 activation in endoderm differentiation of human induced pluripotent stem cells</w:t>
+                <w:t xml:space="preserve">Fine-tuning mechanical constraints reveals uncoupled patterning and gene expression programs in murine gastruloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Judith Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Wong-Ng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Mayran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Lopez-Delisle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ignatius Pang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (5), pp.102482. </w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 152 (18), pp.dev204711. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.stemcr.2025.102482⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1242/dev.204711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05189580v1</w:t>
+                <w:t xml:space="preserve">pasteur-04914937v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-tuning mechanical constraints reveals uncoupled patterning and gene expression programs in murine gastruloids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MIXL1 activation in endoderm differentiation of human induced pluripotent stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Osteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Pineau</w:t>
+                <w:t xml:space="preserve">Sarah Withey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Wong-Ng</w:t>
+                <w:t xml:space="preserve">Nicole Santucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Mayran</w:t>
+                <w:t xml:space="preserve">Nader Aryamanesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Lopez-Delisle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Osteil</w:t>
+                <w:t xml:space="preserve">Ignatius Pang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 152 (18), pp.dev204711. </w:t>
+              <w:t xml:space="preserve">Stem Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (5), pp.102482. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/dev.204711⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.stemcr.2025.102482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04914937v3</w:t>
+                <w:t xml:space="preserve">hal-05189580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CTCF-dependent insulation of Hoxb13 and the heterochronic control of tail length</w:t>
               </w:r>
@@ -415,51 +415,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Duboule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hocine Rekaik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Lopez-Delisle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jozsef Zakany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -549,51 +549,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter L H Newman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Queenie Yip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim A Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -670,51 +670,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential impact of TGFβ/SMAD signalling activity elicited by Activin A and Nodal on endoderm differentiation of epiblast stem cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilary Knowles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Santucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joshua Studdert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -785,295 +785,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04454315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into Species Preservation: Cryobanking of Rabbit Somatic and Pluripotent Stem Cells</w:t>
+                <w:t xml:space="preserve">Transcriptional network dynamics during the progression of pluripotency revealed by integrative statistical learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Gavin-Plagne</w:t>
+                <w:t xml:space="preserve">Hani Jieun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Perold</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Osteil</w:t>
+                <w:t xml:space="preserve">Sean J Humphrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Voisin</w:t>
+                <w:t xml:space="preserve">Senthilkumar Cinghu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synara Cristina Moreira</w:t>
+                <w:t xml:space="preserve">Andrew Oldfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21 (19), pp.7285. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48 (4), pp.1828-1842. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms21197285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkz1179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02966416v1</w:t>
+                <w:t xml:space="preserve">hal-03070261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptional network dynamics during the progression of pluripotency revealed by integrative statistical learning</w:t>
+                <w:t xml:space="preserve">Insights into Species Preservation: Cryobanking of Rabbit Somatic and Pluripotent Stem Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hani Jieun Kim</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Lucie Gavin-Plagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Perold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senthilkumar Cinghu</w:t>
+                <w:t xml:space="preserve">Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Oldfield</w:t>
+                <w:t xml:space="preserve">Synara Cristina Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 48 (4), pp.1828-1842. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (19), pp.7285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkz1179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms21197285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03070261v1</w:t>
+                <w:t xml:space="preserve">hal-02966416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prenet: Predictive network from ATAC-SEQ data</w:t>
               </w:r>
@@ -1085,51 +1085,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazmus Salehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Tam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bioinformatics and Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 18 (01), pp.2040003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1310,51 +1310,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pluripotency of embryo-derived stem cells from rodents, lagomorphs, and primates: Slippery slope, terrace and cliff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Savatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P.L. Tam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1401,51 +1401,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A panel of embryonic stem cell lines reveals the variety and dynamic of pluripotent states in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1574,51 +1574,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Aksoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1695,51 +1695,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Tapponnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2132,51 +2132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of embryonic stem Cells in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Afanassieff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Savatier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2268,90 +2268,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling the Role of MIXL1 Activation in Endoderm Differentiation of Isogenic Human Induced Pluripotent Stem Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Withey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Santucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nader Aryamanesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chi Nam Ignatius Pang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2422,51 +2422,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la pluripotence des cellules souches embryonnaires chez le lapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. UCBL Lyon 1, 2025. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2662,51 +2662,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189580v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osteil" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Withey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Santucci" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Aryamanesh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignatius Pang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stemcr.2025.102482" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04914937v3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Pineau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Wong-Ng" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mayran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Lopez-Delisle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.204711" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978083v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Duboule" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Rekaik" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozsef Zakany" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bochaton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2414865121" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432346v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L H Newman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queenie Yip" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim A Anderson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Q J Sun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202204741" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454315v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary Knowles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Studdert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hwee Ngee Goh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keren Kaufman-Francis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvg.23466" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02966416v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gavin-Plagne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Perold" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Voisin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synara Cristina Moreira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21197285" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070261v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Jieun Kim" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean J Humphrey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senthilkumar Cinghu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Oldfield" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz1179" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478101v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazmus Salehin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tam" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021972002040003X" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608275v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tapponnier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Aksoy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Aubry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Moulin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2017.09.001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01451139v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Savatier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P.L. Tam" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2017.01.008" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639328v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Santamaria" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joly" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stemcr.2016.07.022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997120v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Chen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gonnot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms8095" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193859v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Panneau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2014.05.014" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-242JSXTZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000957v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Osteil" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Y. Tapponnier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzy S. Markossian" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Godet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara B. Panneau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.20134242" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000951v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Z. Tancos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Nemes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Z. Polgar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Gocza" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2012.06.017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797726v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/439409" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7651_2015_209" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496012v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Nam Ignatius Pang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05189646v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04914937v3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Pineau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Wong-Ng" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mayran" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Lopez-Delisle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osteil" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.204711" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189580v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Withey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Santucci" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Aryamanesh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignatius Pang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stemcr.2025.102482" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978083v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Duboule" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Rekaik" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozsef Zakany" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bochaton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2414865121" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432346v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter L H Newman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queenie Yip" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim A Anderson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Q J Sun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202204741" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454315v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary Knowles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Studdert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hwee Ngee Goh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keren Kaufman-Francis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvg.23466" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070261v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Jieun Kim" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean J Humphrey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senthilkumar Cinghu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Oldfield" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz1179" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02966416v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gavin-Plagne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Perold" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Voisin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synara Cristina Moreira" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21197285" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478101v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazmus Salehin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tam" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021972002040003X" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608275v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tapponnier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Aksoy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Aubry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Moulin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2017.09.001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01451139v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Savatier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P.L. Tam" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2017.01.008" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639328v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Santamaria" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joly" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stemcr.2016.07.022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997120v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Chen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gonnot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms8095" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193859v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Panneau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2014.05.014" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-242JSXTZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000957v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Osteil" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Y. Tapponnier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzy S. Markossian" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Godet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara B. Panneau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.20134242" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000951v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Z. Tancos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Nemes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Z. Polgar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Gocza" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2012.06.017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797726v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/439409" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7651_2015_209" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496012v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Nam Ignatius Pang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05189646v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>