--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -75,195 +75,191 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (120)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (121)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of p38α MAPK increases short-term astrocyte reactivity: the exploratory VIP trial in early Alzheimer’s disease</w:t>
+                <w:t xml:space="preserve">The evolution of spatial patterns of brain activity during development and their role in the functional specialization of brain networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Gouilly</w:t>
+                <w:t xml:space="preserve">Kuzma Strelnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Da-Costa</w:t>
+                <w:t xml:space="preserve">Malik Berdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Vrillon</w:t>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Pistono</w:t>
+                <w:t xml:space="preserve">Pascal Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Goubeaud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chloe Farrer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroinflammation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 22 (1), pp.298. </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 321, pp.121535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12974-025-03625-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2025.121535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05401662v1</w:t>
+                <w:t xml:space="preserve">hal-05368381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amyloid PET predicts atrophy in older adults without dementia: Results from the AMYPAD Prognostic &amp; Natural History study</w:t>
               </w:r>
@@ -377,2055 +373,2059 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05524912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive Stability Among Plasma p-tau 181 Negative Individuals: A 5-year Analysis of the Multidomain Alzheimer Prevention Trial Study</w:t>
+                <w:t xml:space="preserve">Inhibition of p38α MAPK increases short-term astrocyte reactivity: the exploratory VIP trial in early Alzheimer’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Bellelli</w:t>
+                <w:t xml:space="preserve">Dominique Gouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
+                <w:t xml:space="preserve">Alexandre Da-Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Cantet</w:t>
+                <w:t xml:space="preserve">Agathe Vrillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Jean Ousset</w:t>
+                <w:t xml:space="preserve">Aurélie Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaj Blennow</w:t>
+                <w:t xml:space="preserve">Marie Goubeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 80 (7), </w:t>
+              <w:t xml:space="preserve">Journal of Neuroinflammation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (1), pp.298. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gerona/glaf113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12974-025-03625-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05483622v1</w:t>
+                <w:t xml:space="preserve">hal-05401662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utility, Costs and Cost‐Utility of Amyloid‐ PET in the Diagnostic Process of Memory Clinic Patients: A Trial‐Based Economic Evaluation From AMYPAD ‐ DPMS</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Association between herpes simplex virus infection and Alzheimer’s disease biomarkers: analysis within the MAPT trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neurology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05489447v1</w:t>
+                <w:t xml:space="preserve">hal-04904132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association between herpes simplex virus infection and Alzheimer’s disease biomarkers: analysis within the MAPT trial</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Utility, Costs and Cost‐Utility of Amyloid‐ PET in the Diagnostic Process of Memory Clinic Patients: A Trial‐Based Economic Evaluation From AMYPAD ‐ DPMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid van Maurik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Altomare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyduine Collij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilia Caprioglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (6), pp.e70197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ene.70197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04904132v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Movement Disorders and Its Variants.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cognitive Stability Among Plasma p-tau 181 Negative Individuals: A 5-year Analysis of the Multidomain Alzheimer Prevention Trial Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Bellelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Cantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jean Ousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaj Blennow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PET Clinics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cpet.2024.09.012⟩</w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 80 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glaf113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04904151v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05483622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early oxytocin treatment in infants with Prader–Willi syndrome is safe and is associated with better endocrine, metabolic and behavioral outcomes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Movement Disorders and Its Variants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Cortadellas</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13023-025-03560-3⟩</w:t>
+              <w:t xml:space="preserve">PET Clinics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (1), pp.113-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpet.2024.09.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05524049v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04904151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amyloid PET imaging in France: One-year experience and perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Early oxytocin treatment in infants with Prader–Willi syndrome is safe and is associated with better endocrine, metabolic and behavioral outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Verger</w:t>
+                <w:t xml:space="preserve">Gwenaelle Diene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Payoux</w:t>
+                <w:t xml:space="preserve">Mélanie Glattard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Heyer</w:t>
+                <w:t xml:space="preserve">Julie Cortadellas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.O. Habert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Flaus</w:t>
+                <w:t xml:space="preserve">Catherine Molinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2025.08.001⟩</w:t>
+              <w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (1), pp.96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13023-025-03560-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05525101v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05524049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disease Progression in Multiple System Atrophy: The ASPIRE Multi‐Modal Biomarker Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amyloid PET imaging in France: One-year experience and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margherita Fabbri</w:t>
+                <w:t xml:space="preserve">P. Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia del Campo</w:t>
+                <w:t xml:space="preserve">S. Heyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wassilios Meissner</w:t>
+                <w:t xml:space="preserve">M.O. Habert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Rousseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Sommet</w:t>
+                <w:t xml:space="preserve">A. Flaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ana.70028⟩</w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 181 (8), pp.699-702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2025.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05503926v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05525101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polygenic pathways shape white matter vulnerability to Alzheimer’s disease-related pathophysiological changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Tranfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonard Pieperhoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Pontillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Pontillo</w:t>
+                <w:t xml:space="preserve">Emma S Luckett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyduine E Collij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 17 (1), pp.240. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13195-025-01888-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05524016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of spatial patterns of brain activity during development and their role in the functional specialization of brain networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disease Progression in Multiple System Atrophy: The ASPIRE Multi‐Modal Biomarker Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margherita Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kuzma Strelnikov</w:t>
+                <w:t xml:space="preserve">Natalia del Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malik Berdier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Payoux</w:t>
+                <w:t xml:space="preserve">Wassilios Meissner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Barone</w:t>
+                <w:t xml:space="preserve">Vanessa Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloe Farrer</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Agnès Sommet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 321, pp.121535. </w:t>
+              <w:t xml:space="preserve">Annals of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2025.121535⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ana.70028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05368381v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuroimmune activation is associated with neurological outcome in anoxic and traumatic coma</w:t>
+                <w:t xml:space="preserve">Microglia Density and Its Association With Disease Duration, Severity, and Orexin Levels in Patients With Narcolepsy Type 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamine Sarton</w:t>
+                <w:t xml:space="preserve">Lucie Barateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clovis Tauber</w:t>
+                <w:t xml:space="preserve">Anis Krache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estéban Fridman</w:t>
+                <w:t xml:space="preserve">Alexandre da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Péran</w:t>
+                <w:t xml:space="preserve">Michel Lecendreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Riu</w:t>
+                <w:t xml:space="preserve">Rachel Debs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.awae045. </w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 102 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/brain/awae045/7615245⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000209326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04508517v1</w:t>
+                <w:t xml:space="preserve">hal-04561871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Strategies of Single-Sided Deaf Cochlear-Implant Users Revealed Through Resting State Activity: an Auditory PET Brain Imaging Study</w:t>
+                <w:t xml:space="preserve">Neuroimmune activation is associated with neurological outcome in anoxic and traumatic coma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Strelnikov</w:t>
+                <w:t xml:space="preserve">Benjamine Sarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Karoui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Payoux</w:t>
+                <w:t xml:space="preserve">Clovis Tauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.S. Salabert</w:t>
+                <w:t xml:space="preserve">Estéban Fridman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. James</w:t>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Riu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hearing Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heares.2024.109079⟩</w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.awae045. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awae045/7615245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05368409v1</w:t>
+                <w:t xml:space="preserve">hal-04508517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association Between Years of Education and Amyloid Burden in Patients With Subjective Cognitive Decline, MCI, and Alzheimer Disease</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniele Altomare</w:t>
+                <w:t xml:space="preserve">Association of Vascular Risk Factors and Cerebrovascular Pathology With Alzheimer Disease Pathologic Changes in Individuals Without Dementia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Lorenzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camilla Caprioglio</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Alessio Maranzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Ingala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyduine Collij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frederik Barkhof</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Tranfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 102 (6), pp.e208053. </w:t>
+              <w:t xml:space="preserve">, 2024, 103 (7), pp.1265. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/wnl.0000000000208053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000209801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04696803v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04904167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translocator protein (TSPO) genotype does not change cerebrospinal fluid levels of glial activation, axonal and synaptic damage markers in early Alzheimer’s disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gouilly</w:t>
+                <w:t xml:space="preserve">The Optic Nerve at Stake: Update on Environmental Factors Modulating Expression of Leber’s Hereditary Optic Neuropathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Layrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Orssaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Vrillon</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Chavanas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroimage-Clinical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nicl.2024.103626⟩</w:t>
+              <w:t xml:space="preserve">Biomedicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (3), pp.584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomedicines12030584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05506104v1</w:t>
+                <w:t xml:space="preserve">hal-04620523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Optic Nerve at Stake: Update on Environmental Factors Modulating Expression of Leber’s Hereditary Optic Neuropathy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Orssaud</w:t>
+                <w:t xml:space="preserve">Translocator protein (TSPO) genotype does not change cerebrospinal fluid levels of glial activation, axonal and synaptic damage markers in early Alzheimer’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Vrillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryse Leleu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Payoux</w:t>
+                <w:t xml:space="preserve">Elsa Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Goubeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Chavanas</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hélène Catala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (3), pp.584. </w:t>
+              <w:t xml:space="preserve">Neuroimage-Clinical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43, pp.103626. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biomedicines12030584⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nicl.2024.103626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04620523v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05506104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of Vascular Risk Factors and Cerebrovascular Pathology With Alzheimer Disease Pathologic Changes in Individuals Without Dementia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptive Strategies of Single-Sided Deaf Cochlear-Implant Users Revealed Through Resting State Activity: an Auditory PET Brain Imaging Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessio Maranzano</w:t>
+                <w:t xml:space="preserve">K. Strelnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Ingala</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mario Tranfa</w:t>
+                <w:t xml:space="preserve">C. Karoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Salabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000209801⟩</w:t>
+              <w:t xml:space="preserve">Hearing Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 451, pp.109079. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heares.2024.109079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04904167v1</w:t>
+                <w:t xml:space="preserve">hal-05368409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low circulating adropin concentrations predict increased risk of cognitive decline in community-dwelling older adults</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Association Between Years of Education and Amyloid Burden in Patients With Subjective Cognitive Decline, MCI, and Alzheimer Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Vellas</w:t>
+                <w:t xml:space="preserve">Merle Hönig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Altomare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew D Nguyen</w:t>
+                <w:t xml:space="preserve">Camilla Caprioglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyduine Collij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew A Butler</w:t>
+                <w:t xml:space="preserve">Frederik Barkhof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeroScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 46 (1), pp.897-911. </w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 102 (6), pp.e208053. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11357-023-00824-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1212/wnl.0000000000208053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492066v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04696803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cerebellum/liver index on baseline 18F-FDG PET/CT to improve prognostication in post-transplant lymphoproliferative disorders: a multicenter retrospective study</w:t>
               </w:r>
@@ -2539,1294 +2539,1294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations Between Blood Nutritional Biomarkers and Cerebral Amyloid-β: Insights From the COGFRAIL Cohort Study</w:t>
+                <w:t xml:space="preserve">Low circulating adropin concentrations predict increased risk of cognitive decline in community-dwelling older adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natasha Grande de França</w:t>
+                <w:t xml:space="preserve">Geetika Aggarwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Díaz</w:t>
+                <w:t xml:space="preserve">John E Morley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Lengelé</w:t>
+                <w:t xml:space="preserve">Bruno Vellas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Soriano</w:t>
+                <w:t xml:space="preserve">Andrew D Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Caspar-Bauguil</w:t>
+                <w:t xml:space="preserve">Andrew A Butler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 79 (1), pp.glad248. </w:t>
+              <w:t xml:space="preserve">GeroScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 46 (1), pp.897-911. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gerona/glad248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11357-023-00824-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04904325v1</w:t>
+                <w:t xml:space="preserve">hal-04492066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMDA Receptors: Distribution, Role, and Insights into Neuropsychiatric Disorders</w:t>
+                <w:t xml:space="preserve">Associations Between Blood Nutritional Biomarkers and Cerebral Amyloid-β: Insights From the COGFRAIL Cohort Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Beaurain</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Payoux</w:t>
+                <w:t xml:space="preserve">Natasha Grande de França</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Gras</w:t>
+                <w:t xml:space="preserve">Gustavo Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Talmont</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laetitia Lengelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Caspar-Bauguil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceuticals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ph17101265⟩</w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79 (1), pp.glad248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glad248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04788074v1</w:t>
+                <w:t xml:space="preserve">hal-04904325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal Associations Between ATPase Inhibitory Factor 1, Growth Differentiation Factor-15, and Nutritional Status in Older Adults From the MAPT Study</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">NMDA Receptors: Distribution, Role, and Insights into Neuropsychiatric Disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Gillette-Guyonnet</w:t>
+                <w:t xml:space="preserve">Marie Beaurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Parini</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Talmont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gerona/glad236⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (10), pp.1265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ph17101265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04485939v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04788074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Update of molecular imaging for movement disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Querellou-Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Verger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Darcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guedj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine Nucléaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 48 (2), pp.121-124. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mednuc.2024.01.186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PET Study of Microglial Activation in Kleine-Levin Syndrome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Barateau</w:t>
+                <w:t xml:space="preserve">Longitudinal Associations Between ATPase Inhibitory Factor 1, Growth Differentiation Factor-15, and Nutritional Status in Older Adults From the MAPT Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Lengelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anis Krache</w:t>
+                <w:t xml:space="preserve">Yves Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre da Costa</w:t>
+                <w:t xml:space="preserve">Laurent Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Lecendreux</w:t>
+                <w:t xml:space="preserve">Sophie Gillette-Guyonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofiene Chenini</w:t>
+                <w:t xml:space="preserve">Angelo Parini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology Neuroimmunology &amp; Neuroinflammation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (4), pp.e200263. </w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79 (1), pp.glad236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/NXI.0000000000200263⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glad236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04615146v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04485939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microglia Density and Its Association With Disease Duration, Severity, and Orexin Levels in Patients With Narcolepsy Type 1</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">PET Study of Microglial Activation in Kleine-Levin Syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Barateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Krache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lecendreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Debs</w:t>
+                <w:t xml:space="preserve">Sofiene Chenini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 102 (10), </w:t>
+              <w:t xml:space="preserve">Neurology Neuroimmunology &amp; Neuroinflammation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (4), pp.e200263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000209326⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1212/NXI.0000000000200263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04561871v1</w:t>
+                <w:t xml:space="preserve">hal-04615146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacological Characterization of [18F]-FNM and Evaluation of NMDA Receptors Activation in a Rat Brain Injury Model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Samuel Boucher</w:t>
+                <w:t xml:space="preserve">Baseline 18F-FDG Metabolic Tumor Volume Predicts Response to Rituximab Induction in Post-transplant Lymphoproliferative Disorders: A Multi-institutional Retrospective Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Morland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukshe Kanagaratnam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Hubelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Choquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Imaging and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11307-023-01811-y⟩</w:t>
+              <w:t xml:space="preserve">HemaSphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (2), pp.e833. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HS9.0000000000000833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04244094v1</w:t>
+                <w:t xml:space="preserve">hal-03977264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma lysosphingolipids in GRN-related diseases: Monitoring lysosomal dysfunction to track disease progression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Khrouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Saracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walid Khrouf</w:t>
+                <w:t xml:space="preserve">Benoit Rucheton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dario Saracino</w:t>
+                <w:t xml:space="preserve">Marion Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Clot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurobiology of Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 181, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nbd.2023.106108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04072526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baseline 18F-FDG Metabolic Tumor Volume Predicts Response to Rituximab Induction in Post-transplant Lymphoproliferative Disorders: A Multi-institutional Retrospective Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Choquet</w:t>
+                <w:t xml:space="preserve">Pharmacological Characterization of [18F]-FNM and Evaluation of NMDA Receptors Activation in a Rat Brain Injury Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Beaurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Talmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HemaSphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 7 (2), pp.e833. </w:t>
+              <w:t xml:space="preserve">Molecular Imaging and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (4), pp.692 - 703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/HS9.0000000000000833⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11307-023-01811-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03977264v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04244094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditory cortical plasticity after cochlear implantation in asymmetric hearing loss is related to spatial hearing: a PET H215O study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadlia Karoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kuzma Strelnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3871,295 +3871,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04163651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomarkers of mitochondrial dysfunction and inflammaging in older adults and blood pressure variability</w:t>
+                <w:t xml:space="preserve">TNFR-1 and GDF-15 Are Associated With Plasma Neurofilament Light Chain and Progranulin Among Community-Dwelling Older Adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonardo Bencivenga</w:t>
+                <w:t xml:space="preserve">Kelly Virecoulon Giudici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Strumia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Martinez</w:t>
+                <w:t xml:space="preserve">Sophie Guyonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Cestac</w:t>
+                <w:t xml:space="preserve">John Morley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeroScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11357-022-00697-y⟩</w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 78 (4), pp.569-578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glac244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04434509v1</w:t>
+                <w:t xml:space="preserve">hal-04459899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TNFR-1 and GDF-15 Are Associated With Plasma Neurofilament Light Chain and Progranulin Among Community-Dwelling Older Adults</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biomarkers of mitochondrial dysfunction and inflammaging in older adults and blood pressure variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Guyonnet</w:t>
+                <w:t xml:space="preserve">Leonardo Bencivenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Morley</w:t>
+                <w:t xml:space="preserve">Mathilde Strumia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Nguyen</w:t>
+                <w:t xml:space="preserve">Philippe Cestac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 78 (4), pp.569-578. </w:t>
+              <w:t xml:space="preserve">GeroScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 45 (2), pp.797-809. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gerona/glac244⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11357-022-00697-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04459899v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04434509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes of cerebral functional connectivity induced by foot reflexology in a RCT</w:t>
               </w:r>
@@ -4184,51 +4184,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karel Joineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp.17139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4262,90 +4262,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical Effect of Early vs Late Amyloid Positron Emission Tomography in Memory Clinic Patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Altomare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederik Barkhof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camilla Caprioglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyduine Collij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Scheltens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4448,51 +4448,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Giudici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Valet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geetika Aggarwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 77 (6), pp.1141-1149. </w:t>
@@ -4543,90 +4543,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective Associations of Plasma Growth Differentiation Factor 15 With Physical Performance and Cognitive Functions in Older Adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lingxiao He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Luis Sánchez Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guyonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 77 (12), pp.2420-2428. </w:t>
@@ -4677,90 +4677,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the combination of plasma amyloid-beta and geroscience biomarkers on the incidence of clinically meaningful cognitive decline in older adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan-Hsuan Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Virecoulon Giudici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Morley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guyonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Parini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GeroScience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 44 (3), pp.1489-1503. </w:t>
@@ -4824,51 +4824,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Luis Sánchez-Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly V Giudici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gillette-Guyonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Delrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4971,64 +4971,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Mounié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cestac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drugs and Aging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 39 (5), pp.367-375. </w:t>
@@ -5079,90 +5079,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between urate-lowering therapies and cognitive decline in community-dwelling older adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Molet-Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Virecoulon Giudici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Cantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (1), pp.15299. </w:t>
@@ -5194,10764 +5194,10898 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04127667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations Between Physical Activity, Blood-Based Biomarkers of Neurodegeneration, and Cognition in Healthy Older Adults: The MAPT Study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Biological and Neuroimaging Markers as Predictors of 5-Year Incident Frailty in Older Adults: A Secondary Analysis of the MAPT Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wan-Hsuan Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">John Morley</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Bouyahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 76 (8), pp.1382-1390. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gerona/glab094⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 76 (11), pp.e361-e369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glaa296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03659096v1</w:t>
+                <w:t xml:space="preserve">hal-04158260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guide de rédaction des protocoles d’examens d’imagerie de la neurotransmission pour l’exploration des mouvements anormaux</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M.-J. Santiago-Ribeiro</w:t>
+                <w:t xml:space="preserve">Plasma neurofilament light chain is associated with cognitive decline in non-dementia older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lingxiao He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Morley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geetika Aggarwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Vellas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine Nucléaire - Imagerie Fonctionnelle et Métabolique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mednuc.2021.02.001⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.13394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-91038-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03588387v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions of PET and MRI imaging in the evaluation of CNS drugs in human neurodegenerative diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Payoux</w:t>
+                <w:t xml:space="preserve">Prediction of amyloid pathology in cognitively unimpaired individuals using structural MRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Cumplido‐mayoral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Ingala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Lorenzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Ranjeva</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alle Meije Wink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Haller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thérapie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.therap.2020.12.008⟩</w:t>
+              <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (S4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/alz.053661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03500764v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04905380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Inspire Research Initiative</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards a Large-Scale Assessment of the Relationship Between Biological and Chronological Aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yohan Santin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Louis Casteilla</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Frailty &amp; Aging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 10 (2), pp.86-93. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14283/jfa.2020.18⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 10 (2), pp.121-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14283/jfa.2020.43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02899807v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03019973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional connectivity and cognitive changes after donepezil treatment in healthy participants</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">T. Dondaine</w:t>
+                <w:t xml:space="preserve">The INSPIRE bio-resource research platform for healthy aging and geroscience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guyonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Leclerc</w:t>
+                <w:t xml:space="preserve">C Takeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Gros-Dagnac</w:t>
+                <w:t xml:space="preserve">P.-J Ousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00213-021-05923-7⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Frailty &amp; Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 10 (2), pp.110-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14283/jfa.2020.38⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03500485v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03023578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of amyloid pathology in cognitively unimpaired individuals using structural MRI</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luigi Lorenzini</w:t>
+                <w:t xml:space="preserve">Guide de rédaction des protocoles d’examens d’imagerie de la neurotransmission pour l’exploration des mouvements anormaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Darcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alle Meije Wink</w:t>
+                <w:t xml:space="preserve">M.-O. Habert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sven Haller</w:t>
+                <w:t xml:space="preserve">A. Pallardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-J. Santiago-Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/alz.053661⟩</w:t>
+              <w:t xml:space="preserve">Médecine Nucléaire - Imagerie Fonctionnelle et Métabolique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45 (2), pp.98-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mednuc.2021.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04905380v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03588387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Large-Scale Assessment of the Relationship Between Biological and Chronological Aging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+                <w:t xml:space="preserve">Associations Between Physical Activity, Blood-Based Biomarkers of Neurodegeneration, and Cognition in Healthy Older Adults: The MAPT Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geetika Aggarwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Morley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Frailty &amp; Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14283/jfa.2020.43⟩</w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 76 (8), pp.1382-1390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glab094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03019973v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03659096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The INSPIRE bio-resource research platform for healthy aging and geroscience</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contributions of PET and MRI imaging in the evaluation of CNS drugs in human neurodegenerative diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Ranjeva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Frailty &amp; Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14283/jfa.2020.38⟩</w:t>
+              <w:t xml:space="preserve">Thérapie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 76 (2), pp.121-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.therap.2020.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03023578v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accuracy and reproducibility of automated white matter hyperintensities segmentation with lesion segmentation tool: A European multi-site 3T study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Agnese Picco</w:t>
+                <w:t xml:space="preserve">Functional connectivity and cognitive changes after donepezil treatment in healthy participants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Salabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dondaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Gros-Dagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mri.2020.11.008⟩</w:t>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 238 (11), pp.3071-3082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00213-021-05923-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03500597v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PPAR Gamma and Viral Infections of the Brain</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Inspire Research Initiative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Barreto de Souto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guyonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Casteilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms22168876⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Frailty &amp; Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (2), pp.86-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14283/jfa.2020.18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04693529v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma neurofilament light chain is associated with cognitive decline in non-dementia older adults</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Vellas</w:t>
+                <w:t xml:space="preserve">Accuracy and reproducibility of automated white matter hyperintensities segmentation with lesion segmentation tool: A European multi-site 3T study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Ribaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Altomare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarissa Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnese Picco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-91038-0⟩</w:t>
+              <w:t xml:space="preserve">Magnetic Resonance Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 76, pp.108-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mri.2020.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03649025v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological and Neuroimaging Markers as Predictors of 5-Year Incident Frailty in Older Adults: A Secondary Analysis of the MAPT Study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PPAR Gamma and Viral Infections of the Brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Layrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Chavanas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 76 (11), pp.e361-e369. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (16), pp.8876. </w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gerona/glaa296⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms22168876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04158260v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04693529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amygdalar nuclei and hippocampal subfields on MRI: Test-retest reliability of automated volumetry across different MRI sites and vendors</w:t>
+                <w:t xml:space="preserve">CSF cutoffs for MCI due to AD depend on APOEε4 carrier status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Quattrini</w:t>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarissa Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michela Pievani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+                <w:t xml:space="preserve">Claudio Babiloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Aiello</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Núria Bargalló</w:t>
+                <w:t xml:space="preserve">Diego Albani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Barkhof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.116932⟩</w:t>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 89, pp.55-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2019.12.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03500798v1</w:t>
+                <w:t xml:space="preserve">hal-03500710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Alzheimer Disease Challenge Model: 24-Hour Sleep Deprivation in Healthy Volunteers, Impact on Working Memory, and Reversal Effect of Pharmacological Intervention: A Randomized, Double-Blind, Placebo-Controlled, Crossover Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amygdalar nuclei and hippocampal subfields on MRI: Test-retest reliability of automated volumetry across different MRI sites and vendors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Quattrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Chan Kwong</w:t>
+                <w:t xml:space="preserve">Michela Pievani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jovicich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Cassé-Perrot</w:t>
+                <w:t xml:space="preserve">Marco Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claude Costes-Salon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laura Lanteaume</w:t>
+                <w:t xml:space="preserve">Núria Bargalló</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/JCP.0000000000001199⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 218, pp.116932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.116932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03500661v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular slowing of resting-state dynamic functional connectivity as a marker of cognitive dysfunction induced by sleep deprivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Lombardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cassé-Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Ranjeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Lombardo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Ranjeva</w:t>
+                <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 222, pp.117155. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.117155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03092852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of a multi-domain intervention on cerebral glucose metabolism: analysis from the randomized ancillary FDG PET MAPT trial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Delrieu</w:t>
+                <w:t xml:space="preserve">An Alzheimer Disease Challenge Model: 24-Hour Sleep Deprivation in Healthy Volunteers, Impact on Working Memory, and Reversal Effect of Pharmacological Intervention: A Randomized, Double-Blind, Placebo-Controlled, Crossover Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Chan Kwong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cassé-Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Voisin</w:t>
+                <w:t xml:space="preserve">Marie-Claude Costes-Salon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
+                <w:t xml:space="preserve">Elisabeth Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Carrie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Cantet</w:t>
+                <w:t xml:space="preserve">Laura Lanteaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (1), pp.134. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (3), pp.222-230. </w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13195-020-00683-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/JCP.0000000000001199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04480240v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomechanical response of the CNS is associated with frailty in NPH-suspected patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The impact of a multi-domain intervention on cerebral glucose metabolism: analysis from the randomized ancillary FDG PET MAPT trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Delrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Vallet</w:t>
+                <w:t xml:space="preserve">Thierry Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. del Campo</w:t>
+                <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lokossou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Z. Czosnyka</w:t>
+                <w:t xml:space="preserve">Isabelle Carrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Cantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00415-019-09689-z⟩</w:t>
+              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (1), pp.134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13195-020-00683-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03011641v1</w:t>
+                <w:t xml:space="preserve">hal-04480240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cortical β-Amyloid in Older Adults Is Associated with Multidomain Interventions with and without Omega 3 Polyunsaturated Fatty Acid Supplementation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biomechanical response of the CNS is associated with frailty in NPH-suspected patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. del Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudie Hooper</w:t>
+                <w:t xml:space="preserve">A. Lokossou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Coley</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A.S. Salabert</w:t>
+                <w:t xml:space="preserve">Olivier Balédent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Czosnyka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of prevention of Alzheimer's disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14283/jpad.2020.4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 267 (5), pp.1389-1400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00415-019-09689-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04500641v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Nuclear Medicine in the Context of Personalized Medicine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fusion of Magnetic Resonance and Ultrasound Images for Endometriosis Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Bernaudin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Oumaima El Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Basarab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Gaugler</w:t>
+                <w:t xml:space="preserve">Denis Kouamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmed.2020.00252⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29, pp.5324-5335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIP.2020.2975977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02908566v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02538458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fusion of Magnetic Resonance and Ultrasound Images for Endometriosis Detection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Editorial: Nuclear Medicine in the Context of Personalized Medicine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Basarab</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Jacques F Barbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bernaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
+                <w:t xml:space="preserve">Francesco Cicone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Gaugler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIP.2020.2975977⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmed.2020.00252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02538458v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02908566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kidney Function and Cognitive Decline in Older Adults</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Cortical β-Amyloid in Older Adults Is Associated with Multidomain Interventions with and without Omega 3 Polyunsaturated Fatty Acid Supplementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Hooper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Coley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean‐françois Mangin</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Salabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jgs.16954⟩</w:t>
+              <w:t xml:space="preserve">The Journal of prevention of Alzheimer's disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.128-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14283/jpad.2020.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04494014v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CSF cutoffs for MCI due to AD depend on APOEε4 carrier status</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kidney Function and Cognitive Decline in Older Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Babiloni</w:t>
+                <w:t xml:space="preserve">Florent Guerville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Coley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Albani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederik Barkhof</w:t>
+                <w:t xml:space="preserve">Jean‐françois Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 89, pp.55-62. </w:t>
+              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 69 (3), pp.651-659. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2019.12.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jgs.16954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03500710v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04494014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma Aβ42 as biomarker of prodromal AD progression in patients with amnestic mild cognitive impairment: evidence from the PharmaCog/E-ADNI study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lucia Boeri</w:t>
+                <w:t xml:space="preserve">Body Weight Variation Patterns as Predictors of Cognitive Decline over a 5 Year Follow-Up among Community-Dwelling Elderly (MAPT Study)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Giudici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guyonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Vellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/JAD-180321⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (6), pp.1371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu11061371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03575161v1</w:t>
+                <w:t xml:space="preserve">hal-04434631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep deprivation and Modafinil affect cortical sources of resting state electroencephalographic rhythms in healthy young adults</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Bartrés-Faz</w:t>
+                <w:t xml:space="preserve">Plasma Aβ42 as biomarker of prodromal AD progression in patients with amnestic mild cognitive impairment: evidence from the PharmaCog/E-ADNI study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Albani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarissa Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Fusco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Boeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinph.2019.06.007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 69 (1), pp.37-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-180321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03623859v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03575161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 15-day course of donepezil modulates spectral EEG dynamics related to target auditory stimuli in young, healthy adult volunteers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claudio Babiloni</w:t>
+                <w:t xml:space="preserve">Sleep deprivation and Modafinil affect cortical sources of resting state electroencephalographic rhythms in healthy young adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio del Percio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Derambure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Noce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Lizio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bartrés-Faz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 130 (5), pp.863-875. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinph.2015.11.018⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 130 (9), pp.1488-1498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2019.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03623862v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Story of the Dopamine Transporter PET Tracer LBT-999: From Conception to Clinical Use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Vercouillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Deloye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Malherbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6, pp.90. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmed.2019.00090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02458376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absence of Relationship Between Self-Reported Sleep Measures and Amyloid Load in Elderly Subjects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Delphine de Verbizier</w:t>
+                <w:t xml:space="preserve">A 15-day course of donepezil modulates spectral EEG dynamics related to target auditory stimuli in young, healthy adult volunteers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Bourriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathy Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnam Molaee-Ardekani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Babiloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fneur.2019.00989⟩</w:t>
+              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 130 (5), pp.863-875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2015.11.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303997v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Posterior Cortical Atrophy: Does Complaint Match the Impairment? A Neuropsychological and FDG-PET Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Cransac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérengère Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10, pp.1010. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fneur.2019.01010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04591707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive changes of older adults with an equivocal amyloid load</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristell Pothier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudie Hooper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Delrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 266 (4), pp.835-843. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00415-019-09203-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03288260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic and prognostic value of amyloid PET textural and shape features: comparison with classical semi-quantitative rating in 760 patients from the ADNI-2 database</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
+                <w:t xml:space="preserve">Absence of Relationship Between Self-Reported Sleep Measures and Amyloid Load in Elderly Subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Gabelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Anne Gutierrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Jaussent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Ben Bouallègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine de Verbizier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain imaging and behavior (Brain Imaging Behav)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11682-018-9833-0⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fneur.2019.00989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01790550v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intracranial fluids dynamics alterations and cortical thickness</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diagnostic and prognostic value of amyloid PET textural and shape features: comparison with classical semi-quantitative rating in 760 patients from the ADNI-2 database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Ben Bouallègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Vauchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mariano-Goulart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0271678X19851020⟩</w:t>
+              <w:t xml:space="preserve">Brain imaging and behavior (Brain Imaging Behav)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11682-018-9833-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03498722v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01790550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-year longitudinal monitoring of amnestic mild cognitive impairment patients with prodromal Alzheimer's disease using topographical biomarkers derived from functional magnetic resonance imaging and electroencephalographic activity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Davide Moretti</w:t>
+                <w:t xml:space="preserve">Enlarged perivascular spaces and florbetapir uptake in patients with intracerebral hemorrhage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Raposo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Planton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Albucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/JAD-180158⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (11), pp.2339-2347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00259-019-04441-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03609814v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04591702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidomain intervention and/or omega-3 in nondemented elderly subjects according to amyloid status</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Payoux</w:t>
+                <w:t xml:space="preserve">Intracranial fluids dynamics alterations and cortical thickness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lorthois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Carrié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Cantet</w:t>
+                <w:t xml:space="preserve">Nicolas Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia del Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Weiner</w:t>
+                <w:t xml:space="preserve">Laurent Balardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 15, pp.1392 - 1401. </w:t>
+              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (1_suppl), pp.507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jalz.2019.07.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0271678X19851020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03489075v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03498722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benzodiazepine use and brain amyloid load in nondemented older individuals a florbetapir PET study in the Multidomain Alzheimer Preventive Trial cohort</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renaud David</w:t>
+                <w:t xml:space="preserve">Predicting and Tracking Short Term Disease Progression in Amnestic Mild Cognitive Impairment Patients with Prodromal Alzheimer’s Disease: Structural Brain Biomarkers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarissa Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Albani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Babiloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2019.08.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 69 (1), pp.3-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-180152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02307424v1</w:t>
+                <w:t xml:space="preserve">hal-03623863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting and Tracking Short Term Disease Progression in Amnestic Mild Cognitive Impairment Patients with Prodromal Alzheimer’s Disease: Structural Brain Biomarkers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId317" w:history="1">
+                <w:t xml:space="preserve">Two-year longitudinal monitoring of amnestic mild cognitive impairment patients with prodromal Alzheimer's disease using topographical biomarkers derived from functional magnetic resonance imaging and electroencephalographic activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Babiloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarissa Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moira Marizzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claudio Babiloni</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Moretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 69 (1), pp.3-14. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/JAD-180152⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 69 (1), pp.15-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-180158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03623863v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système Veriton : évaluation quantitative sur fantôme de Jaszczak et sur fantôme striatal</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multidomain intervention and/or omega-3 in nondemented elderly subjects according to amyloid status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Delrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Carrié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Cantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Weiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine Nucléaire - Imagerie Fonctionnelle et Métabolique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mednuc.2019.01.133⟩</w:t>
+              <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15, pp.1392 - 1401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jalz.2019.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03486154v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03489075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dopamine transporter imaging for the diagnosis of multiple system atrophy cerebellar type</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Benzodiazepine use and brain amyloid load in nondemented older individuals a florbetapir PET study in the Multidomain Alzheimer Preventive Trial cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Desmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Delrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Lebouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Vergnet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Philippe Fernandez</w:t>
+                <w:t xml:space="preserve">Renaud David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parkinsonism &amp; Related Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.parkreldis.2019.02.006⟩</w:t>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 84, pp.61-69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2019.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03163693v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Body Weight Variation Patterns as Predictors of Cognitive Decline over a 5 Year Follow-Up among Community-Dwelling Elderly (MAPT Study)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Système Veriton : évaluation quantitative sur fantôme de Jaszczak et sur fantôme striatal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cassol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu11061371⟩</w:t>
+              <w:t xml:space="preserve">Médecine Nucléaire - Imagerie Fonctionnelle et Métabolique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 43, pp.237 - 240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mednuc.2019.01.133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04434631v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03486154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-sectional associations of plasma vitamin D with cerebral beta-amyloid in older adults at risk of dementia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dopamine transporter imaging for the diagnosis of multiple system atrophy cerebellar type</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Vergnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Nourhashemi</w:t>
+                <w:t xml:space="preserve">Florent Hives</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Hooper</w:t>
+                <w:t xml:space="preserve">Alexandra Foubert-Samier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Cantet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">I. Gennero</w:t>
+                <w:t xml:space="preserve">Philippe Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13195-018-0371-1⟩</w:t>
+              <w:t xml:space="preserve">Parkinsonism &amp; Related Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 63, pp.199-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.parkreldis.2019.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03164953v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03163693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Translocator Protein Density, as Marker of Neuroinflammation, in Major Depressive Disorder: A Pilot, Multicenter, Comparative, Controlled, Brain PET Study (INFLADEP Study)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Redox Systems, Antioxidants and Sarcopenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Fougère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Sourdet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Yrondi</w:t>
+                <w:t xml:space="preserve">Matthieu Lilamand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Aouizerate</w:t>
+                <w:t xml:space="preserve">Maturin Tabue-Teguod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wissam El-Hage</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Thalamas</w:t>
+                <w:t xml:space="preserve">Bernard Teysseyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2018.00326⟩</w:t>
+              <w:t xml:space="preserve">Current Protein and Peptide Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (7), pp.643-648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1389203718666170317120040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01856019v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of the Cingulate Cortex in Anosognosia: A Multimodal Neuroimaging Study in Alzheimer’s Disease Patients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
+                <w:t xml:space="preserve">Description of a European memory clinic cohort undergoing amyloid‐PET: The AMYPAD Diagnostic and Patient Management Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Altomare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyduine Collij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilla Caprioglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Scheltens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart N M van Berckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/JAD-180324⟩</w:t>
+              <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (3), pp.844 - 856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/alz.12696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04591442v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04403120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Assessment of Quantitative 18F-Florbetapir and 18F-FDG Regional Uptake Using Baseline Data from the ADNI</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Added value of 18F-florbetaben amyloid PET in the diagnostic workup of most complex patients with dementia in France: A naturalistic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ceccaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Jonveaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Krolak-Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Houzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/JAD-170833⟩</w:t>
+              <w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (3), pp.293-305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jalz.2017.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01786614v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description of a European memory clinic cohort undergoing amyloid‐PET: The AMYPAD Diagnostic and Patient Management Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bart N M van Berckel</w:t>
+                <w:t xml:space="preserve">Cross-sectional associations of plasma vitamin D with cerebral beta-amyloid in older adults at risk of dementia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Nourhashemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hooper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Feart-Couret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Gennero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/alz.12696⟩</w:t>
+              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (1), pp.43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13195-018-0371-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04403120v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox Systems, Antioxidants and Sarcopenia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bernard Teysseyre</w:t>
+                <w:t xml:space="preserve">Assessment of Translocator Protein Density, as Marker of Neuroinflammation, in Major Depressive Disorder: A Pilot, Multicenter, Comparative, Controlled, Brain PET Study (INFLADEP Study)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Yrondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Aouizerate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissam El-Hage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Moliere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Thalamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Protein and Peptide Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1389203718666170317120040⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2018.00326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03652506v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01856019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Added value of 18F-florbetaben amyloid PET in the diagnostic workup of most complex patients with dementia in France: A naturalistic study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claire Houzard</w:t>
+                <w:t xml:space="preserve">Involvement of the Cingulate Cortex in Anosognosia: A Multimodal Neuroimaging Study in Alzheimer’s Disease Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Guerrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Le Men</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaıs Gane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Planton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jalz.2017.09.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 65 (2), pp.443-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-180324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03266901v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04591442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free water elimination improves test-retest reproducibility of diffusion tensor imaging indices in the brain: A longitudinal multisite study of healthy elderly subjects</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joint Assessment of Quantitative 18F-Florbetapir and 18F-FDG Regional Uptake Using Baseline Data from the ADNI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Ben Bouallègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mariano-Goulart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Brain Mapping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hbm.23350⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 62 (1), pp.399 - 408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-170833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01657965v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01786614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiosynthesis of [ 18 F]AV1451 in pharmaceutical conditions and its biological characteristics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Najat Loukh</w:t>
+                <w:t xml:space="preserve">Effect of long-term omega 3 polyunsaturated fatty acid supplementation with or without multidomain intervention on cognitive function in elderly adults with memory complaints (MAPT): a randomised, placebo-controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guyonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Coley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Cantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apradiso.2017.06.032⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (5), pp.377 - 389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1474-4422(17)30040-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02342041v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-sectional associations of cortical β-amyloid with erythrocyte membrane long-chain polyunsaturated fatty acids in older adults with subjective memory complaints</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie Guyonnet</w:t>
+                <w:t xml:space="preserve">Brain Networks are Independently Modulated by Donepezil, Sleep, and Sleep Deprivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wirsich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bénar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Lanteaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
+              <w:t xml:space="preserve">Brain Topography: a Journal of Cerebral Function and Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jnc.14062⟩</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10548-017-0608-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01906343v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association between CSF biomarkers, hippocampal volume and cognitive function in patients with amnestic mild cognitive impairment (MCI)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Abstracts from Hydrocephalus 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Robison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pradeep J. Nathan</w:t>
+                <w:t xml:space="preserve">R. Jose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yen Ying Lim</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+                <w:t xml:space="preserve">N. Badran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2017.01.013⟩</w:t>
+              <w:t xml:space="preserve">Fluids and Barriers of the CNS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 14 (S1), pp.15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12987-017-0054-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01657959v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03688525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Use of Oxytocin to Improve Feeding and Social Skills in Infants With Prader–Willi Syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Free water elimination improves test-retest reproducibility of diffusion tensor imaging indices in the brain: A longitudinal multisite study of healthy elderly subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Albi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ofer Pasternak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïthé Tauber</w:t>
+                <w:t xml:space="preserve">Ludovico Minati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kader Boulanouar</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Virginie Ehlinger</w:t>
+                <w:t xml:space="preserve">David Bartres-Faz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatrics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1542/peds.2016-2976⟩</w:t>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 38 (1), pp.12--26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hbm.23350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436895v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incremental value of 18F-florbetaben amyloid PET in the diagnostic work-up of most complex patients with dementia in France: a naturalistic study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Guedj</w:t>
+                <w:t xml:space="preserve">Radiosynthesis of [ 18 F]AV1451 in pharmaceutical conditions and its biological characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Fontan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Fonta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Jonveaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Verger</w:t>
+                <w:t xml:space="preserve">Mathieu Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Krolak-Salmon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Houzard</w:t>
+                <w:t xml:space="preserve">Najat Loukh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 128, pp.101--107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apradiso.2017.06.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03606879v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02342041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing plasticity of the central nervous system : Drugs, stem cell therapy and neuro-implants</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Use of Oxytocin to Improve Feeding and Social Skills in Infants With Prader–Willi Syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Davoust</w:t>
+                <w:t xml:space="preserve">Maïthé Tauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Demain</w:t>
+                <w:t xml:space="preserve">Kader Boulanouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Diene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Vieu</w:t>
+                <w:t xml:space="preserve">Sophie Çabal-Berthoumieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ehlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural plasticity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2017/2545736⟩</w:t>
+              <w:t xml:space="preserve">Pediatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 139 (2), pp.e20162976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1542/peds.2016-2976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01629177v1</w:t>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association Between Motor Symptoms and Brain Metabolism in Early Huntington Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Gaura</w:t>
+                <w:t xml:space="preserve">Cross-sectional associations of cortical β-amyloid with erythrocyte membrane long-chain polyunsaturated fatty acids in older adults with subjective memory complaints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Hooper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Lavisse</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Verny</w:t>
+                <w:t xml:space="preserve">Sophie Salabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guyonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamaneurol.2017.1200⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jnc.14062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02062035v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of CSF markers and semi-quantitative amyloid PET in Alzheimer's disease diagnosis and in cognitive impairment prognosis using the ADNI-2 database</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Association between CSF biomarkers, hippocampal volume and cognitive function in patients with amnestic mild cognitive impairment (MCI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pradeep J. Nathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yen Ying Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosemary Abbott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Galluzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13195-017-0260-z⟩</w:t>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53, pp.1--10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2017.01.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01792572v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain Networks are Independently Modulated by Donepezil, Sleep, and Sleep Deprivation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maxime Guye</w:t>
+                <w:t xml:space="preserve">Incremental value of 18F-florbetaben amyloid PET in the diagnostic work-up of most complex patients with dementia in France: a naturalistic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Bénar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Lanteaume</w:t>
+                <w:t xml:space="preserve">T. Jonveaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Krolak-Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Houzard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Topography: a Journal of Cerebral Function and Dynamics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (2), pp.S169</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01657955v1</w:t>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03606879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of long-term omega 3 polyunsaturated fatty acid supplementation with or without multidomain intervention on cognitive function in elderly adults with memory complaints (MAPT): a randomised, placebo-controlled trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Bonnefoy</w:t>
+                <w:t xml:space="preserve">Association Between Motor Symptoms and Brain Metabolism in Early Huntington Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gaura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Lavisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Goldman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1474-4422(17)30040-6⟩</w:t>
+              <w:t xml:space="preserve">JAMA neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 74 (9), pp.1088-1096. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamaneurol.2017.1200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01827359v1</w:t>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02062035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abstracts from Hydrocephalus 2016</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing plasticity of the central nervous system : Drugs, stem cell therapy and neuro-implants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Jose</w:t>
+                <w:t xml:space="preserve">Alice Le Friec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Badran</w:t>
+                <w:t xml:space="preserve">Carole Davoust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Demain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fluids and Barriers of the CNS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12987-017-0054-5⟩</w:t>
+              <w:t xml:space="preserve">Neural plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017, pp.Article ID 2545736. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2017/2545736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03688525v1</w:t>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01629177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal reproducibility of default-mode network connectivity in healthy elderly participants: a multicentric resting-state fMRI study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of CSF markers and semi-quantitative amyloid PET in Alzheimer's disease diagnosis and in cognitive impairment prognosis using the ADNI-2 database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Ben Bouallègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mariano-Goulart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 124, pp.442-454. </w:t>
+              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (1), pp.32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.07.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13195-017-0260-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03609812v1</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test-Retest Reliability of the Default Mode Network in a Multi-Centric fMRI Study of Healthy Elderly: Effects of Data-Driven Physiological Noise Correction Techniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId498" w:history="1">
+                <w:t xml:space="preserve">Longitudinal reproducibility of default-mode network connectivity in healthy elderly participants: a multicentric resting-state fMRI study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovico Minati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rocco Marchitelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">David Bartrés-Faz</w:t>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roser Sala-Llonch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Brain Mapping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hbm.23157⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 124, pp.442-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01431268v1</w:t>
+                <w:t xml:space="preserve">hal-03609812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical and biomarker profiling of prodromal Alzheimer's disease in workpackage 5 of the Innovative Medicines Initiative PharmaCog project: a ‘European ADNI study’</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Galluzzi</w:t>
+                <w:t xml:space="preserve">Test-Retest Reliability of the Default Mode Network in a Multi-Centric fMRI Study of Healthy Elderly: Effects of Data-Driven Physiological Noise Correction Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocco Marchitelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovico Minati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Marizzoni</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">L. Antelmi</w:t>
+                <w:t xml:space="preserve">Beatriz Bosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bartrés-Faz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Internal Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/joim.12482⟩</w:t>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (6), pp.2114-2132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hbm.23157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03500757v1</w:t>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Case report of Lewy body disease mimicking Creutzfeldt-Jakob disease in a 44-year-old man</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
+                <w:t xml:space="preserve">Clinical and biomarker profiling of prodromal Alzheimer's disease in workpackage 5 of the Innovative Medicines Initiative PharmaCog project: a ‘European ADNI study’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Galluzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Babiloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Pariente</w:t>
+                <w:t xml:space="preserve">D. Albani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herve Dumas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Brandel</w:t>
+                <w:t xml:space="preserve">L. Antelmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12883-016-0643-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Internal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 279 (6), pp.576-591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joim.12482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01365265v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship of regional brain β-amyloid to gait speed.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Case report of Lewy body disease mimicking Creutzfeldt-Jakob disease in a 44-year-old man</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Pariente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emiel O Hoogendijk</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Brandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 86 (1), pp.36-43. </w:t>
+              <w:t xml:space="preserve">BMC Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16, pp.122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000002235⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12883-016-0643-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01285228v1</w:t>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01365265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal reproducibility of default-mode network connectivity in healthy elderly participants: A multicentric resting-state fMRI study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roser Sala-Llonch</w:t>
+                <w:t xml:space="preserve">Relationship of regional brain β-amyloid to gait speed.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia del Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Djilali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Delrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiel O Hoogendijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.07.010⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 86 (1), pp.36-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000002235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01425515v1</w:t>
+                <w:t xml:space="preserve">hal-01285228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiolabeling of [18F]-fluoroethylnormemantine and initial in vivo evaluation of this innovative PET tracer for imaging the PCP sites of NMDA receptors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Alonso</w:t>
+                <w:t xml:space="preserve">Longitudinal reproducibility of default-mode network connectivity in healthy elderly participants: A multicentric resting-state fMRI study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovico Minati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocco Marchitelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roser Sala-Llonch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nucmedbio.2015.04.001⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 124, pp.442--454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02344921v1</w:t>
+                <w:t xml:space="preserve">hal-01425515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Activity and Amyloid-β Brain Levels in Elderly Adults with Intact Cognition and Mild Cognitive Impairment.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Payoux</w:t>
+                <w:t xml:space="preserve">Radiolabeling of [18F]-fluoroethylnormemantine and initial in vivo evaluation of this innovative PET tracer for imaging the PCP sites of NMDA receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Fonta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Fontan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Demougeot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Rolland</w:t>
+                <w:t xml:space="preserve">Djilali Adel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 42 (8), pp.643--653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nucmedbio.2015.04.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01216401v1</w:t>
+                <w:t xml:space="preserve">hal-02344921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Precuneus and Cingulate Cortex Atrophy and Hypometabolism in Patients with Alzheimer's Disease and Mild Cognitive Impairment: MRI and (18)F-FDG PET Quantitative Analysis Using FreeSurfer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Destrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Hommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Mondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jp Cottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioMed Research International </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.2015:583931. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/2015/583931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01585127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multisite longitudinal reliability of tract-based spatial statistics in diffusion tensor imaging of healthy elderly subjects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Arnold</w:t>
+                <w:t xml:space="preserve">Physical Activity and Amyloid-β Brain Levels in Elderly Adults with Intact Cognition and Mild Cognitive Impairment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipe de Souto Barreto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Demougeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (8), pp.1634-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2014.06.075⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05292990v1</w:t>
+                <w:t xml:space="preserve">hal-01216401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight on AV-45 binding in white and grey matter from histogram analysis: a study on early Alzheimer's disease patients and healthy subjects.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multisite longitudinal reliability of tract-based spatial statistics in diffusion tensor imaging of healthy elderly subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Bosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bartrés-Faz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Nemmi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Pariente</w:t>
+                <w:t xml:space="preserve">Jennifer Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, epub ahead of print. </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 101, pp.390-403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00259-014-2728-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2014.06.075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00954487v1</w:t>
+                <w:t xml:space="preserve">hal-05292990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MR, 18F-FDG, and 18F-AV45 PET Correlate With AD PSEN1 Original Phenotype.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+                <w:t xml:space="preserve">Insight on AV-45 binding in white and grey matter from histogram analysis: a study on early Alzheimer's disease patients and healthy subjects.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Nemmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dominique Campion</w:t>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djilali Adel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Pariente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer Disease and Associated Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/WAD.0b013e318251d87c⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00259-014-2728-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00797480v1</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00954487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between PET template-based method and MRI-based method for cortical quantification of florbetapir (AV-45) uptake in vivo</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Payoux</w:t>
+                <w:t xml:space="preserve">Brain morphometry reproducibility in multi-center 3T MRI studies: A comparison of cross-sectional and longitudinal segmentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roser Sala-Llonch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Bosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bartrés-Faz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00259-013-2656-8⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 83, pp.472-484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2013.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02344978v1</w:t>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05292997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain morphometry reproducibility in multi-center 3T MRI studies: a comparison of cross-sectional and longitudinal segmentations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MR, 18F-FDG, and 18F-AV45 PET Correlate With AD PSEN1 Original Phenotype.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hannequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel J Barbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Jovicich</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">D Bartres-Faz</w:t>
+                <w:t xml:space="preserve">Dominique Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroimage-Clinical</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Alzheimer Disease and Associated Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27 (1), pp.91-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/WAD.0b013e318251d87c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01097027v1</w:t>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00797480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cortical florbetapir-PET amyloid load in prodromal Alzheimer's disease patients.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+                <w:t xml:space="preserve">Comparison between PET template-based method and MRI-based method for cortical quantification of florbetapir (AV-45) uptake in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Celine Vervueren</w:t>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Nemmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. J. Barbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EJNMMI Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/2191-219X-3-43⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 41 (5), pp.836--843. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00259-013-2656-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00866165v1</w:t>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02344978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain morphometry reproducibility in multi-center 3T MRI studies: A comparison of cross-sectional and longitudinal segmentations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Bartrés-Faz</w:t>
+                <w:t xml:space="preserve">Brain morphometry reproducibility in multi-center 3T MRI studies: a comparison of cross-sectional and longitudinal segmentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Jovicich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Sala-Llonch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Bosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Bartres-Faz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Neuroimage-Clinical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 83, pp.472-484</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05292997v1</w:t>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01097027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amyloid Imaging with AV45 (18F-florbetapir) in a Cognitively Normal AβPP Duplication Carrier.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+                <w:t xml:space="preserve">Cortical florbetapir-PET amyloid load in prodromal Alzheimer's disease patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Albucher</w:t>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel J Barbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Nemmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Bernadette Delisle</w:t>
+                <w:t xml:space="preserve">Celine Vervueren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 28 (4), pp.877-83. </w:t>
+              <w:t xml:space="preserve">EJNMMI Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3 (1), pp.43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JAD-2011-111598⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/2191-219X-3-43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00674542v1</w:t>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00866165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using PET with 18F-AV-45 (florbetapir) to quantify brain amyloid load in a clinical environment.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amyloid Imaging with AV45 (18F-florbetapir) in a Cognitively Normal AβPP Duplication Carrier.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Saint-Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Planton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hannequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Camus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Payoux</w:t>
+                <w:t xml:space="preserve">Jean-François Albucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louisa Barré</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Voisin</w:t>
+                <w:t xml:space="preserve">Marie-Bernadette Delisle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00259-011-2021-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (4), pp.877-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-2011-111598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00726336v1</w:t>
+                <w:t xml:space="preserve">hal-00674542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P2-235: Pharmacog: Multi-site MRI calibration to study progression of Alzheimer's disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+                <w:t xml:space="preserve">Using PET with 18F-AV-45 (florbetapir) to quantify brain amyloid load in a clinical environment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genoveffa Borsci</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Roser Sala-Llonch</w:t>
+                <w:t xml:space="preserve">Louisa Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nùria Bargallò</w:t>
+                <w:t xml:space="preserve">Béatrice Desgranges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 8 (4S_Part_9), pp.P342-P342. </w:t>
+              <w:t xml:space="preserve">European Journal of Nuclear Medicine and Molecular Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 39 (4), pp.621-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jalz.2012.05.942⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00259-011-2021-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03212941v1</w:t>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00726336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A PET study of photophobia during spontaneous migraine attacks.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">P2-235: Pharmacog: Multi-site MRI calibration to study progression of Alzheimer's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jovicich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genoveffa Borsci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moira Marizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roser Sala-Llonch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Denuelle</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Y. Trotter</w:t>
+                <w:t xml:space="preserve">Nùria Bargallò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1212/WNL.0b013e3182074a57⟩</w:t>
+              <w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (4S_Part_9), pp.P342-P342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jalz.2012.05.942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId576" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00572761v1</w:t>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03212941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photophobia in migraine: an interictal PET study of cortical hyperexcitability and its modulation by pain.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId578" w:history="1">
+                <w:t xml:space="preserve">A PET study of photophobia during spontaneous migraine attacks.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Denuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boulloche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId577" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId583" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Trotter</w:t>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Trotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jnnp.2009.190223⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 76 (3), pp.213-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0b013e3182074a57⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId582" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00515589v1</w:t>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00572761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting changes in cortical activation induced by acute high-frequency stimulation within the globus pallidus in Parkinson's disease.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Photophobia in migraine: an interictal PET study of cortical hyperexcitability and its modulation by pain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boulloche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Denuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId586" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Remy</w:t>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malika Miloudi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claudio Stadler</w:t>
+                <w:t xml:space="preserve">Yves Trotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/jcbfm.2008.107⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 81 (9), pp.978-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jnnp.2009.190223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId585" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00805442v1</w:t>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00515589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KBA.62: a useful marker for primary and metastatic melanomas.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrasting changes in cortical activation induced by acute high-frequency stimulation within the globus pallidus in Parkinson's disease.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Miloudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Pagès</w:t>
+                <w:t xml:space="preserve">Jean-Luc Houeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Rochaix</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Serge Boulinguez</w:t>
+                <w:t xml:space="preserve">Claudio Stadler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.humpath.2007.12.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29 (2), pp.235-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/jcbfm.2008.107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00726511v1</w:t>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00805442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">KBA.62: a useful marker for primary and metastatic melanomas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rochaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Talal Al Saati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Valmary-Degano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Boulinguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 39 (8), pp.1136-1142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.humpath.2007.12.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00726511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Iterative three-dimensional expectation maximization restoration of single photon emission computed tomography images: Application in striatal imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Celler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Majorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gourion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 33 (1), pp.52 - 60. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1118/1.2135908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01868784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15961,538 +16095,538 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical pharmacokinetics and dosimetry of an [89Zr] labelled anti-PDL1 in an orthotopic lung cancer murine model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Krache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Fontan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Chatelut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combination in Cancer immunotherapy and Overcoming Resistance, from molecular aspects to clinical issues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of resistance to CSF outflow on CSF dynamic and ventricular morphometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Lokossou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zofia Czosnyka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pan Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Balardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrocephalus.International Society of Hydrocephalus and Cerebrospinal Fluid Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ICP Monitoring and Phase-Contrast MRI to Investigate Intracranial Compliance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lokossou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Balédent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Garnotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId615" w:history="1">
+            <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Balardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTRACRANIAL PRESSURE &amp; NEUROMONITORING XVI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Cambridge, MA, US, Unknown Region. pp.247-253, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-65798-1\_50⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId616" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03599034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and binding analysis in rat brain of (18)[F]-FNM (Fluoroethylnormemantine) : towards an innovative PET tracer for imaging activated NMDA receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salabert Anne-Sophie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djilali Adel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tafani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Congress of the European-Association-of-Nuclear-Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Gothenburg, Sweden. pp.S209-S209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02355257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16502,51 +16636,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réflexologie plantaire modifie la connectivité cérébrale chez des volontaires sains : un essai randomisé contrôlé en IRMf de repos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16555,455 +16689,455 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karel Joineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference: Congrès de la NPIS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Montpellier (34000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04256768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined assessment of autonomic failure in alphasynucleinopathies, using 123I-mIBG cardiac scintigraphy, cardiovascular autonomic tests and sweating dysfunction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Skrzypczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Hives</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Ory Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35th Annual Congress of the European Association of Nuclear Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Barcelone, Spain. European Journal of Nuclear Medicine and Molecular Imaging, 49 (S1), 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antibody anti-PDL1 radiolabelling with 89Zr: feasibility and in vitro characterization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Krache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Fontan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId629" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie White-Koning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Salabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Nuclear Technologies for Health International Symposium 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId630" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cerebral perfusion measured by 99mTc-HMPAO SPECT in a simulated microgravity model using a 5-day dry immersion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId631" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId632" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Cassol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Beaurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Annual Congress of the European-Association-of-Nuclear-Medicine (EANM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Barcelone, Spain. European Journal of Nuclear Medicine and Molecular Imaging, 46 (S1), pp.EP-0015, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId630" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04891059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17013,157 +17147,157 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of spatial patterns of brain activity over development: a role in the functional specialization of brain networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kuzma Strelnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Berdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Farrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04246153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId635"/>
+      <w:footerReference w:type="default" r:id="rId639"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17310,51 +17444,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401662v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gouilly" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Da-Costa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vrillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pistono" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Goubeaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-025-03625-x" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524912v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Pieperhoff" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Lorenzini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mastenbroek" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Tranfa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahnaz Shekari" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2025.103912" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483622v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bellelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipe de Souto Barreto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cantet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jean Ousset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaj Blennow" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glaf113" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489447v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid van Maurik" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Altomare" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyduine Collij" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilia Caprioglio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Moro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.70197" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904132v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Payoux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904151v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Salabert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpet.2024.09.012" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524049v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Valette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Diene" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Glattard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cortadellas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Molinas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03560-3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05525101v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Payoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.O. Habert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Flaus" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2025.08.001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503926v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Fabbri" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia del Campo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassilios Meissner" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sommet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.70028" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524016v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pontillo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma S Luckett" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyduine E Collij" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01888-3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368381v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuzma Strelnikov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Berdier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barone" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Farrer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121535" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508517v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamine Sarton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Est&#233;ban Fridman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P&#233;ran" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Riu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae045/7615245" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368409v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Strelnikov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Karoui" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Salabert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. James" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2024.109079" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696803v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merle H&#246;nig" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Caprioglio" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Barkhof" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/wnl.0000000000208053" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506104v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bertrand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Catala" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2024.103626" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04620523v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Layrolle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orssaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Leleu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chavanas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines12030584" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904167v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Maranzano" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Ingala" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209801" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492066v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetika Aggarwal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E Morley" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vellas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D Nguyen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew A Butler" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-023-00824-3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593628v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morland" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukshe Kanagaratnam" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hubel&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Toussaint" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Choquet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13550-024-01111-8" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904325v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Grande de Fran&#231;a" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo D&#237;az" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Lengel&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Soriano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caspar-Bauguil" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glad248" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788074v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beaurain" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gras" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Talmont" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph17101265" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485939v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rolland" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martinez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gillette-Guyonnet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Parini" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glad236" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05412792v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Querellou-Lefranc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Darcourt" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guedj" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mednuc.2024.01.186" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615146v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barateau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Krache" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre da Costa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lecendreux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Chenini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXI.0000000000200263" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561871v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Debs" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209326" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244094v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pierre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Boucher" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-023-01811-y" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072526v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Khrouf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Saracino" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rucheton" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Houot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Clot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2023.106108" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977264v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HS9.0000000000000833" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163651v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadlia Karoui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris James" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhac204" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04434509v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bencivenga" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Strumia" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cestac" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-022-00697-y" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04459899v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Virecoulon Giudici" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guyonnet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Morley" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Nguyen" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glac244" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256801v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Descamps" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boussac" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Joineau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-44325-x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702532v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Scheltens" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2023.0997" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04345023v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Raffin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Angioni" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Giudici" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Valet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glac018" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04231034v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingxiao He" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis S&#225;nchez S&#225;nchez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glac020" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04252077v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-Hsuan Lu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-022-00554-y" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04353378v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis S&#225;nchez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly V Giudici" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delrieu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-021-00940-2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087877v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pag&#232;s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Costa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Mouni&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40266-022-00938-x" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04127667v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Molet-Benhamou" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17808-6" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659096v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glab094" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588387v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-O. Habert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pallardy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-J. Santiago-Ribeiro" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mednuc.2021.02.001" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500764v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ranjeva" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2020.12.008" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899807v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barreto de Souto" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ader" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Andrieu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Casteilla" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.18" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500485v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P&#233;ran" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dondaine" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Leclerc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gros-Dagnac" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-021-05923-7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905380v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Cumplido&#8208;mayoral" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alle Meije Wink" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Haller" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.053661" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03019973v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Santin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lopez" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.43" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03023578v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Takeda" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-J Ousset" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ader" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.38" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500597v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Ribaldi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Jovicich" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Ferrari" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Picco" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2020.11.008" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04693529v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22168876" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03649025v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-91038-0" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04158260v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bouyahia" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fischer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glaa296" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500798v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Quattrini" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Pievani" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Aiello" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Bargall&#243;" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116932" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500661v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Chan Kwong" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cass&#233;-Perrot" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Costes-Salon" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jouve" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lanteaume" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/JCP.0000000000001199" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092852v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lombardo" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Troter" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guye" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117155" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480240v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Voisin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saint-Aubert" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carrie" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-020-00683-6" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011641v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vallet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. del Campo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lokossou" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bal&#233;dent" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Czosnyka" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09689-z" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500641v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Hooper" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Coley" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jpad.2020.4" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02908566v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques F Barbet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bernaudin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cicone" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Gaugler" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2020.00252" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538458v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima El Mansouri" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kouam&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2020.2975977" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04494014v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Guerville" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Mangin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.16954" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500710v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moira Marizzoni" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Babiloni" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Albani" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2019.12.019" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575161v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Fusco" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Boeri" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180321" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623859v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio del Percio" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Derambure" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Noce" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Lizio" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bartr&#233;s-Faz" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2019.06.007" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623862v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Leroy" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bourriez" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Dujardin" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnam Molaee-Ardekani" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2015.11.018" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3NGQK5BG-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02458376v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chalon" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Vercouillie" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Deloye" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Malherbe" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2019.00090" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303997v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Gutierrez" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jaussent" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Ben Bouall&#232;gue" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine de Verbizier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2019.00989" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591707v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Guerrier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cransac" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Pages" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2019.01010" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288260v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Pothier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09203-5" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01790550v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vauchot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mariano-Goulart" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-018-9833-0" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498722v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vallet" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lorthois" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauveau" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Balardy" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X19851020" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609814v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Moretti" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180158" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489075v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carri&#233;" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Weiner" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.07.008" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02307424v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desmidt" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lebouvier" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Robert" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud David" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2019.08.008" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623863v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180152" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486154v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cassol" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gantet" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mednuc.2019.01.133" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163693v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vergnet" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hives" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Foubert-Samier" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parkreldis.2019.02.006" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04434631v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11061371" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164953v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nourhashemi" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hooper" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cantet" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Feart-Couret" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gennero" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-018-0371-1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01856019v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Yrondi" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam El-Hage" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Moliere" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thalamas" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2018.00326" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591442v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Le Men" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#305;s Gane" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Planton" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180324" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01786614v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-170833" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04403120v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart N M van Berckel" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12696" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652506v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Foug&#232;re" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Sourdet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lilamand" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maturin Tabue-Teguod" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Teysseyre" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1389203718666170317120040" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03266901v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ceccaldi" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Jonveaux" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Verger" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Krolak-Salmon" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Houzard" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2017.09.009" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657965v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Albi" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Pasternak" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovico Minati" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bartres-Faz" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23350" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342041v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fontan" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fonta" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Alonso" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Loukh" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2017.06.032" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PH1SQ9K1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906343v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Salabert" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnc.14062" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657959v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep J. Nathan" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Ying Lim" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemary Abbott" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Galluzzi" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2017.01.013" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436895v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;th&#233; Tauber" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Boulanouar" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie &#199;abal-Berthoumieu" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ehlinger" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1542/peds.2016-2976" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03606879v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jonveaux" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Krolak-Salmon" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Houzard" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01629177v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Friec" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Davoust" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Demain" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vieu" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/2545736" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062035v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gaura" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Lavisse" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Goldman" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verny" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2017.1200" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792572v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-017-0260-z" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657955v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wirsich" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rey" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B&#233;nar" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10548-017-0608-5" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827359v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonnefoy" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(17)30040-6" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZXBLNP9J-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688525v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Adam" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robison" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lu" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jose" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Badran" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12987-017-0054-5" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609812v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Marchitelli" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roser Sala-Llonch" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.07.010" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431268v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Bosch" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23157" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500757v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galluzzi" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marizzoni" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Babiloni" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Albani" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Antelmi" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joim.12482" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01365265v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pariente" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Dumas" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Brandel" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12883-016-0643-y" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01285228v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Djilali" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel O Hoogendijk" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000002235" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01425515v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344921v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djilali Adel" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2015.04.001" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0X63QCP1-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01216401v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demougeot" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585127v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bailly" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destrieux" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hommet" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Mondon" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Cottier" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/583931" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292990v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Arnold" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.06.075" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KCMN3C2M-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00954487v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nemmi" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-014-2728-4" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797480v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hannequin" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel J Barbeau" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Campion" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WAD.0b013e318251d87c" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344978v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nemmi" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Barbeau" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-013-2656-8" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097027v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jovicich" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Marizzoni" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Sala-Llonch" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bosch" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bartres-Faz" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866165v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Vervueren" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2191-219X-3-43" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292997v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2013.05.007" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJBC8M89-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674542v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Albucher" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Delisle" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-2011-111598" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00726336v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Camus" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Barr&#233;" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Desgranges" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-011-2021-8" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212941v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genoveffa Borsci" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#249;ria Bargall&#242;" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2012.05.942" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HX8X6R6R-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572761v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Denuelle" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulloche" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Fabre" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Trotter" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0b013e3182074a57" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515589v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Trotter" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2009.190223" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805442v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Remy" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Miloudi" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Houeto" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Stadler" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2008.107" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726511v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pag&#232;s" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rochaix" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talal Al Saati" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Valmary-Degano" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Boulinguez" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humpath.2007.12.006" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XG1LF0QD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868784v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gantet" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Celler" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Majorel" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gourion" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.2135908" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959115v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bouvet" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Chatelut" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316129v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Lokossou" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Czosnyka" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Liu" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03599034v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garnotel" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Page" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Balardy" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65798-1\_50" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355257v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salabert Anne-Sophie" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alonso" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pottier" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tafani" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256768v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04903882v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Skrzypczyk" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillon" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Georges" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ory Magne" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959132v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie White-Koning" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04891059v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bareille" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cassol" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beck" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246153v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368381v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuzma Strelnikov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Berdier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Payoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barone" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Farrer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121535" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524912v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Pieperhoff" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Lorenzini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mastenbroek" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Tranfa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahnaz Shekari" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2025.103912" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401662v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gouilly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Da-Costa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vrillon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pistono" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Goubeaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-025-03625-x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904132v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489447v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid van Maurik" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Altomare" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyduine Collij" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilia Caprioglio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Moro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.70197" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483622v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bellelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipe de Souto Barreto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cantet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jean Ousset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaj Blennow" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glaf113" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904151v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Salabert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpet.2024.09.012" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524049v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Valette" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Diene" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Glattard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cortadellas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Molinas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03560-3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05525101v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Payoux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heyer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.O. Habert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Flaus" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2025.08.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524016v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pontillo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma S Luckett" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyduine E Collij" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01888-3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503926v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Fabbri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia del Campo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassilios Meissner" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sommet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.70028" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561871v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barateau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Krache" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre da Costa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lecendreux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Debs" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209326" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508517v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamine Sarton" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Est&#233;ban Fridman" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P&#233;ran" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Riu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae045/7615245" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904167v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Maranzano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Ingala" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209801" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04620523v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Layrolle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orssaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Leleu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chavanas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines12030584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506104v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bertrand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Catala" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2024.103626" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368409v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Strelnikov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Karoui" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Salabert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. James" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2024.109079" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696803v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merle H&#246;nig" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Caprioglio" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Barkhof" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/wnl.0000000000208053" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593628v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morland" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukshe Kanagaratnam" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hubel&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Toussaint" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Choquet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13550-024-01111-8" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492066v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetika Aggarwal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E Morley" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vellas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D Nguyen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew A Butler" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-023-00824-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904325v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Grande de Fran&#231;a" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo D&#237;az" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Lengel&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Soriano" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caspar-Bauguil" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glad248" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788074v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beaurain" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gras" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Talmont" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph17101265" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05412792v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Querellou-Lefranc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Darcourt" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guedj" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mednuc.2024.01.186" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485939v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rolland" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martinez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gillette-Guyonnet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Parini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glad236" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615146v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Chenini" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXI.0000000000200263" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977264v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HS9.0000000000000833" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072526v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Khrouf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Saracino" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rucheton" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Houot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Clot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2023.106108" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244094v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pierre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Boucher" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-023-01811-y" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163651v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadlia Karoui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris James" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhac204" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04459899v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Virecoulon Giudici" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guyonnet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Morley" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Nguyen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glac244" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04434509v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bencivenga" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Strumia" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cestac" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-022-00697-y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256801v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Descamps" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boussac" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Joineau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-44325-x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702532v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Scheltens" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2023.0997" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04345023v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Raffin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Angioni" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Giudici" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Valet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glac018" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04231034v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingxiao He" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis S&#225;nchez S&#225;nchez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glac020" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04252077v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-Hsuan Lu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-022-00554-y" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04353378v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis S&#225;nchez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly V Giudici" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delrieu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-021-00940-2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087877v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pag&#232;s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Costa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Mouni&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40266-022-00938-x" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04127667v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Molet-Benhamou" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17808-6" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04158260v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bouyahia" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fischer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glaa296" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03649025v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-91038-0" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905380v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Cumplido&#8208;mayoral" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alle Meije Wink" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Haller" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.053661" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03019973v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Santin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lopez" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ader" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Andrieu" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.43" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03023578v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Takeda" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-J Ousset" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ader" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.38" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588387v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-O. Habert" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pallardy" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-J. Santiago-Ribeiro" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mednuc.2021.02.001" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659096v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glab094" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500764v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ranjeva" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2020.12.008" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500485v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P&#233;ran" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dondaine" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Leclerc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gros-Dagnac" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-021-05923-7" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899807v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barreto de Souto" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Casteilla" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.18" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500597v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Ribaldi" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Jovicich" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Ferrari" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Picco" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2020.11.008" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04693529v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22168876" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500710v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moira Marizzoni" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Babiloni" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Albani" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2019.12.019" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500798v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Quattrini" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Pievani" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Aiello" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Bargall&#243;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116932" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092852v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lombardo" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cass&#233;-Perrot" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Troter" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guye" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117155" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500661v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Chan Kwong" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Costes-Salon" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jouve" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lanteaume" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/JCP.0000000000001199" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480240v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Voisin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saint-Aubert" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carrie" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-020-00683-6" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011641v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vallet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. del Campo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lokossou" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bal&#233;dent" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Czosnyka" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09689-z" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538458v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima El Mansouri" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kouam&#233;" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2020.2975977" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02908566v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques F Barbet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bernaudin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cicone" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Gaugler" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2020.00252" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500641v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Hooper" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Coley" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jpad.2020.4" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04494014v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Guerville" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Mangin" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.16954" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04434631v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11061371" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575161v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Fusco" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Boeri" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180321" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623859v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio del Percio" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Derambure" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Noce" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Lizio" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bartr&#233;s-Faz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2019.06.007" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02458376v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chalon" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Vercouillie" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Deloye" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Malherbe" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2019.00090" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623862v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Leroy" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bourriez" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Dujardin" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnam Molaee-Ardekani" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2015.11.018" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3NGQK5BG-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591707v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Guerrier" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cransac" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Pages" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2019.01010" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288260v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Pothier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09203-5" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303997v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Gutierrez" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jaussent" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Ben Bouall&#232;gue" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine de Verbizier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2019.00989" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01790550v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vauchot" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mariano-Goulart" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-018-9833-0" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591702v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Raposo" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Planton" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Albucher" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-019-04441-1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498722v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vallet" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lorthois" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauveau" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Balardy" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X19851020" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623863v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180152" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609814v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Moretti" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180158" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489075v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carri&#233;" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Weiner" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.07.008" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02307424v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desmidt" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lebouvier" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Robert" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud David" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2019.08.008" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486154v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cassol" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gantet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mednuc.2019.01.133" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163693v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vergnet" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hives" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Foubert-Samier" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parkreldis.2019.02.006" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652506v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Foug&#232;re" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Sourdet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lilamand" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maturin Tabue-Teguod" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Teysseyre" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1389203718666170317120040" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04403120v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart N M van Berckel" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12696" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03266901v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ceccaldi" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Jonveaux" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Verger" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Krolak-Salmon" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Houzard" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2017.09.009" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164953v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nourhashemi" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hooper" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cantet" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Feart-Couret" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gennero" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-018-0371-1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01856019v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Yrondi" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam El-Hage" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Moliere" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thalamas" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2018.00326" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591442v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Le Men" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#305;s Gane" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180324" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01786614v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-170833" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827359v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonnefoy" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(17)30040-6" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZXBLNP9J-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657955v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wirsich" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rey" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B&#233;nar" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10548-017-0608-5" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688525v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Adam" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robison" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lu" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jose" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Badran" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12987-017-0054-5" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657965v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Albi" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Pasternak" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovico Minati" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bartres-Faz" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23350" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342041v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fontan" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fonta" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Alonso" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Loukh" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2017.06.032" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PH1SQ9K1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436895v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;th&#233; Tauber" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Boulanouar" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie &#199;abal-Berthoumieu" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ehlinger" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1542/peds.2016-2976" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906343v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Salabert" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnc.14062" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657959v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep J. Nathan" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Ying Lim" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemary Abbott" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Galluzzi" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2017.01.013" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03606879v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jonveaux" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Krolak-Salmon" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Houzard" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062035v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gaura" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Lavisse" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Goldman" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verny" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2017.1200" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01629177v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Friec" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Davoust" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Demain" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vieu" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/2545736" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792572v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-017-0260-z" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609812v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Marchitelli" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roser Sala-Llonch" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.07.010" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431268v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Bosch" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.23157" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03500757v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galluzzi" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marizzoni" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Babiloni" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Albani" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Antelmi" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joim.12482" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01365265v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pariente" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Dumas" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Brandel" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12883-016-0643-y" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01285228v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Djilali" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel O Hoogendijk" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000002235" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01425515v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344921v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djilali Adel" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2015.04.001" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0X63QCP1-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585127v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bailly" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destrieux" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hommet" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Mondon" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Cottier" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/583931" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01216401v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demougeot" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292990v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Arnold" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.06.075" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KCMN3C2M-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00954487v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nemmi" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-014-2728-4" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292997v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2013.05.007" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJBC8M89-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797480v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hannequin" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel J Barbeau" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Campion" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WAD.0b013e318251d87c" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344978v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nemmi" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Barbeau" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-013-2656-8" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097027v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jovicich" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Marizzoni" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Sala-Llonch" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bosch" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bartres-Faz" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866165v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Vervueren" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2191-219X-3-43" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674542v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Albucher" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Delisle" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-2011-111598" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00726336v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Camus" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Barr&#233;" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Desgranges" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00259-011-2021-8" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212941v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genoveffa Borsci" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#249;ria Bargall&#242;" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2012.05.942" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HX8X6R6R-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572761v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Denuelle" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulloche" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Fabre" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Trotter" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0b013e3182074a57" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515589v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Trotter" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2009.190223" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805442v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Remy" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Miloudi" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Houeto" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Stadler" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2008.107" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726511v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pag&#232;s" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rochaix" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talal Al Saati" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Valmary-Degano" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Boulinguez" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humpath.2007.12.006" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XG1LF0QD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868784v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gantet" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Celler" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Majorel" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gourion" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.2135908" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959115v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bouvet" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Chatelut" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316129v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Lokossou" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Czosnyka" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Liu" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03599034v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garnotel" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Page" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Balardy" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65798-1\_50" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355257v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salabert Anne-Sophie" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alonso" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pottier" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tafani" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256768v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04903882v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Skrzypczyk" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillon" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Georges" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ory Magne" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959132v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie White-Koning" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04891059v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bareille" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cassol" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beck" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246153v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>