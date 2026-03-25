--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1168,396 +1168,396 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04503575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral and brain responses to verbal stimuli reveal transient periods of cognitive integration of the external world during sleep</w:t>
+                <w:t xml:space="preserve">A new open, high-resolution, multishell, diffusion-weighted imaging dataset of the living squirrel monkey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Başak Türker</w:t>
+                <w:t xml:space="preserve">Thomas Orset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esteban Munoz Musat</w:t>
+                <w:t xml:space="preserve">Julie Royo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Chabani</w:t>
+                <w:t xml:space="preserve">Mathieu David Santin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandrine Fonteix-Galet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Thiebaut de Schotten</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41593-023-01449-7⟩</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (224), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-02126-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04244825v1</w:t>
+                <w:t xml:space="preserve">hal-04346760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new open, high-resolution, multishell, diffusion-weighted imaging dataset of the living squirrel monkey</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Behavioral and brain responses to verbal stimuli reveal transient periods of cognitive integration of the external world during sleep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Başak Türker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Orset</w:t>
+                <w:t xml:space="preserve">Esteban Munoz Musat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Royo</w:t>
+                <w:t xml:space="preserve">Emma Chabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu David Santin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Pouget</w:t>
+                <w:t xml:space="preserve">Alexandrine Fonteix-Galet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Thiebaut de Schotten</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Baptiste Maranci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10 (224), pp.1-9. </w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (11), pp.1981-1993. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41597-023-02126-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41593-023-01449-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04346760v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04244825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new open, high-resolution, multishell, diffusion-weighted imaging dataset of the living squirrel monkey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Orset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Royo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu David Santin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Thiebaut de Schotten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Data </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10 (1), pp.224. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41597-023-02126-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727596v1</w:t>
@@ -1698,130 +1698,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavioral and brain responses to verbal stimuli reveal transient periods of cognitive integration of the external world during sleep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Başak Türker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Munoz Musat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Chabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandrine Fonteix-Galet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Maranci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 26 (11), pp.1981-1993. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41593-023-01449-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727617v1</w:t>
@@ -1960,399 +1960,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03800370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covariations between pupil diameter and supplementary eye field activity suggest a role in cognitive effort implementation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From anticipation to impulsivity in Parkinson’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Arcizet</w:t>
+                <w:t xml:space="preserve">Bertrand Degos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Deffieux</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marcus Missal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3001654⟩</w:t>
+              <w:t xml:space="preserve">npj Parkinson's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, pp.125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41531-022-00393-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728640v1</w:t>
+                <w:t xml:space="preserve">hal-04403121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo optogenetic stimulation of the primate retina activates the visual cortex after long-term transduction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Covariations between pupil diameter and supplementary eye field activity suggest a role in cognitive effort implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Claron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Royo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Arcizet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Chaffiol</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Provansal</w:t>
+                <w:t xml:space="preserve">Thomas Deffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Joffrois</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Labernede</w:t>
+                <w:t xml:space="preserve">Mickael Tanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.omtm.2021.11.009⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (5), pp.e3001654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3001654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03512112v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04728640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From anticipation to impulsivity in Parkinson’s disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vivo optogenetic stimulation of the primate retina activates the visual cortex after long-term transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chaffiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Provansal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Joffrois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Degos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Pouget</w:t>
+                <w:t xml:space="preserve">Kévin Blaize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcus Missal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Labernede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Parkinson's Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8, pp.125. </w:t>
+              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24, pp.1 - 10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41531-022-00393-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.omtm.2021.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04403121v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03512112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machine learning algorithms on eye tracking trajectories to classify patients with spatial neglect</w:t>
               </w:r>
@@ -2606,100 +2606,100 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From anticipation to impulsivity in Parkinson’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Degos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Missal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">npj Parkinson's Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 8 (1), pp.125. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41531-022-00393-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727604v1</w:t>
@@ -2723,117 +2723,117 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covariations between pupil diameter and supplementary eye field activity suggest a role in cognitive effort implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Claron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Royo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Arcizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Deffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Tanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 20 (5), pp.e3001654. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pbio.3001654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04060816v1</w:t>
@@ -2968,680 +2968,680 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03568677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a Brain Network Underlying the Execution of Freely Chosen Movements</w:t>
+                <w:t xml:space="preserve">Antisaccade, a predictive marker for freezing of gait in Parkinson’s disease and gait/gaze network connectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Méneret</w:t>
+                <w:t xml:space="preserve">Cécile Gallea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Wicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ewenczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rivaud-Péchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhab204⟩</w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 144 (2), pp.504-514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awaa407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03361367v1</w:t>
+                <w:t xml:space="preserve">hal-03361371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intracellular Properties of Deep-Layer Pyramidal Neurons in Frontal Eye Field of Macaque Monkeys</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optogenetic therapy: high spatiotemporal resolution and pattern discrimination compatible with vision restoration in non-human primates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Goubard</w:t>
+                <w:t xml:space="preserve">Gregory Gauvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Paillé</w:t>
+                <w:t xml:space="preserve">Himanshu Akolkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chaffiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Arcizet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mina A Khoei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Synaptic Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnsyn.2021.725880⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), pp.125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-020-01594-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03376047v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03125732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optogenetic therapy: high spatiotemporal resolution and pattern discrimination compatible with vision restoration in non-human primates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gregory Gauvain</w:t>
+                <w:t xml:space="preserve">The squirrel monkey model in clinical neuroscience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Royo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Himanshu Akolkar</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stephanie J Forkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Thiebaut de Schotten</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-020-01594-w⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2021.06.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03125732v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03260008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The squirrel monkey model in clinical neuroscience</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of a Brain Network Underlying the Execution of Freely Chosen Movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Welniarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Béranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Méneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2021.06.006⟩</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhab204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03260008v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antisaccade, a predictive marker for freezing of gait in Parkinson’s disease and gait/gaze network connectivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Pouget</w:t>
+                <w:t xml:space="preserve">Intracellular Properties of Deep-Layer Pyramidal Neurons in Frontal Eye Field of Macaque Monkeys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Piette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Gallea</w:t>
+                <w:t xml:space="preserve">Marie Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Wicki</w:t>
+                <w:t xml:space="preserve">Clémentine Bosch-Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Ewenczyk</w:t>
+                <w:t xml:space="preserve">Valérie Goubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Rivaud-Péchoux</w:t>
+                <w:t xml:space="preserve">Vincent Paillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 144 (2), pp.504-514. </w:t>
+              <w:t xml:space="preserve">Frontiers in Synaptic Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/brain/awaa407⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnsyn.2021.725880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03361371v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03376047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a Brain Network Underlying the Execution of Freely Chosen Movements</w:t>
               </w:r>
@@ -3666,91 +3666,91 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Béranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Méneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vidailhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 32, pp.216 - 230. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/cercor/bhab204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04333870v1</w:t>
@@ -3800,51 +3800,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Herlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Missal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychopharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 238 (2), pp.559-567. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4274,563 +4274,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02991922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural responses to a photovoltaic subretinal prosthesis implanted in non-human primates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neural correlates and role of medication in reactive motor impulsivity in Tourette disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Atkinson-Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille-Albane Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul-Henri Prévot</w:t>
+                <w:t xml:space="preserve">Astrid de Liege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Wattiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Gehere</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mina A Khoei</w:t>
+                <w:t xml:space="preserve">Yanica Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Biomedical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 4 (2), pp.172-180. </w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125, pp.60 - 72. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41551-019-0484-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2019.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02505613v1</w:t>
+                <w:t xml:space="preserve">hal-03489505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural correlates and role of medication in reactive motor impulsivity in Tourette disorder</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Behavioural responses to a photovoltaic subretinal prosthesis implanted in non-human primates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid de Liege</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Wattiez</w:t>
+                <w:t xml:space="preserve">Paul-Henri Prévot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanica Klein</w:t>
+                <w:t xml:space="preserve">Kevin Gehere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Arcizet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Himanshu Akolkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mina A Khoei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 125, pp.60 - 72. </w:t>
+              <w:t xml:space="preserve">Nature Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (2), pp.172-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2019.12.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41551-019-0484-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03489505v1</w:t>
+                <w:t xml:space="preserve">hal-02505613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional ultrasound imaging of deep visual cortex in awake nonhuman primates</w:t>
+                <w:t xml:space="preserve">MRI monitoring of temperature and displacement for transcranial focus ultrasound applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Blaize</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Arcizet</w:t>
+                <w:t xml:space="preserve">Valéry Ozenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Gesnik</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Harry Ahnine</w:t>
+                <w:t xml:space="preserve">Pierre Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Santin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulisse Ferrari</w:t>
+                <w:t xml:space="preserve">Romain Valabrègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 117 (25), pp.14453-14463. </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 204, pp.116236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1916787117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.116236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02864030v1</w:t>
+                <w:t xml:space="preserve">hal-03033100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRI monitoring of temperature and displacement for transcranial focus ultrasound applications</w:t>
+                <w:t xml:space="preserve">Functional ultrasound imaging of deep visual cortex in awake nonhuman primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valéry Ozenne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Constans</w:t>
+                <w:t xml:space="preserve">Kevin Blaize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Arcizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Santin</w:t>
+                <w:t xml:space="preserve">Marc Gesnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Ahnine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Valabrègue</w:t>
+                <w:t xml:space="preserve">Ulisse Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 204, pp.116236. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (25), pp.14453-14463. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.116236⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1916787117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03033100v1</w:t>
+                <w:t xml:space="preserve">inserm-02864030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual sensory processing is altered in myoclonus dystonia</w:t>
               </w:r>
@@ -5456,51 +5456,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Offline impact of transcranial focused ultrasound on cortical activation in primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lennart Verhagen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Gallea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Folloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5590,90 +5590,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional ultrasound imaging of the brain reveals propagation of task-related brain activity in behaving primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dizeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Gesnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Ahnine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Blaize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Arcizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (1), pp.1400. </w:t>
@@ -5949,51 +5949,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term temporal memory in idiopathic and Parkin-associated Parkinson’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Degos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilhame Ameqrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6001,51 +6001,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rivaud-Pechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Missal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8, pp.87637. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6079,77 +6079,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antisaccades in Parkinson disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ewenczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Mesmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Gallea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Welter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6226,77 +6226,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 200–1380-kHz Quadrifrequency Focused Ultrasound Transducer for Neurostimulation in Rodents and Primates: Transcranial In Vitro Calibration and Numerical Study of the Influence of Skull Cavity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Deffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Tanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6369,77 +6369,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Wattiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Deffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre M Daye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Tanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Stimulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 10, pp.1024 - 1031. </w:t>
@@ -7272,51 +7272,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microscale Inhomogeneity of Brain Tissue Distorts Electrical Signal Propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew J Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Bosch-Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Venance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7532,51 +7532,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Hubsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vidailhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rivaud-Péchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8137,51 +8137,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335773v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bancel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bashaiweth" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Manuel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B&#233;ranger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gall&#233;a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02656736.2025.2481153" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344198v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Zito" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roze" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Tarrano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Ouarab" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasanthi Jegatheesan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.70014" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05383936v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe A Zito" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727637v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Daghsen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Checkouri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymric Wittwer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabregue" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Galanaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2023-331996" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431051v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Liu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Mahony" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaochun Wang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Daye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-51982-z" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727633v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Coarelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubec-Fleury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Petit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Sayah" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fischer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209749" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237617v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delnatte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouget" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Gallea" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Welniarz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2023.108632" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04503575v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Provansal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Salardaine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tissier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dizeux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2023.112369" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04244825v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba&#351;ak T&#252;rker" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Munoz Musat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Chabani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Fonteix-Galet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Maranci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-023-01449-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346760v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Orset" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Royo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu David Santin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thiebaut de Schotten" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02126-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727596v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727625v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727617v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800370v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Milham" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Petkov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suliann Ben Hamed" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Evrard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2021.10.015" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728640v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Arcizet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deffieux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tanter" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3001654" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03512112v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chaffiol" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Joffrois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Blaize" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Labernede" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2021.11.009" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403121v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Degos" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Missal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41531-022-00393-w" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727620v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Franceschiello" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Di Noto" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Bourgeois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micah Murray" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Minier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2022.106929" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03674873v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Sarrazin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chavret-Reculon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bachelin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Felfli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Arab" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2115973119" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727604v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060816v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03568677v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indrajeet Indrajeet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Atkinson-Clement" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Worbe" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supriya Ray" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05692-z" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361367v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie M&#233;neret" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab204" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03376047v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Piette" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandecasteele" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Bosch-Bouju" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Goubard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paill&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsyn.2021.725880" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03125732v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Gauvain" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Akolkar" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina A Khoei" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01594-w" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03260008v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie J Forkel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2021.06.006" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361371v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gallea" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Wicki" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ewenczyk" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rivaud-P&#233;choux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaa407" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333870v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vidailhet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361373v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brul&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Herlin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-020-05706-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992230v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille-Albane Porte" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wattiez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Delorme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70926-x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769486v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Kosutzka" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rivaud-Pechoux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Bonnet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Tisch" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz356" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02991922v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Constans" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ahnine" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lehericy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.12.006" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02505613v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henri Pr&#233;vot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gehere" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-019-0484-2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489505v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid de Liege" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanica Klein" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2019.12.007" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02864030v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Blaize" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gesnik" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulisse Ferrari" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1916787117" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033100v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ozenne" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bour" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabr&#232;gue" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116236" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700152v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Delorme" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eavan M. Mcgovern" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brochard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27857" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02971422v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Frey" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Attali" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.01042" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333875v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Verhagen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Folloni" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Ea Jensen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.40541.001" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331725v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2019.02.023" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346848v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Tarrano" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eavan M Mcgovern" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Vidailhet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2019.01.321" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073656v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.40541" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02094654v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09349-w" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346979v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Stepniewska" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Kaas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.24355" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015098v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Allard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tymoth&#233;e Poitou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Raux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.00663" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01801588v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhame Ameqrane" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-25751-8" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025263v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Mesmoudi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Welter" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gaymard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000003658" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060939v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Aubry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2017.2651648" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060823v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M Daye" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2017.07.007" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01427496v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Navarro-Sune" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Hudson" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio de Vico Fallani" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Martinerie" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Witon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2016.2592820" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01518310v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Murthy" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veit Stuphorn" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2016.0201" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341992v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Johannes Amlang" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hubsch" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophien Mehdi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine El Helou" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww282" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060285v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gomes" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude B&#233;dard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Valtcheva" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nelson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalia Khokhlova" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.11.019" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01300753v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Camors" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Trotter" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gilardeau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23124" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467705v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana B. Chica" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Migliaccio" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri J. Bayle" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duret" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.04.013" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S45M7DSX-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876719v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J Nelson" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Venance" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3502-12.2013" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00830379v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lance Optican" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-11-125" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196716v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2010.232793" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-L11VPR25-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341959v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina A.Khoei" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Galluppi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sabatier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit R Cottereau" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01207793v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Navarro" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Campion" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Similowski" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NER.2015.7146579" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335773v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bancel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bashaiweth" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Manuel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B&#233;ranger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gall&#233;a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02656736.2025.2481153" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344198v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Zito" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roze" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Tarrano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Ouarab" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasanthi Jegatheesan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.70014" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05383936v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe A Zito" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727637v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Daghsen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Checkouri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymric Wittwer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabregue" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Galanaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2023-331996" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431051v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Liu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Mahony" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaochun Wang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Daye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-51982-z" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727633v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Coarelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubec-Fleury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Petit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Sayah" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fischer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209749" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237617v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delnatte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouget" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Gallea" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Welniarz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2023.108632" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04503575v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Provansal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Salardaine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tissier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dizeux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2023.112369" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346760v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Orset" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Royo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu David Santin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thiebaut de Schotten" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02126-x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04244825v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba&#351;ak T&#252;rker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Munoz Musat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Chabani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Fonteix-Galet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Maranci" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-023-01449-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727596v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727625v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727617v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800370v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Milham" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Petkov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suliann Ben Hamed" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Evrard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2021.10.015" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403121v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Degos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Missal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41531-022-00393-w" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728640v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Arcizet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deffieux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tanter" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3001654" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03512112v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chaffiol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Joffrois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Blaize" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Labernede" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2021.11.009" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727620v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Franceschiello" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Di Noto" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Bourgeois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micah Murray" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Minier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2022.106929" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03674873v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Sarrazin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chavret-Reculon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bachelin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Felfli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Arab" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2115973119" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727604v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060816v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03568677v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indrajeet Indrajeet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Atkinson-Clement" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Worbe" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supriya Ray" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05692-z" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361371v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gallea" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Wicki" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ewenczyk" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rivaud-P&#233;choux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaa407" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03125732v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Gauvain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Akolkar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina A Khoei" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01594-w" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03260008v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie J Forkel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2021.06.006" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361367v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie M&#233;neret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhab204" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03376047v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Piette" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandecasteele" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Bosch-Bouju" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Goubard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paill&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsyn.2021.725880" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333870v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vidailhet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361373v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brul&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Herlin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-020-05706-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992230v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille-Albane Porte" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wattiez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Delorme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70926-x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769486v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Kosutzka" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rivaud-Pechoux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Bonnet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Tisch" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz356" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02991922v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Constans" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ahnine" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lehericy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.12.006" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489505v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid de Liege" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanica Klein" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2019.12.007" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02505613v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henri Pr&#233;vot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gehere" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-019-0484-2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033100v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ozenne" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bour" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabr&#232;gue" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116236" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02864030v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Blaize" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gesnik" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulisse Ferrari" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1916787117" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700152v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Delorme" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eavan M. Mcgovern" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brochard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27857" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02971422v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Frey" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Attali" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.01042" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333875v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Verhagen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Folloni" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Ea Jensen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.40541.001" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331725v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2019.02.023" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346848v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Tarrano" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eavan M Mcgovern" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Vidailhet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2019.01.321" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073656v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.40541" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02094654v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09349-w" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346979v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Stepniewska" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Kaas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.24355" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015098v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Allard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tymoth&#233;e Poitou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Raux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.00663" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01801588v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhame Ameqrane" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-25751-8" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025263v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Mesmoudi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Welter" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gaymard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000003658" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060939v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Aubry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2017.2651648" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060823v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M Daye" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2017.07.007" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01427496v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Navarro-Sune" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Hudson" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio de Vico Fallani" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Martinerie" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Witon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2016.2592820" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01518310v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Murthy" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veit Stuphorn" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2016.0201" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341992v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Johannes Amlang" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hubsch" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophien Mehdi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine El Helou" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww282" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060285v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gomes" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude B&#233;dard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Valtcheva" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nelson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalia Khokhlova" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.11.019" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01300753v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Camors" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Trotter" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gilardeau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23124" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467705v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana B. Chica" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Migliaccio" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri J. Bayle" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duret" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.04.013" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S45M7DSX-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876719v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J Nelson" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Venance" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3502-12.2013" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00830379v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lance Optican" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-11-125" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196716v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2010.232793" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-L11VPR25-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341959v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina A.Khoei" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Galluppi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sabatier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit R Cottereau" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01207793v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Navarro" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Campion" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Similowski" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NER.2015.7146579" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>