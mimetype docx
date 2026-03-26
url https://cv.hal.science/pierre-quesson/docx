--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -211,742 +211,742 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La régulation émotionnelle en contexte de changement organisationnel : l'apport de l'attention aux expériences vécues</w:t>
+                <w:t xml:space="preserve">Travailler avec les IA génératives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Cahier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre Quesson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chaire FIT2; Chaire Immersion Générative. Presses des Mines, 2025, 978-2-38542-703-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05249526v1</w:t>
-[...478 lines deleted...]
-                <w:t xml:space="preserve">hal-03543612v1</w:t>
+                <w:t xml:space="preserve">hal-05057416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Travailler avec les IA génératives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Immersive virtual reality for soft-skills training of front-desk agents: Collective creation and appropriation of a virtual learning environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Quesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 32th Innovation and Product Development Management Conference. IPDMC 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Institute for Advanced Studies in Management (EIASM), Jun 2025, Porto, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05249547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determine the future, then shape the present? Alfred Schütz' &amp;quot;Multiple Realities&amp;quot; to explore the co-evolution of digital transformation and institutional logics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Quesson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alberta Institutions Conference 2025. Crafting Futures: Institutions and their Implications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alberta School of Business, University of Alberta, Jun 2025, Banff, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05249902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La régulation émotionnelle en contexte de changement organisationnel : l'apport de l'attention aux expériences vécues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Quesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Muselli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXXIVème Conférence de l'AIMS (Association Internationale de Management Stratégique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIMS, Jun 2025, Lille, France. pp.1-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05249526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concevoir le possible : usages et enjeux de la réalité virtuelle immersive et des métavers pour l'industrie du futur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Quesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de recherche Web 3, Métavers et Management : nouveaux enjeux théoriques et nouvelles pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire de Recherche en Sciences de Gestion Panthéon-Assas - LARGEPA, Jun 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04905835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The feeling of losing the feeling: approaching the radical aspect of digital transformation through emotionalised institutional logics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Quesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">38th EGOS colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03805265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transformation digitale et transformation émotionnelle: la construction d’une fierté pour soutenir le changement organisationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Quesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26ème conférence de l'AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Information et Management (AIM), Jun 2021, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Marie-Laure Cahier</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institutionalising emotions: Crafting pride as an institution to promote organisational change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-05057416v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37th EGOS Colloquium. Organizing for an Inclusive Society: Meanings, Motivations, and Mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Group for Organization Studies (EGOS), Jul 2021, Amsterdam, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -964,51 +964,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determine the future, then shape the present? Alfred Schütz’ “Multiple Realities” to explore the co-evolution of digital transformation and institutional logics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Quesson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
@@ -1030,64 +1030,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The potential of immersive virtual reality for interpersonal skills training - technology development and experimentation processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
@@ -1141,51 +1141,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transformation digitale des entreprises industrielles : l'émergence d'une réalité organisationnelle numérique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Quesson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gestion et management. Université Paris sciences et lettres, 2024. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024UPSLM024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1244,64 +1244,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survey report: Innovation and digital transformation strategies and practices in the EIT Manufacturing ecosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] mines paristech. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -1413,51 +1413,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="27209F0B"/>
+    <w:nsid w:val="87515A3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1644,51 +1644,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-quesson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5853-7570" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/281885141" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05249526v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Quesson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dalmasso" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Muselli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05249547v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249902v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04905835v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03805265v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03543619v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03543612v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057416v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Cahier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04946821v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04946817v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/tel-04905759v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024UPSLM024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03543638v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-quesson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5853-7570" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/281885141" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057416v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Cahier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Quesson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05249547v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dalmasso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249902v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05249526v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Muselli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04905835v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03805265v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03543619v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03543612v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04946821v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04946817v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/tel-04905759v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024UPSLM024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03543638v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>