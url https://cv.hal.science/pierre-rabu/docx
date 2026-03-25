--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -500,161 +500,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04760752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferroelectric order in the chiral coordination polymers [Ln2(L*)2(ox)2(H2O)2] with Ln = Gd3+ or Dy3+, L* = ((S, S)‐1,3‐bis(1‐carboxylethyl)imidazolium and ox = oxalate</w:t>
+                <w:t xml:space="preserve">Recent advances and perspectives for intercalation layered compounds. Part 2: applications in the field of catalysis, environment and health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Farger</w:t>
+                <w:t xml:space="preserve">Chiara Bisio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Leuvrey</w:t>
+                <w:t xml:space="preserve">Jocelyne Brendlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Lenertz</w:t>
+                <w:t xml:space="preserve">Sébastien Cahen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Taupier</w:t>
+                <w:t xml:space="preserve">Yongjun Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kokou Dodzi Dorkenoo</w:t>
+                <w:t xml:space="preserve">Seong-Ju Hwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Inorganic and General Chemistry / Zeitschrift für anorganische und allgemeine Chemie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 650 (11-12), pp.e202400005. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53 (35), pp.14551-14581. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/zaac.202400005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D4DT00757C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04568175v2</w:t>
+                <w:t xml:space="preserve">hal-04740963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of manganese doping and calcination temperature on polarization, structural and magnetic properties of multiferroic LuFe(1-)Mn O3 system</w:t>
               </w:r>
@@ -768,511 +768,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05132555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances and perspectives for intercalation layered compounds. Part 2: applications in the field of catalysis, environment and health</w:t>
+                <w:t xml:space="preserve">Ferroelectric order in the chiral coordination polymers [Ln2(L*)2(ox)2(H2O)2] with Ln = Gd3+ or Dy3+, L* = ((S, S)‐1,3‐bis(1‐carboxylethyl)imidazolium and ox = oxalate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Bisio</w:t>
+                <w:t xml:space="preserve">Pierre Farger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jocelyne Brendlé</w:t>
+                <w:t xml:space="preserve">Cedric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Cahen</w:t>
+                <w:t xml:space="preserve">Marc Lenertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yongjun Feng</w:t>
+                <w:t xml:space="preserve">Gregory Taupier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seong-Ju Hwang</w:t>
+                <w:t xml:space="preserve">Kokou Dodzi Dorkenoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 53 (35), pp.14551-14581. </w:t>
+              <w:t xml:space="preserve">Journal of Inorganic and General Chemistry / Zeitschrift für anorganische und allgemeine Chemie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 650 (11-12), pp.e202400005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D4DT00757C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/zaac.202400005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04740963v1</w:t>
+                <w:t xml:space="preserve">hal-04568175v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of Correlated Morphological and Structural Disorder in Boehmite‐Derived Alumina with Progressive Calcination</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis, Characterization and X-Ray Structure of Mononuclear Cu(II) Complex of the Schiff Base 2,2’- [1,1’-(Ethane-1,2-Diyl) Bis (Nitriloethylidyne)]Diphenol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharmin Sharna</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Gorgui Awa Seck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamour Sarr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lenertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Delahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemCatChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cctc.202400677⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science International Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (6), pp.163-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.9734/CSJI/2024/v33i6935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04808822v1</w:t>
+                <w:t xml:space="preserve">hal-05086193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, Characterization and X-Ray Structure of Mononuclear Cu(II) Complex of the Schiff Base 2,2’- [1,1’-(Ethane-1,2-Diyl) Bis (Nitriloethylidyne)]Diphenol</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Evolution of Correlated Morphological and Structural Disorder in Boehmite‐Derived Alumina with Progressive Calcination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nivedita Sudheer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sharmin Sharna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgile Rouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dris Ihiawakrim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lenertz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science International Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33 (6), pp.163-173. </w:t>
+              <w:t xml:space="preserve">ChemCatChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (20), pp.e202400677. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.9734/CSJI/2024/v33i6935⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cctc.202400677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05086193v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent advances and perspectives on intercalation layered compounds part 1: design and applications in the field of energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Bisio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Brendlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Cahen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seong-Ju Hwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 53 (35), pp.14525-14550. </w:t>
@@ -1483,51 +1483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lenertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1630,51 +1630,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent J Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bizien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Clay Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 231, </w:t>
@@ -1751,51 +1751,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Baâdji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chahrazed Beghidja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Beghidja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1894,51 +1894,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
@@ -2002,64 +2002,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayoro Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lenertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2270,77 +2270,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanhui Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 269, pp.532-539. </w:t>
@@ -2378,51 +2378,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salts and Solvents Effect on the Crystal Structure of Imidazolium Dicarboxylate Salt Based Coordination Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Farger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2430,51 +2430,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19 (8), pp.4264-4272. </w:t>
@@ -2538,51 +2538,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Taubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verónica de Zea Bermudez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2629,51 +2629,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic and luminescent coordination networks based on imidazolium salts and lanthanides for sensitive ratiometric thermometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Farger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2789,77 +2789,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Farger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 18 (3), pp.1809-1817. </w:t>
@@ -2923,51 +2923,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanhui Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3044,90 +3044,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noncentrosymmetric Cu(II) Layered Hydroxide: Synthesis, Crystal Structure, Nonlinear Optical, and Magnetic Properties of Cu-2(OH)(3)(C12H25SO4)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Farger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye-Leroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 18 (3), pp.1809-1817. </w:t>
@@ -3217,51 +3217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Beghidja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Belkhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganica Chimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 476, pp.54-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3347,51 +3347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Beghidja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slimane Dahaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Crystallographica Section C : Structural Chemistry [2014-..]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 73 (12), pp.1050-1055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3477,51 +3477,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissa Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte M. Sevrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 27 (41), pp.1703576. </w:t>
@@ -3559,51 +3559,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration of Luminescent and Magnetic Hybrid Networks Based on Lanthanide Ions and Imidazolium Dicarboxylate Salts: Influence of the Synthesis Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Farger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3719,51 +3719,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verónica de Zea Bermudez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Taubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3823,90 +3823,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Microwave-Assisted Functionalization of the Aurivillius-Phase Bi2SrTa2O9.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanhui Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 55, pp.4039-4046. </w:t>
@@ -3957,90 +3957,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-synthesis modification of the aurivillius phase Bi2SrTa2O9 via in situ microwave-assisted &amp;quot;Click Reaction&amp;quot;.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanhui Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 55, pp.9790-9797. </w:t>
@@ -4091,51 +4091,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-Range Energy Transport via Plasmonic Propagation in a Supramolecular Organic Waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Armao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4247,51 +4247,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Volkringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Farger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 55 (17), pp.8697 - 8705. </w:t>
@@ -4381,51 +4381,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Schoenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Tetard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 686, pp.252-266. </w:t>
@@ -4515,51 +4515,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Danopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Choua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 34 (11), pp.2429-2438. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4587,291 +4587,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05018511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Dimensional Hybrid Materials: Transferring Technology from Biology to Society.</w:t>
+                <w:t xml:space="preserve">Hybrid Materials Engineering in Biology, Chemistry, and Physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nico A. J. M. Sommerdijk</w:t>
+                <w:t xml:space="preserve">Nico Sommerdijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Taubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, pp.1089-1095. </w:t>
+              <w:t xml:space="preserve">, 2015, 2015 (7), pp.1086-1088. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejic.201500153⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201500098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01211693v1</w:t>
+                <w:t xml:space="preserve">hal-05034391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Materials Engineering in Biology, Chemistry, and Physics</w:t>
+                <w:t xml:space="preserve">Two-Dimensional Hybrid Materials: Transferring Technology from Biology to Society.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nico Sommerdijk</w:t>
+                <w:t xml:space="preserve">Nico A. J. M. Sommerdijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Taubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 2015 (7), pp.1086-1088. </w:t>
+              <w:t xml:space="preserve">, 2015, pp.1089-1095. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejic.201500098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201500153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034391v1</w:t>
+                <w:t xml:space="preserve">hal-01211693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid interfaces in layered hydroxides: magnetic and multifunctional superstructures by design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye-Leroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5059,290 +5059,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01180252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imidazolium Dicarboxylate Based Metal-Organic Frameworks Obtained by Solvo-Ionothermal Reaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Farger</w:t>
+                <w:t xml:space="preserve">Insight of an easy topochemical oxidative reaction in obtaining high performance electrochemical capacitor based on Co&amp;lt;sup&amp;gt;II&amp;lt;/sup&amp;gt;Co&amp;lt;sup&amp;gt;III&amp;lt;/sup&amp;gt; monometallic cobalt Layered Double Hydroxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vialat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Guillot</w:t>
+                <w:t xml:space="preserve">Christine Mousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201500825⟩</w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 293, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2015.05.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01276467v1</w:t>
+                <w:t xml:space="preserve">hal-01211720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight of an easy topochemical oxidative reaction in obtaining high performance electrochemical capacitor based on Co&amp;lt;sup&amp;gt;II&amp;lt;/sup&amp;gt;Co&amp;lt;sup&amp;gt;III&amp;lt;/sup&amp;gt; monometallic cobalt Layered Double Hydroxide</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christine Mousty</w:t>
+                <w:t xml:space="preserve">Imidazolium Dicarboxylate Based Metal-Organic Frameworks Obtained by Solvo-Ionothermal Reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Farger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Parizel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.5342-5350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201500825⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2015.05.052⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01211720v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01276467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stabilization of Tetravalent 4f (Ce), 5d (Hf), or 5f (Th, U) Clusters by the [α-SiW9O34 ]10– Polyoxometalate</w:t>
               </w:r>
@@ -5380,51 +5380,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Falaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Trivelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 54 (17), pp.8271 - 8280. </w:t>
@@ -5488,77 +5488,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riadh Bourzami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séraphin Eyele-Mezui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Drillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 53 (2), pp.1184-1194. </w:t>
@@ -5622,51 +5622,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Jouini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souad Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5765,51 +5765,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Rosé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Braunstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5898,51 +5898,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Balti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laila Samia Smiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6299,51 +6299,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From hydrated Ni3(OH)2(C8H4O4)2(H2O)4 to anhydrous Ni2(OH)2(C8H4O4): impact of structural transformations on magnetic properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Sibille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6414,277 +6414,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02044000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced Hybrid Materials: Design and Applications (Editorial)</w:t>
+                <w:t xml:space="preserve">Identification, quantification and modification of detonation nanodiamond functional groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Buehler</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">L Schmidlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Comet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Josset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201201263⟩</w:t>
+              <w:t xml:space="preserve">Diamond and Related Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 22, pp.113-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diamond.2011.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05259182v1</w:t>
+                <w:t xml:space="preserve">hal-05259626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification, quantification and modification of detonation nanodiamond functional groups</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Advanced Hybrid Materials: Design and Applications (Editorial)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Buehler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Taubert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diamond and Related Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.diamond.2011.12.009⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 32, SI, pp.5092-5093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201201263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05259626v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05259182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation of cytocompatible luminescent and magnetic nanohybrids based on ZnO, Zn0.95Ni0.05O and core@shell ZnO@Fe2O3 polymer grafted nanoparticles for biomedical imaging</w:t>
               </w:r>
@@ -6829,77 +6829,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Hybrid Materials Based on Layered Simple Hydroxide Hosts and Dicarboxylate Schiff Base Metal Complex Guests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seraphin Eyele-Mezui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2012 (32), pp.5225-5238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6939,408 +6939,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05259655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Coordinate Iron(II) N-Heterocyclic Carbene Alkyl Complexes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First principles investigation of the atomic structure and magnetic properties of copper hydroxide acetate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel Wesolek</w:t>
+                <w:t xml:space="preserve">Fan Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirill Yu. Monakhov</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Mauro Boero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Massobrio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/om300245z⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15 (2-3), pp.202-208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crci.2011.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05018582v1</w:t>
+                <w:t xml:space="preserve">hal-02996148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peptide-intercalated layered metal hydroxides: effect of peptide chain length and side chain functionality on structural, optical and magnetic properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satyabrata Si</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Taubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mantion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3 (6), pp.1945-1957. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c2sc01087a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05259381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First principles investigation of the atomic structure and magnetic properties of copper hydroxide acetate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fan Yang</w:t>
+                <w:t xml:space="preserve">Three-Coordinate Iron(II) N-Heterocyclic Carbene Alkyl Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Danopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Braunstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Boero</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Marcel Wesolek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirill Yu. Monakhov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 15 (2-3), pp.202-208. </w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 31 (11), pp.4102-4105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crci.2011.09.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/om300245z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996148v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chain-like and dinuclear coordination polymers in lanthanide (Nd, Eu) oxochloride complexes with 2,2′:6′,2′′-terpyridine: synthesis, XRD structure and magnetic properties</w:t>
               </w:r>
@@ -7378,51 +7378,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 40 (36), pp.9136. </w:t>
@@ -7473,64 +7473,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layered hydroxide hybrid nanostructures: a route to multifunctionality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Massobrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Drillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7577,51 +7577,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomimetic synthesis of chiral erbium-doped silver/peptide/silica core-shell nanoparticles (ESPN)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mantion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipp Graf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7711,51 +7711,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intercalation synthesis of functional hybrid materials based on layered simple hydroxide hosts and ionic liquid guests – a pathway towards multifunctional ionogels without a silica matrix?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zailai Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7884,51 +7884,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chahrazed Beghidja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Beghidja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Welter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8039,51 +8039,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 2009 (25), pp.3713-3720</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8102,282 +8102,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02032409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable Synthesis of Prussian Blue in Exponentially Growing Polyelectrolyte Multilayer Films</w:t>
+                <w:t xml:space="preserve">New metastable hybrid phase, Zn2(OH)2(C8H4O4), exhibiting unique oxo-penta-coordinated Zn(II) atoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Laugel</w:t>
+                <w:t xml:space="preserve">Anne Carton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouzia Boulmedais</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Lionel Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel François</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11 (4), pp.818-823</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04845655v1</w:t>
+                <w:t xml:space="preserve">hal-02032240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New metastable hybrid phase, Zn2(OH)2(C8H4O4), exhibiting unique oxo-penta-coordinated Zn(II) atoms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunable Synthesis of Prussian Blue in Exponentially Growing Polyelectrolyte Multilayer Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laugel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouzia Boulmedais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Carton</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Alae El Haitami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rogez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25 (24), pp.14030-14036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la901479z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02032240v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic Properties and Pressure-Induced Ferromagnetism of Cu2(OH)3(CH3COO)·H2O</w:t>
               </w:r>
@@ -8389,51 +8389,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kentaro Suzuki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Haines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katsuya Inoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8948,51 +8948,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Grosshans-Vièles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Tihay-Schweyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Paillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9095,51 +9095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arie Van-Der-Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Masquelez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihai Barboiu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9224,51 +9224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Grosshans-Vieles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Tihay-Schweyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Paillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9521,51 +9521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Drillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 19 (5-6), pp.655-660</w:t>
@@ -9626,51 +9626,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanomatériaux, nanotechnologies: quel nanomonde pour le futur?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rabu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chimie, nanomatériaux et nanotechnologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9785,51 +9785,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="004A4D57"/>
+    <w:nsid w:val="29D40BEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10016,51 +10016,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-rabu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6779-1527" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112465080" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316789v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Chapel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Henry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Payet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leuvrey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Leroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2025.108017" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760752v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivedita Sudheer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Rouchon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dris Ihiawakrim" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lefebvre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Levitz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2024050" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568175v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Farger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Leuvrey" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lenertz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Taupier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou Dodzi Dorkenoo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.202400005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132555v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrius Pakalni&#353;kis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gediminas Niaura" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rimantas Ramanauskas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna N Morozovska" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A Eliseev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2024.178335" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04740963v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bisio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Brendl&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cahen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongjun Feng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seong-Ju Hwang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT00757C" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04808822v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharmin Sharna" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202400677" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086193v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorgui Awa Seck" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamour Sarr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delahaye" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rabu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/CSJI/2024/v33i6935" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04740929v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT00755G" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326527v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Karpinsky" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rogez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.172805" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745680v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Kumar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Evrard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Garcia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03013" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858072v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivagen Vydelingum" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J Michot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bizien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2022.106740" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836037v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Boutebdja" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Ba&#226;dji" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazed Beghidja" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Beghidja" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.134041" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336183v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bouillet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.08.213" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268319v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Benamara" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayoro Diop" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gilliot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202100143" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614502v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Boussadia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Gali" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Elhabiri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2020.119656" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194206v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanhui Wang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2018.10.034" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325177v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fran&#231;ois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.8b01725" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429242v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Taubert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica de Zea Bermudez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.10.247" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325077v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gallart" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.259" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324938v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Delahaye" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.7b01692" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063485v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolopoulou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SC01754A" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409694v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delahaye-Leroi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.7601692" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342542v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheila Ouilia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Belkhiri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2018.02.024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342549v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouheroum" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aouatef Cherouana" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Dahaoui" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053229617013766" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01624542v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyad Chaker" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Roger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte M. Sevrain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201703576" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909974v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry3010001" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525227v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.8.87" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334266v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00338" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384721v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01600" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916596v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Armao" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Moulin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Giuseppone" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.6b00581" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782670v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Falaise" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Volkringer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Henry" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01232" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095953v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ali Bousnina" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Turki" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schoenstein" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tetard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.05.349" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018511v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Massard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Braunstein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Danopoulos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Choua" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om501178p" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211693v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico A. J. M. Sommerdijk" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500153" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034391v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Sommerdijk" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500098" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679521v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ntrev-2015-0017" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180252v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;raphin Eyele-Mezui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vialat" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Higy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Bourzami" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b02985" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276467v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Parizel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500825" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E38FAE6DCA75512C6CB7AC1742229A929BA73E23/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211720v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mousty" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2015.05.052" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780681v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duval" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien B&#233;ghin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b00786" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036683v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Drillon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic4027688" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259357v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Taibi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Jouini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Ammar" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Fievet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc32530j" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019190v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulin Buchwalter" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Ros&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebeau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2013.09.019" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-85R4GHPS-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988785v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Balti" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Samia Smiri" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Viana" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.02.118" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248858v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Rose" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Ersen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Girleanu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-013-2132-1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3ZQL1BJ7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780283v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Vigier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Beaurain" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja4067207" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044000v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sibille" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leb&#232;gue" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mazet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic402106v" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259182v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Buehler" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201201263" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259626v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Schmidlin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Pichot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Comet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Josset" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2011.12.009" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXGXDZWK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259665v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Balti" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Barrere" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gueguen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Poussard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pavon-Djavid" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-012-1266-x" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-586Z7MQ5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259655v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seraphin Eyele-Mezui" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201200695" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-97B591T1-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018582v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Wesolek" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Yu. Monakhov" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om300245z" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259381v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyabrata Si" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mantion" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sc01087a" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996148v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Boero" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Massobrio" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2011.09.007" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173758v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lhoste" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana P&#233;rez-Campos" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Loiseau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1dt10485c" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260106v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cs00159g" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033253v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Graf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Haase" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Th&#252;nemann" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1nr10930h" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032927v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailai Xie" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schaefer" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Douce" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1DT10841G" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259669v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahra Bouchameni" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Welter" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2011.04.007" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W9QTFM0C-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02032409v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Demessence" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845655v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Laugel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Boulmedais" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alae El Haitami" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la901479z" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02032240v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carton" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371425v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Suzuki" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Haines" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuya Inoue" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp807636u" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-KP9BD9NP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591019v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Grosshans-Vi&#232;les" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Croizat" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paillaud" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10876-007-0171-4" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/103FF603B07FAC4FF967687F16C783E03759324E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335592v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Grosshans-Vieles" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Croizat" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ersen Jacky Rose" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653005v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Amouri" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Desmarets" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bettoschi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Noelle Rager" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Boubekeur" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200700265" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DDK1P7SH-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592608v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tihay-Schweyer" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2007.01.056" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449818v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Legrand" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Van-Der-Lee" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Masquelez" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Barboiu" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic700867b" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-62PGKC0X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187014v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022460v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Rueff" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nierengarten" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cr&#233;gut" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm049792c" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-7GLVXQ3Z-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207378v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kahn" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Oushoorn" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342548v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-rabu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6779-1527" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112465080" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316789v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Chapel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Henry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Payet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leuvrey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Leroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2025.108017" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760752v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivedita Sudheer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Rouchon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dris Ihiawakrim" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lefebvre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Levitz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2024050" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04740963v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bisio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Brendl&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cahen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongjun Feng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seong-Ju Hwang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT00757C" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132555v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrius Pakalni&#353;kis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gediminas Niaura" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rimantas Ramanauskas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna N Morozovska" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A Eliseev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2024.178335" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568175v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Farger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Leuvrey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lenertz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Taupier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou Dodzi Dorkenoo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.202400005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086193v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorgui Awa Seck" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamour Sarr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delahaye" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rabu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/CSJI/2024/v33i6935" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04808822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharmin Sharna" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202400677" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04740929v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT00755G" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326527v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Karpinsky" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rogez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.172805" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745680v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Kumar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Evrard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Garcia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03013" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858072v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivagen Vydelingum" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J Michot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bizien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2022.106740" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836037v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Boutebdja" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Ba&#226;dji" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazed Beghidja" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Beghidja" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.134041" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336183v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bouillet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.08.213" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268319v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Benamara" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayoro Diop" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gilliot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202100143" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614502v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Boussadia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Gali" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Elhabiri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2020.119656" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194206v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanhui Wang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2018.10.034" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325177v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fran&#231;ois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.8b01725" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429242v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Taubert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica de Zea Bermudez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.10.247" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325077v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gallart" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.259" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324938v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Delahaye" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.7b01692" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063485v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolopoulou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SC01754A" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409694v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delahaye-Leroi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.7601692" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342542v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheila Ouilia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Belkhiri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2018.02.024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342549v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouheroum" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aouatef Cherouana" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Dahaoui" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053229617013766" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01624542v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyad Chaker" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Roger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte M. Sevrain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201703576" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909974v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry3010001" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525227v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.8.87" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334266v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00338" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384721v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01600" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916596v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Armao" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Moulin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Giuseppone" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.6b00581" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782670v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Falaise" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Volkringer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Henry" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01232" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095953v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ali Bousnina" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Turki" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schoenstein" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tetard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.05.349" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018511v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Massard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Braunstein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Danopoulos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Choua" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om501178p" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034391v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Sommerdijk" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500098" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211693v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico A. J. M. Sommerdijk" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500153" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679521v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ntrev-2015-0017" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180252v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;raphin Eyele-Mezui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vialat" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Higy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Bourzami" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b02985" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211720v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mousty" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2015.05.052" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276467v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Parizel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500825" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E38FAE6DCA75512C6CB7AC1742229A929BA73E23/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780681v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duval" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien B&#233;ghin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b00786" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036683v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Drillon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic4027688" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259357v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Taibi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Jouini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Ammar" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Fievet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc32530j" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019190v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulin Buchwalter" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Ros&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebeau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2013.09.019" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-85R4GHPS-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988785v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Balti" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Samia Smiri" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Viana" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.02.118" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248858v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Rose" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Ersen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Girleanu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-013-2132-1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3ZQL1BJ7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780283v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Vigier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Beaurain" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja4067207" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044000v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sibille" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leb&#232;gue" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mazet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic402106v" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259626v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Schmidlin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Pichot" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Comet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Josset" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2011.12.009" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXGXDZWK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259182v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Buehler" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201201263" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259665v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Balti" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Barrere" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gueguen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Poussard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pavon-Djavid" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-012-1266-x" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-586Z7MQ5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259655v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seraphin Eyele-Mezui" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201200695" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-97B591T1-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996148v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Boero" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Massobrio" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2011.09.007" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259381v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyabrata Si" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mantion" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sc01087a" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018582v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Wesolek" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Yu. Monakhov" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om300245z" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173758v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lhoste" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana P&#233;rez-Campos" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Loiseau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1dt10485c" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260106v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cs00159g" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033253v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Graf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Haase" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Th&#252;nemann" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1nr10930h" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032927v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailai Xie" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schaefer" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Douce" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1DT10841G" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259669v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahra Bouchameni" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Welter" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2011.04.007" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W9QTFM0C-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02032409v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Demessence" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02032240v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carton" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845655v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Laugel" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Boulmedais" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alae El Haitami" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la901479z" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371425v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Suzuki" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Haines" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuya Inoue" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp807636u" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-KP9BD9NP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591019v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Grosshans-Vi&#232;les" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Croizat" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paillaud" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10876-007-0171-4" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/103FF603B07FAC4FF967687F16C783E03759324E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335592v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Grosshans-Vieles" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Croizat" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ersen Jacky Rose" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653005v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Amouri" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Desmarets" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bettoschi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Noelle Rager" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Boubekeur" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200700265" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DDK1P7SH-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592608v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tihay-Schweyer" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2007.01.056" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449818v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Legrand" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Van-Der-Lee" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Masquelez" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Barboiu" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic700867b" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-62PGKC0X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187014v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022460v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Rueff" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nierengarten" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cr&#233;gut" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm049792c" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-7GLVXQ3Z-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207378v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kahn" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Oushoorn" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342548v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>