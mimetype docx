--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1111,230 +1111,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00547406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear MHD simulations of edge localized modes (ELMs)</w:t>
+                <w:t xml:space="preserve">Numerical simulation of unsteady MHD flows and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Huysmans</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stanislas Pamela</w:t>
+                <w:t xml:space="preserve">Remi Abgrall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emiel van Der Plas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Ramet</w:t>
+                <w:t xml:space="preserve">Robin Huart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 51 (12), pp.124012</w:t>
+              <w:t xml:space="preserve">Magnetohydrodynamics c/c of Magnitnaia Gidrodinamika</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 45 (2), pp.225-232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01251754v1</w:t>
+                <w:t xml:space="preserve">hal-00547413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulation of unsteady MHD flows and applications</w:t>
+                <w:t xml:space="preserve">Non-linear MHD simulations of edge localized modes (ELMs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Abgrall</w:t>
+                <w:t xml:space="preserve">G. Huysmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Pamela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiel van Der Plas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Robin Huart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetohydrodynamics c/c of Magnitnaia Gidrodinamika</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 45 (2), pp.225-232</w:t>
+              <w:t xml:space="preserve">Plasma Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 51 (12), pp.124012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00547413v1</w:t>
+                <w:t xml:space="preserve">hal-01251754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On finding approximate supernodes for an efficient ILU(k) factorization</w:t>
               </w:r>
@@ -1915,51 +1915,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scalable and portable LU factorization with partial pivoting on top of runtime systems</w:t>
+                <w:t xml:space="preserve">Batching the tasks of the LU factorization with partial pivoting on top of runtime systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alycia Lisito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
@@ -1990,97 +1990,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPDPS25 - 39th IEEE International Parallel and Distributed Processing Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Milan, Italy</w:t>
+              <w:t xml:space="preserve">COMPAS 2025 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04984070v1</w:t>
+                <w:t xml:space="preserve">hal-05148627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Batching the tasks of the LU factorization with partial pivoting on top of runtime systems</w:t>
+                <w:t xml:space="preserve">Scalable and portable LU factorization with partial pivoting on top of runtime systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alycia Lisito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
@@ -2111,527 +2111,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPAS 2025 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">IPDPS25 - 39th IEEE International Parallel and Distributed Processing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05148627v1</w:t>
+                <w:t xml:space="preserve">hal-04984070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slides 18th CMCIM 2024, Toward an algebraic multigrid method for the indefinite Helmholtz equation</w:t>
+                <w:t xml:space="preserve">Comparative Study of Mixed-Precision and Low-Rank Compression Techniques in Sparse Direct Solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rob Falgout</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Lecouvez</w:t>
+                <w:t xml:space="preserve">Brieuc Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clément Richefort</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alycia Lisito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kherraz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Copper Mountain Conference On Iterative Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Frisco (Co), United States</w:t>
+              <w:t xml:space="preserve">2024 SIAM Conference on Applied Linear Algebra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for Industrial and Applied Mathematics, May 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04620993v1</w:t>
+                <w:t xml:space="preserve">hal-04585047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing sparse direct solver scalability through runtime system automatic data partition</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Pichon</w:t>
+                <w:t xml:space="preserve">Slides 18th CMCIM 2024, Toward an algebraic multigrid method for the indefinite Helmholtz equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rob Falgout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lecouvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Richefort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WAMTA 2024 - Workshop on Asynchronous Many-Task Systems and Applications 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18th Copper Mountain Conference On Iterative Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Frisco (Co), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-61763-8_10⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04527103v1</w:t>
+                <w:t xml:space="preserve">cea-04620993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of Mixed-Precision and Low-Rank Compression Techniques in Sparse Direct Solvers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brieuc Nicolas</w:t>
+                <w:t xml:space="preserve">Enhancing sparse direct solver scalability through runtime system automatic data partition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alycia Lisito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Kherraz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 SIAM Conference on Applied Linear Algebra</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WAMTA 2024 - Workshop on Asynchronous Many-Task Systems and Applications 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Knoxville, United States. pp.105-110, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-61763-8_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04585047v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Student Paper Competition, Copper Mountain Conference 2023 - Toward a multilevel method for the Helmholtz equation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Slides, SIAM CSE 2023 - Toward a multilevel method for the Helmholtz Equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Falgout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lecouvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Richefort</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st SIAM Copper Mountain Conference on Multigrid Method</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Copper Mountain, CO, United States</w:t>
+              <w:t xml:space="preserve">CSE 2023 - SIAM Conference on Computational Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04046622v1</w:t>
+                <w:t xml:space="preserve">hal-04046630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New parallel features in the sparse solver PaStiX</w:t>
               </w:r>
@@ -2706,135 +2706,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slides, SIAM CSE 2023 - Toward a multilevel method for the Helmholtz Equation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Student Paper Competition, Copper Mountain Conference 2023 - Toward a multilevel method for the Helmholtz equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Richefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lecouvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Falgout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Richefort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CSE 2023 - SIAM Conference on Computational Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">21st SIAM Copper Mountain Conference on Multigrid Method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Copper Mountain, CO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04046630v1</w:t>
+                <w:t xml:space="preserve">hal-04046622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciding Non-Compressible Blocks in Sparse Direct Solvers using Incomplete Factorization</w:t>
               </w:r>
@@ -2931,247 +2931,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03361299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving mapping for sparse direct solvers: A trade-off between data locality and load balancing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Benoit</w:t>
+                <w:t xml:space="preserve">Recent Developments Around the Block Low-Rank PaStiX Solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroPar 2020 - 26th International European Conference on Parallel and Distributed Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Warsaw / Virtual, Poland. pp.1-16</w:t>
+              <w:t xml:space="preserve">PP 2020 - SIAM Conference on Parallel Processing for Scientific Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Seattle, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02973315v1</w:t>
+                <w:t xml:space="preserve">hal-03140189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Developments Around the Block Low-Rank PaStiX Solver</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Pichon</w:t>
+                <w:t xml:space="preserve">Improving mapping for sparse direct solvers: A trade-off between data locality and load balancing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changjiang Gou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al Zoobi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PP 2020 - SIAM Conference on Parallel Processing for Scientific Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Seattle, United States</w:t>
+              <w:t xml:space="preserve">EuroPar 2020 - 26th International European Conference on Parallel and Distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Warsaw / Virtual, Poland. pp.1-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140189v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rank Revealing QR Methods for Sparse Block Low Rank Solvers</w:t>
               </w:r>
@@ -3380,204 +3380,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01956962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rank Revealing QR Methods for Sparse Block Low Rank Solvers</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Block Low Rank Algebraic Clustering for Sparse Direct Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPAS 2019 - Conférence d'informatique en Parallélisme, Architecture et Système</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Anglet, France</w:t>
+              <w:t xml:space="preserve">Journées Ondes Sud-Ouest (JOSO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Le Barp, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02326084v1</w:t>
+                <w:t xml:space="preserve">hal-02139186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Block Low Rank Algebraic Clustering for Sparse Direct Solvers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rank Revealing QR Methods for Sparse Block Low Rank Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esragul Korkmaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ondes Sud-Ouest (JOSO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Le Barp, France</w:t>
+              <w:t xml:space="preserve">COMPAS 2019 - Conférence d'informatique en Parallélisme, Architecture et Système</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02139186v1</w:t>
+                <w:t xml:space="preserve">hal-02326084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiting Parameterized Task-graph in Sparse Direct Solvers</w:t>
               </w:r>
@@ -3652,51 +3652,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01956963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de la compression Block Low-Rank pour accélérer un solveur direct creux supernodal</w:t>
+                <w:t xml:space="preserve">Supernodes ordering to enhance Block Low-Rank compression in sparse direct solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darve</w:t>
@@ -3727,97 +3727,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPAS 2018 - Conférence d'informatique en Parallélisme, Architecture et Système</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">PMAA 2018 - 10th International Workshop on Parallel Matrix Algorithms and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01956959v1</w:t>
+                <w:t xml:space="preserve">hal-01956960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supernodes ordering to enhance Block Low-Rank compression in sparse direct solvers</w:t>
+                <w:t xml:space="preserve">Utilisation de la compression Block Low-Rank pour accélérer un solveur direct creux supernodal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darve</w:t>
@@ -3848,97 +3848,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PMAA 2018 - 10th International Workshop on Parallel Matrix Algorithms and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">COMPAS 2018 - Conférence d'informatique en Parallélisme, Architecture et Système</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01956960v1</w:t>
+                <w:t xml:space="preserve">hal-01956959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse Supernodal Solver Using Hierarchical Compression over Runtime System</w:t>
+                <w:t xml:space="preserve">Sparse Supernodal Solver Using Block Low-Rank Compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darve</w:t>
@@ -3969,97 +3969,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Computation Science and Engineering (CSE'17)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Atlanta, United States</w:t>
+              <w:t xml:space="preserve">18th IEEE International Workshop on Parallel and Distributed Scientific and Engineering Computing (PDSEC 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01421379v1</w:t>
+                <w:t xml:space="preserve">hal-01502215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse Supernodal Solver Using Block Low-Rank Compression</w:t>
+                <w:t xml:space="preserve">Sparse Supernodal Solver Using Hierarchical Compression over Runtime System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darve</w:t>
@@ -4090,73 +4090,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th IEEE International Workshop on Parallel and Distributed Scientific and Engineering Computing (PDSEC 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Orlando, United States</w:t>
+              <w:t xml:space="preserve">SIAM Conference on Computation Science and Engineering (CSE'17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Atlanta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01502215v1</w:t>
+                <w:t xml:space="preserve">hal-01421379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse Supernodal Solver exploiting Low-Rankness Property</w:t>
               </w:r>
@@ -4460,184 +4460,171 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01421383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse Supernodal Solver Using Hierarchical Compression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploiting Kepler architecture in sparse direct solver with runtime systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Fast Direct Solvers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Purdue, United States</w:t>
+              <w:t xml:space="preserve">9th International Workshop on Parallel Matrix Algorithms and Applications (PMAA'2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01421368v1</w:t>
+                <w:t xml:space="preserve">hal-01421372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Blocking Strategies for Sparse Direct Solvers on Top of Generic Runtimes</w:t>
+                <w:t xml:space="preserve">Exploiting H-Matrices in Sparse Direct Solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4665,100 +4652,87 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01251808v1</w:t>
+                <w:t xml:space="preserve">hal-01251812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting H-Matrices in Sparse Direct Solvers</w:t>
+                <w:t xml:space="preserve">Impact of Blocking Strategies for Sparse Direct Solvers on Top of Generic Runtimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pichon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Darve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4786,75 +4760,75 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01251812v1</w:t>
+                <w:t xml:space="preserve">hal-01251808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of low rank approximations for sparse direct solvers</w:t>
+                <w:t xml:space="preserve">Sparse Supernodal Solver Using Hierarchical Compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darve</w:t>
@@ -4885,263 +4859,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Annual Meeting (AN'16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Boston, United States</w:t>
+              <w:t xml:space="preserve">Workshop on Fast Direct Solvers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Purdue, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01421376v1</w:t>
+                <w:t xml:space="preserve">hal-01421368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting Kepler architecture in sparse direct solver with runtime systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the use of low rank approximations for sparse direct solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Workshop on Parallel Matrix Algorithms and Applications (PMAA'2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">SIAM Annual Meeting (AN'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01421372v1</w:t>
+                <w:t xml:space="preserve">hal-01421376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a recursive graph bipartitioning algorithm for well balanced domain decomposition</w:t>
+                <w:t xml:space="preserve">A task-based sparse direct solver suited for large scale hierarchical/heterogeneous architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Casadei</w:t>
+                <w:t xml:space="preserve">Xavier Lacoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Conference on Computational Science and Engineering (SIAM CSE 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Salt Lake City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01100985v1</w:t>
+                <w:t xml:space="preserve">hal-01100979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Cartesian Transport Sweep for Massively Parallel Architectures with PARSEC</w:t>
               </w:r>
@@ -5238,1500 +5238,1500 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01078362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blocking strategy optimizations for sparse direct linear solver on heterogeneous architectures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Pichon</w:t>
+                <w:t xml:space="preserve">Towards a recursive graph bipartitioning algorithm for well balanced domain decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Casadei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sparse Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Saint Girons, France</w:t>
+              <w:t xml:space="preserve">SIAM Conference on Computational Science and Engineering (SIAM CSE 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Salt Lake City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01187881v1</w:t>
+                <w:t xml:space="preserve">hal-01100985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a recursive graph bipartitioning algorithm for well balanced domain decomposition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Astrid Casadei</w:t>
+                <w:t xml:space="preserve">Blocking strategy optimizations for sparse direct linear solver on heterogeneous architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mini-Symposium on "Combinatorial Issues in Sparse Matrix Computation" at ICIAM'15 conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Beijing, China</w:t>
+              <w:t xml:space="preserve">Sparse Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Saint Girons, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01100990v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of H-Matrix Arithmetic in PaStiX: a Preliminary Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Pichon</w:t>
+                <w:t xml:space="preserve">Towards a recursive graph bipartitioning algorithm for well balanced domain decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Casadei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Fast Direct Solvers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Mini-Symposium on "Combinatorial Issues in Sparse Matrix Computation" at ICIAM'15 conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01187882v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01100990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the design of parallel linear solvers for large scale problems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the use of H-Matrix Arithmetic in PaStiX: a Preliminary Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mini-Symposium on Recent advances in matrix computations for extreme-scale computers at ICIAM'15 conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Beijing, China</w:t>
+              <w:t xml:space="preserve">Workshop on Fast Direct Solvers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01100987v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A task-based sparse direct solver suited for large scale hierarchical/heterogeneous architectures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+                <w:t xml:space="preserve">On the design of parallel linear solvers for large scale problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Computational Science and Engineering (SIAM CSE 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Salt Lake City, United States</w:t>
+              <w:t xml:space="preserve">Mini-Symposium on Recent advances in matrix computations for extreme-scale computers at ICIAM'15 conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01100979v1</w:t>
+                <w:t xml:space="preserve">hal-01100987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nested dissection with balanced halo</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">An improved recursive graph bipartitioning algorithm for well balanced domain decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Casadei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth SIAM Workshop on Combinatorial Scientific Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on High Performance Computing (HiPC 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Goa, India. pp.1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/HiPC.2014.7116878⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00987099v1</w:t>
+                <w:t xml:space="preserve">hal-01100962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel 3D Sweep Kernel with PARSEC</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Plagne</w:t>
+                <w:t xml:space="preserve">Nested dissection with balanced halo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Casadei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HPCC Workshop on HPC-CFD in Energy/Transport Domains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Sixth SIAM Workshop on Combinatorial Scientific Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01078364v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00987099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taking advantage of hybrid systems for sparse direct solvers via task-based runtimes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Lacoste</w:t>
+                <w:t xml:space="preserve">Parallel 3D Sweep Kernel with PARSEC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salli Moustafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Plagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">George Bosilca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HCW'2014 workshop of IPDPS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">HPCC Workshop on HPC-CFD in Energy/Transport Domains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00987094v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01078364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward parallel scalable linear solvers suited for large scale hierarchical parallel platforms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+                <w:t xml:space="preserve">Taking advantage of hybrid systems for sparse direct solvers via task-based runtimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Bosilca</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Computational Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">HCW'2014 workshop of IPDPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Phoenix, United States. pp.29-38, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPSW.2014.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00987110v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00987094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An improved recursive graph bipartitioning algorithm for well balanced domain decomposition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Astrid Casadei</w:t>
+                <w:t xml:space="preserve">Toward parallel scalable linear solvers suited for large scale hierarchical parallel platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on High Performance Computing (HiPC 2014)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">World Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Barcelona, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01100962v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00987110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shared Memory Parallelism for 3D Cartesian Discrete Ordinates Solver</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Angélique Ponçot</w:t>
+                <w:t xml:space="preserve">Towards Domain Decomposition with Balanced Halo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Casadei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint International Conference on Supercomputing in Nuclear Applications and Monte Carlo 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop Celebrating 40 Years of Nested Dissection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Waterloo, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00924989v2</w:t>
+                <w:t xml:space="preserve">hal-00924977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From hybrid architectures to hybrid solvers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shared Memory Parallelism for 3D Cartesian Discrete Ordinates Solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salli Moustafa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Dutka Malen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Plagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Ponçot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Celebrating 40 Years of Nested Dissection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Waterloo, Canada</w:t>
+              <w:t xml:space="preserve">Joint International Conference on Supercomputing in Nuclear Applications and Monte Carlo 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00924979v1</w:t>
+                <w:t xml:space="preserve">hal-00924989v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Domain Decomposition with Balanced Halo</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From hybrid architectures to hybrid solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Celebrating 40 Years of Nested Dissection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Waterloo, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00924977v1</w:t>
+                <w:t xml:space="preserve">hal-00924979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine Grain Scheduling for Sparse Solver on Manycore Architectures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+                <w:t xml:space="preserve">Memory Optimization to Build a Schur Complement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Casadei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2012, Savannah, United States</w:t>
+              <w:t xml:space="preserve">SIAM Conference on Applied Linear Algebra (SIAM LA 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00769026v1</w:t>
+                <w:t xml:space="preserve">hal-00769029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse direct solver on top of large-scale multicore systems with GPU accelerators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6763,230 +6763,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00769027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a supernodal sparse direct solver over DAG runtimes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fine Grain Scheduling for Sparse Solver on Manycore Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ichitaro Yamazaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parallel Matrix Algorithms and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2012, Savannah, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00769030v1</w:t>
+                <w:t xml:space="preserve">hal-00769026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory Optimization to Build a Schur Complement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward a supernodal sparse direct solver over DAG runtimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Bosilca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Casadei</w:t>
+                <w:t xml:space="preserve">Xavier Lacoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ichitaro Yamazaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Applied Linear Algebra (SIAM LA 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Valence, Spain</w:t>
+              <w:t xml:space="preserve">Parallel Matrix Algorithms and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00769029v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00769030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an International Matrix-Solver Prediction System on a French-Japanese International Grid Computing Environment</w:t>
               </w:r>
@@ -7205,77 +7205,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Linear MHD simulations of Edge Localised Modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Huysmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Pamela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiel van Der Plas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7307,122 +7307,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00403797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A NUMA Aware Scheduler for a Parallel Sparse Direct Solver</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Lacoste</w:t>
+                <w:t xml:space="preserve">A domain decomposition method applied to the simplified transport equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Barrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lathuilière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PMAA'08</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Neuchâtel, Switzerland</w:t>
+              <w:t xml:space="preserve">IEEE 11th International Conference on Computational Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Sao Paulo, Brazil. pp.91--97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00344709v1</w:t>
+                <w:t xml:space="preserve">inria-00346022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward an international sparse linear algebra expert system by interconnecting the ITBL computational Grid with the Grid-TLSE platform</w:t>
               </w:r>
@@ -7527,159 +7540,133 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00689964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A domain decomposition method for the resolution of an eigenvalue problem in neutron physics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lathuilière</w:t>
+                <w:t xml:space="preserve">Dynamic Scheduling for sparse direct Solver on NUMA architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Iterative Methods in Scientific Computing (IMACS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Lille, France</w:t>
+              <w:t xml:space="preserve">PARA'08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00346021v1</w:t>
+                <w:t xml:space="preserve">inria-00344026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Domain Decomposition Method Applied to Large Eigenvalue Problems in Neutron Physics</w:t>
+                <w:t xml:space="preserve">A domain decomposition method for the resolution of an eigenvalue problem in neutron physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lathuilière</w:t>
@@ -7697,263 +7684,276 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PMAA'08</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Neuchatel, Switzerland</w:t>
+              <w:t xml:space="preserve">International Symposium on Iterative Methods in Scientific Computing (IMACS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00346025v1</w:t>
+                <w:t xml:space="preserve">inria-00346021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Scheduling for sparse direct Solver on NUMA architectures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+                <w:t xml:space="preserve">A Domain Decomposition Method Applied to Large Eigenvalue Problems in Neutron Physics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Barrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lathuilière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PARA'08</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">PMAA'08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Neuchatel, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00344026v1</w:t>
+                <w:t xml:space="preserve">inria-00346025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A domain decomposition method applied to the simplified transport equations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lathuilière</w:t>
+                <w:t xml:space="preserve">A NUMA Aware Scheduler for a Parallel Sparse Direct Solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 11th International Conference on Computational Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Sao Paulo, Brazil. pp.91--97</w:t>
+              <w:t xml:space="preserve">PMAA'08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Neuchâtel, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00346022v1</w:t>
+                <w:t xml:space="preserve">inria-00344709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tunable parallel experiments in a GridRPC framework: application to linear solvers</w:t>
               </w:r>
@@ -8155,51 +8155,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Huysmans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numerical flow models for controlled fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8736,243 +8736,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00346621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applying parallel direct solver skills to build robust and highly performant preconditioners</w:t>
+                <w:t xml:space="preserve">A Blockwise Algorithm for Parallel Incomplete Cholesky Factorization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yousef Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PARA'04</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Copenhagen, Denmark. pp.601--619</w:t>
+              <w:t xml:space="preserve">PMAA'04</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00346623v1</w:t>
+                <w:t xml:space="preserve">inria-00346616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Blockwise Algorithm for Parallel Incomplete Cholesky Factorization</w:t>
+                <w:t xml:space="preserve">Applying parallel direct solver skills to build robust and highly performant preconditioners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousef Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PMAA'04</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Marseille, France</w:t>
+              <w:t xml:space="preserve">PARA'04</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Copenhagen, Denmark. pp.601--619</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00346616v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00346623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using of the High Performance Sparse Solver PaStiX for the Complex Multiscale 3D Simulations performed by the FluidBox Fluid Mechanics Software</w:t>
               </w:r>
@@ -9118,51 +9118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yousef Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eleventh SIAM Conference on Parallel Processing for Scientific Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9781,424 +9781,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00346586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PaStiX: Un solveur parallèle direct pour des matrices creuses symétriques définies positives basé sur un ordonnancement statique performant et sur une gestion mémoire efficace</w:t>
+                <w:t xml:space="preserve">PaStiX: A Parallel Direct Solver for Sparse SPD Matrices based on Efficient Static Scheduling and Memory Managment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RenPar'2001</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Paris, France</w:t>
+              <w:t xml:space="preserve">Tenth SIAM Conference on Parallel Processing for Scientific Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Portsmouth, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00346595v1</w:t>
+                <w:t xml:space="preserve">inria-00346598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PaStiX: A Parallel Direct Solver for Sparse SPD Matrices based on Efficient Static Scheduling and Memory Managment</w:t>
+                <w:t xml:space="preserve">PaStiX: Un solveur parallèle direct pour des matrices creuses symétriques définies positives basé sur un ordonnancement statique performant et sur une gestion mémoire efficace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tenth SIAM Conference on Parallel Processing for Scientific Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Portsmouth, United States</w:t>
+              <w:t xml:space="preserve">RenPar'2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00346598v1</w:t>
+                <w:t xml:space="preserve">inria-00346595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algèbre Linéaire Creuse Hautes Performances : Application à la Mécanique des Structures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PaStiX: A Parallel Sparse Direct Solver Based on a Static Scheduling for Mixed 1D/2D Block Distributions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iHPerf'2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, Aussois, France</w:t>
+              <w:t xml:space="preserve">Irregular'2000 workshop of IPDPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Cancun, Mexico. pp.519-525</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00346604v1</w:t>
+                <w:t xml:space="preserve">inria-00346594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PaStiX: A Parallel Sparse Direct Solver Based on a Static Scheduling for Mixed 1D/2D Block Distributions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Algèbre Linéaire Creuse Hautes Performances : Application à la Mécanique des Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Irregular'2000 workshop of IPDPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, Cancun, Mexico. pp.519-525</w:t>
+              <w:t xml:space="preserve">iHPerf'2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00346594v1</w:t>
+                <w:t xml:space="preserve">inria-00346604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description of the EMILIO Software Processing Chain and Application to Structural Mechanics</w:t>
               </w:r>
@@ -10493,204 +10493,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00346593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation des Communications et Régulation de Charge pour la Résolution par Méthode Directe de Grands Systèmes Linéaires Creux</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Calcul de la suite optimale de taille de paquets pour la factorisation de Cholesky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICaRE'97</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, Aussois, France. pp.467-488</w:t>
+              <w:t xml:space="preserve">RenPar'9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Lausanne, Suisse. pp.111-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00346472v1</w:t>
+                <w:t xml:space="preserve">inria-00346581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcul de la suite optimale de taille de paquets pour la factorisation de Cholesky</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimisation des Communications et Régulation de Charge pour la Résolution par Méthode Directe de Grands Systèmes Linéaires Creux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Amestoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Desprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RenPar'9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, Lausanne, Suisse. pp.111-114</w:t>
+              <w:t xml:space="preserve">ICaRE'97</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Aussois, France. pp.467-488</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00346581v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00346472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Grain Size Computation for Pipelined Algorithms</w:t>
               </w:r>
@@ -11536,51 +11536,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deflation and augmentation techniques in Krylov linear solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12010,103 +12010,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving mapping for sparse direct solvers: A trade-off between data locality and load balancing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changjiang Gou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Al Zoobi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9328, Inria Rhône-Alpes. 2020, pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -12171,51 +12171,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Kuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12366,51 +12366,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01961675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse Supernodal Solver Using Block Low-Rank Compression</w:t>
+                <w:t xml:space="preserve">Sparse Supernodal Solver Using Block Low-Rank Compression: design, performance and analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darve</w:t>
@@ -12438,309 +12438,309 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-9022, Inria Bordeaux Sud-Ouest. 2017, pp.24</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-9130, Inria Bordeaux Sud-Ouest. 2017, pp.1-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01450732v3</w:t>
+                <w:t xml:space="preserve">hal-01660665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Parallel Solution of the 3D Stationary Boltzmann Transport Equation for Diffusive Problems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Févotte</w:t>
+                <w:t xml:space="preserve">Sparse Supernodal Solver Using Block Low-Rank Compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-9116, Inria; EDF Lab. 2017, pp.22</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-9022, Inria Bordeaux Sud-Ouest. 2017, pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01630208v2</w:t>
+                <w:t xml:space="preserve">hal-01450732v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse Supernodal Solver Using Block Low-Rank Compression: design, performance and analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Darve</w:t>
+                <w:t xml:space="preserve">Efficient Parallel Solution of the 3D Stationary Boltzmann Transport Equation for Diffusive Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salli Moustafa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Févotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Plagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-9130, Inria Bordeaux Sud-Ouest. 2017, pp.1-32</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-9116, Inria; EDF Lab. 2017, pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01660665v1</w:t>
+                <w:t xml:space="preserve">hal-01630208v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reordering strategy for blocking optimization in sparse linear solvers</w:t>
               </w:r>
@@ -12857,51 +12857,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maher Alaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Péré-Laperne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12947,237 +12947,237 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01142204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration du comportement numérique des solveurs en prenant en compte les poids de la matrice lors de la décomposition de domaines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Pellegrini</w:t>
+                <w:t xml:space="preserve">Taking advantage of hybrid systems for sparse direct solvers via task-based runtimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lacoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] RT-0445, INRIA. 2014, pp.58</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Bosilca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-8446, INRIA. 2014, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00967676v1</w:t>
+                <w:t xml:space="preserve">hal-00925017v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taking advantage of hybrid systems for sparse direct solvers via task-based runtimes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+                <w:t xml:space="preserve">Amélioration du comportement numérique des solveurs en prenant en compte les poids de la matrice lors de la décomposition de domaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fourestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pellegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-8446, INRIA. 2014, pp.25</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] RT-0445, INRIA. 2014, pp.58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-00925017v2</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00967676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive mesh refinement for numerical simulation of MHD instabilities in tokamaks: JOREK code</w:t>
               </w:r>
@@ -13255,51 +13255,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An improved recursive graph bipartitioning algorithm for well balanced domain decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Casadei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13360,51 +13360,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deflation and augmentation techniques in Krylov linear solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13446,389 +13446,389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00803225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non regression testing for the JOREK code</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-8134, INRIA. 2012, pp.17</w:t>
+                <w:t xml:space="preserve">Memory Optimization to Build a Schur Complement in an Hybrid Solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Casadei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-7971, INRIA. 2012, pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00752270v1</w:t>
+                <w:t xml:space="preserve">hal-00700053v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse direct solvers with accelerators over DAG runtimes</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-7972, INRIA. 2012, pp.11</w:t>
+                <w:t xml:space="preserve">Non regression testing for the JOREK code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Latu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Becoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Dif-Pradalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Grandgirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Hoelzl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-8134, INRIA. 2012, pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00700066v2</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00752270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory Optimization to Build a Schur Complement in an Hybrid Solver</w:t>
+                <w:t xml:space="preserve">Sparse direct solvers with accelerators over DAG runtimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Casadei</w:t>
+                <w:t xml:space="preserve">Xavier Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-7971, INRIA. 2012, pp.11</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yamazaki Ichitaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Dongarra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-7972, INRIA. 2012, pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00700053v2</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00700066v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A NUMA Aware Scheduler for a Parallel Sparse Direct Solver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13863,265 +13863,265 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCILAB to SCILAB// - The Ouragan Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Desprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Quinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Suter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-2001-24, LIP - ENS Lyon. 2001</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-4203, INRIA. 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436419v1</w:t>
+                <w:t xml:space="preserve">inria-00072419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCILAB to SCILAB// - The Ouragan Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Chaumette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Contassot-Vivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Desprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-            </w:r>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2001-24, LIP - ENS Lyon. 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Jeannot</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">inria-00072419v1</w:t>
+                <w:t xml:space="preserve">hal-01436419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -14291,51 +14291,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4229B143"/>
+    <w:nsid w:val="76358E8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14522,51 +14522,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-ramet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6179-9819" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189029668" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solverstack.gitlabpages.inria.fr/pastix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05240268v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Falgout" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lecouvez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ramet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Richefort" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/24M1672560" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03352509v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hoelzl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Huijsmans" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Pamela" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina B&#233;coulet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nardon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/abf99f" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02080624v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salli Moustafa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F&#233;votte" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faverge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plagne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2019.03.019" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01824275v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pichon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darve" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JOCS.2018.06.007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01485507v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/16M1062454" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00986975v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Dutka Malen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Pon&#231;ot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2014.08.034" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547406v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Barrault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lathuili&#232;re" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2010.11.047" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251754v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Huysmans" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel van Der Plas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547413v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Abgrall" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Huart" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346018v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal H&#233;non" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346017v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000277v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Caron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chaumette" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Contassot-Vivier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Desprez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8191(01)00101-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7BMP0SCM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346016v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goudin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pellegrini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411444v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Walther" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04984070v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alycia Lisito" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kuhn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pruvost" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05148627v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04620993v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Falgout" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04527103v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-61763-8_10" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585047v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Nicolas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kherraz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046622v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04589448v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046630v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03361299v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esragul Korkmaz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HiPC53243.2021.00024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02973315v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changjiang Gou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al Zoobi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoit" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Marchal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03140189v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02326070v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956962v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02326084v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02139186v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956963v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956959v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956960v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421379v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01502215v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01585622v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421384v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421383v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421368v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251808v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251812v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421376v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421372v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100985v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Casadei" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01078362v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2015.75" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01187881v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100990v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01187882v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100987v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lacoste" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100979v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987099v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01078364v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987094v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Thibault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bosilca" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2014.9" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987110v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agullo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Giraud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Guermouche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100962v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HiPC.2014.7116878" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924989v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924979v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924977v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769026v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769027v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769030v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichitaro Yamazaki" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769029v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614671v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dayd&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshio Suzuki" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noriyuki Kushida" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Tatekawa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoya Teshima" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346020v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00403797v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00344709v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00689964v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norihiro Nakajima" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caniou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346021v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346025v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00344026v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346022v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346611v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Gay" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00416502v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346027v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Czarny" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346608v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Braconnier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Nkonga" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Papin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ricchiuto" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346617v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346624v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346610v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346621v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346623v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousef Saad" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346616v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346607v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346622v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346609v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346620v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346587v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beaumont" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346605v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346596v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346586v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boudet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346595v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346598v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346604v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346594v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346601v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346600v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346593v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346472v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Amestoy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346581v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346485v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346477v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05132586v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04867213v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02326407v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956928v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01660653v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lanteri" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00860339v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulaud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vasseur" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04620991v2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Falgout" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03718312v4" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03152932v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02491495v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02304706v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Augonnet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Namyst" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01961675v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01450732v3" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01630208v2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01660665v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01276746v2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01142204v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Alaya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre P&#233;r&#233;-Laperne" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;r&#233;-Laperne" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00967676v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fourestier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrini" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00925017v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088094v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Sellama" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01056749v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00803225v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00752270v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Latu" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Becoulet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Dif-Pradalier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grandgirard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00700066v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamazaki Ichitaro" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Dongarra" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00700053v2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549827v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01436419v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072419v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Quinson" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suter" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jeannot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01668740v2" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-ramet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6179-9819" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189029668" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solverstack.gitlabpages.inria.fr/pastix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05240268v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Falgout" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lecouvez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ramet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Richefort" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/24M1672560" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03352509v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hoelzl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Huijsmans" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Pamela" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina B&#233;coulet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nardon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/abf99f" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02080624v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salli Moustafa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F&#233;votte" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faverge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plagne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2019.03.019" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01824275v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pichon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darve" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JOCS.2018.06.007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01485507v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/16M1062454" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00986975v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Dutka Malen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Pon&#231;ot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2014.08.034" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547406v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Barrault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lathuili&#232;re" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2010.11.047" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547413v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Abgrall" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Huart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251754v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Huysmans" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel van Der Plas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346018v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal H&#233;non" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346017v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000277v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Caron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chaumette" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Contassot-Vivier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Desprez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8191(01)00101-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7BMP0SCM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346016v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goudin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pellegrini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411444v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Walther" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05148627v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alycia Lisito" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kuhn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pruvost" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04984070v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585047v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Nicolas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kherraz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04620993v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Falgout" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04527103v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-61763-8_10" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046630v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04589448v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046622v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03361299v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esragul Korkmaz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HiPC53243.2021.00024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03140189v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02973315v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changjiang Gou" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al Zoobi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoit" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Marchal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02326070v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956962v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02139186v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02326084v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956963v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956960v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956959v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01502215v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421379v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01585622v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421384v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421383v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421372v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251812v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251808v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421368v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01421376v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100979v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lacoste" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01078362v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2015.75" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100985v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Casadei" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01187881v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100990v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01187882v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100987v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01100962v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HiPC.2014.7116878" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987099v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01078364v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987094v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Thibault" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bosilca" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2014.9" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987110v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agullo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Giraud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Guermouche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924977v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924989v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924979v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769029v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769027v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769026v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769030v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichitaro Yamazaki" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614671v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dayd&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshio Suzuki" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noriyuki Kushida" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Tatekawa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoya Teshima" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346020v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00403797v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346022v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00689964v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norihiro Nakajima" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caniou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00344026v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346021v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346025v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00344709v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346611v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Gay" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00416502v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346027v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Czarny" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346608v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Braconnier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Nkonga" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Papin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ricchiuto" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346617v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346624v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346610v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346621v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346616v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346623v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousef Saad" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346607v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346622v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346609v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346620v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346587v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beaumont" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346605v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346596v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346586v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boudet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346598v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346595v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346594v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346604v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346601v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346600v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346593v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346581v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346472v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Amestoy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346485v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00346477v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05132586v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04867213v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02326407v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01956928v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01660653v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lanteri" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00860339v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulaud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vasseur" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04620991v2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Falgout" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03718312v4" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03152932v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02491495v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02304706v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Augonnet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Namyst" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01961675v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01660665v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01450732v3" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01630208v2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01276746v2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01142204v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Alaya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre P&#233;r&#233;-Laperne" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;r&#233;-Laperne" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00925017v2" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00967676v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fourestier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrini" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088094v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Sellama" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01056749v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00803225v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00700053v2" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00752270v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Latu" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Becoulet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Dif-Pradalier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grandgirard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00700066v2" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamazaki Ichitaro" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Dongarra" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549827v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072419v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Quinson" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suter" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jeannot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01436419v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01668740v2" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>