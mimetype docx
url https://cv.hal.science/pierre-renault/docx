--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1389,529 +1389,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01509043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Générateur d’atmosphère contrôlée pour étudier l’impact des facteurs climatiques sur le comportement de micro-organismes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soil microbial community responses to heat wave components: drought and high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Berard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Tison</w:t>
+                <w:t xml:space="preserve">Meriem Ben Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Girardin</w:t>
+                <w:t xml:space="preserve">Aurore Kaisermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Renault</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Courault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Climate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 66 (3), pp.243-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/cr01343⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01571257v1</w:t>
+                <w:t xml:space="preserve">hal-01536293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil microbial community responses to heat wave components: drought and high temperature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annette Berard</w:t>
+                <w:t xml:space="preserve">Générateur d’atmosphère contrôlée pour étudier l’impact des facteurs climatiques sur le comportement de micro-organismes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meriem Ben Sassi</w:t>
+                <w:t xml:space="preserve">Guillaume Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Kaisermann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Renault</w:t>
+                <w:t xml:space="preserve">Henri Wortham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Courault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 84, 13 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01536293v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01571257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-Resolved X-Ray Stress Analysis in Multilayered Thin Films during Continuous Loading: Use of 2D Remote Detection</w:t>
+                <w:t xml:space="preserve">Effects of agricultural practices on properties and metal content in urban garden soils in a tropical metropolitan area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaëlle Guillou</w:t>
+                <w:t xml:space="preserve">Pascale Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Massiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Godard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Aubin Ondo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 996, pp.878 - 883. </w:t>
+              <w:t xml:space="preserve">Journal of the Serbian Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 79 (1), pp.101-112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/amr.996.878⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2298/JSC130121068O⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01653215v1</w:t>
+                <w:t xml:space="preserve">hal-01318963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of agricultural practices on properties and metal content in urban garden soils in a tropical metropolitan area</w:t>
+                <w:t xml:space="preserve">Time-Resolved X-Ray Stress Analysis in Multilayered Thin Films during Continuous Loading: Use of 2D Remote Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Prudent</w:t>
+                <w:t xml:space="preserve">Raphaëlle Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Massiani</w:t>
+                <w:t xml:space="preserve">Éric Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Höhener</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre P. Renault</w:t>
+                <w:t xml:space="preserve">Philippe Goudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Aubin Ondo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Serbian Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 79 (1), pp.101-112. </w:t>
+              <w:t xml:space="preserve">Advanced Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 996, pp.878 - 883. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2298/JSC130121068O⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/amr.996.878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01318963v1</w:t>
+                <w:t xml:space="preserve">hal-01653215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the MicroResp (TM) substrate-induced respiration method by a more complete description of CO2 behavior in closed incubation wells</w:t>
               </w:r>
@@ -1995,578 +1995,578 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00939766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The FungiResp method: An application of the MicroResp TM method to assess fungi in microbial communities as soil biological indicators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Severe drought-induced community tolerance to heat wave. An experimental study on soil microbial processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette A. Berard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem M. Ben Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Dollinger</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Annette A. Berard</w:t>
+                <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (4), pp.513 - 518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11368-012-0469-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2012.05.002⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01314800v1</w:t>
+                <w:t xml:space="preserve">hal-01314807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severe drought-induced community tolerance to heat wave. An experimental study on soil microbial processes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The FungiResp method: An application of the MicroResp TM method to assess fungi in microbial communities as soil biological indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem M. Ben Sassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Dollinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Tlili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette A. Berard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Gros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 12 (4), pp.513 - 518. </w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23, pp.482-490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11368-012-0469-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2012.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01314807v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geochemical resilience of a ferrasol subjected to anoxia and organic matter amendment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variations in the cation exchange capacity of a ferralsol supplied with vinasse, under changing aeration conditions. Comparison between CEC measuring methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">P. Cazevieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jasmina Lahlah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Hazemann</w:t>
+                <w:t xml:space="preserve">C. Clara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Science Society of America Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 73 (6), pp.1958-1971. </w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 154 (1-2), pp.101-110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2136/sssaj2008.0302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2009.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01192269v1</w:t>
+                <w:t xml:space="preserve">hal-02667150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variations in the cation exchange capacity of a ferralsol supplied with vinasse, under changing aeration conditions. Comparison between CEC measuring methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geochemical resilience of a ferrasol subjected to anoxia and organic matter amendment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Lahlah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Verdier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jasmina Lahlah</w:t>
+                <w:t xml:space="preserve">Patrick Cazevieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Clara</w:t>
+                <w:t xml:space="preserve">Aurelie Buzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Hazemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2009.10.003⟩</w:t>
+              <w:t xml:space="preserve">Soil Science Society of America Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 73 (6), pp.1958-1971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2136/sssaj2008.0302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02667150v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aqueous, solid and gaseous partitioning of selenium in an oxic sandy soil under different microbiological states</w:t>
               </w:r>
@@ -2692,462 +2692,462 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02661803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of aeration on mobility of selenium in columns of aggregated soil as influenced by straw amendment and tomato plant growth</w:t>
+                <w:t xml:space="preserve">Effect of selenite additions on microbial activity and dynamics in three soils incubated under aerobic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire-Sophie Haudin</w:t>
+                <w:t xml:space="preserve">C.S. Haudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hallaire</w:t>
+                <w:t xml:space="preserve">E. Leclerc-Cessac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siobhan Staunton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 39 (10), pp.2670-2674. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2007.04.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2007.05.005⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02666363v1</w:t>
+                <w:t xml:space="preserve">hal-02656264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of EpsE, the phosphoglycosyltransferase initiating exopolysaccharide synthesis in Streptococcus thermophilus, by EpsD tyrosine kinase.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoran Minic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoran Minic</w:t>
+                <w:t xml:space="preserve">Corinne Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Marie</w:t>
+                <w:t xml:space="preserve">Christine Delorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Delorme</w:t>
+                <w:t xml:space="preserve">Jean-Michel Faurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 189 (4), pp.1351-1357. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JB.01122-06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00294436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of selenite additions on microbial activity and dynamics in three soils incubated under aerobic conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of aeration on mobility of selenium in columns of aggregated soil as influenced by straw amendment and tomato plant growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Sophie Haudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.S. Haudin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre P. Renault</w:t>
+                <w:t xml:space="preserve">Vincent Hallaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Leclerc-Cessac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siobhan Staunton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 39 (10), pp.2670-2674. </w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 141 (1-2), pp.98-110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2007.04.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2007.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02656264v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responses of anaerobic bacteria to soil amendment with selenite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.S. Haudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Fardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3301,51 +3301,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Debroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.S. Haudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 3, pp.24-31</w:t>
@@ -6306,165 +6306,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risks Integration in Wastewater Reuse.</w:t>
+                <w:t xml:space="preserve">Risk integration in wastewater reuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French-Israeli Colloquium, Bet Dagan/Volcani Center </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Tel Aviv, Israel</w:t>
+              <w:t xml:space="preserve">Climate change constraints on agriculture : French-Israeli Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Academic &amp; Scientific Cooperation Office. FRA., Mar 2014, Tel-Aviv, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01336896v1</w:t>
+                <w:t xml:space="preserve">hal-02793002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk integration in wastewater reuse</w:t>
+                <w:t xml:space="preserve">Risks Integration in Wastewater Reuse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate change constraints on agriculture : French-Israeli Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Academic &amp; Scientific Cooperation Office. FRA., Mar 2014, Tel-Aviv, Israel</w:t>
+              <w:t xml:space="preserve">French-Israeli Colloquium, Bet Dagan/Volcani Center </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Tel Aviv, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02793002v1</w:t>
+                <w:t xml:space="preserve">hal-01336896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réutiliser les eaux usées de l'eau en plus, des pollutions en moins.</w:t>
               </w:r>
@@ -6476,51 +6476,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Courault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animation vidéo, Salon International Agricole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6539,506 +6539,506 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01336874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water reuse for irrigation: Lessons learnt from 11 case studies.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Success factors in reuse water schemes for irrigation in European Mediterranean countries: lessons learned from 9 case studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Langlais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre P. Renault</w:t>
+                <w:t xml:space="preserve">Valentina Lazarova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Lacoste</w:t>
+                <w:t xml:space="preserve">Fernando Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Martin Ruel</w:t>
+                <w:t xml:space="preserve">Chrystelle Langlais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Efficient 2013 7th IWA International Conference on Efficient Use and Management of Water </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">9. IWA International on Water Reuse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Water Association (IWA). INT., Oct 2013, Windhoek, Namibia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01338042v1</w:t>
+                <w:t xml:space="preserve">hal-02749351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">. Inactivation atmosphérique des virus présents dans les eaux usées utilisées en irrigation : suivi en enceinte climatique dédiée.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume G. Girardin</w:t>
+                <w:t xml:space="preserve">Success factors in reuse water schemes for irrigation in European Mediterranean countries: lessons learned from 9 case studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bon</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">V. Lazarova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque national microbiologie des aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, La Bourboule, France</w:t>
+              <w:t xml:space="preserve">9th IWA International Conference on Water Reuse,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Windhoek, Namibia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01337545v1</w:t>
+                <w:t xml:space="preserve">hal-01336893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Success factors in reuse water schemes for irrigation in European Mediterranean countries: lessons learned from 9 case studies.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">. Inactivation atmosphérique des virus présents dans les eaux usées utilisées en irrigation : suivi en enceinte climatique dédiée.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume G. Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Wortham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Line Capowiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th IWA International Conference on Water Reuse,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Windhoek, Namibia</w:t>
+              <w:t xml:space="preserve">Colloque national microbiologie des aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, La Bourboule, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01336893v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01337545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Success factors in reuse water schemes for irrigation in European Mediterranean countries: lessons learned from 9 case studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water reuse for irrigation: Lessons learnt from 11 case studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Martinez</w:t>
+                <w:t xml:space="preserve">L Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chrystelle Langlais</w:t>
+                <w:t xml:space="preserve">S. Martin Ruel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. IWA International on Water Reuse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Water Association (IWA). INT., Oct 2013, Windhoek, Namibia</w:t>
+              <w:t xml:space="preserve">Efficient 2013 7th IWA International Conference on Efficient Use and Management of Water </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749351v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01338042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification des virus aérosolisés après irrigation d’eaux usées.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Courault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume G. Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7132,90 +7132,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des chemins d’écoulements préférentiels dans un sol macroporeux par tomographie d’absorption des rayons X et traçage coloré.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume G. Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Courault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Wortham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th congress of European microbiologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, leipzig, Allemagne</w:t>
@@ -7775,51 +7775,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dassonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pautremat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cazevieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Marlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8008,51 +8008,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pautremat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Cazevieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Marlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8084,290 +8084,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02760386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between gas transport and biogeochemical processes: the effect of the soil structure. Paper 922</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Denitrification with progressing ability of soils to reduce nitrous oxide: comparison between models and experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mary</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. World Congress of Soil Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2002, Bangkok, Thailand</w:t>
+              <w:t xml:space="preserve">7. Congress of the European Society for Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2002, Cordoue, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02761221v1</w:t>
+                <w:t xml:space="preserve">hal-02761802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denitrification with progressing ability of soils to reduce nitrous oxide: comparison between models and experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interactions between gas transport and biogeochemical processes: the effect of the soil structure. Paper 922</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Khalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dassonville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Mohrath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Lensi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Congress of the European Society for Agronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2002, Cordoue, Spain</w:t>
+              <w:t xml:space="preserve">17. World Congress of Soil Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2002, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761802v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial and temporal patterns of anaerobiosis in soils, its effect on coupled microbial and biogeochemical processes, including the behaviour of technetium and selenium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siobhan Staunton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2002, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8418,51 +8418,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Lafolie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hallaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée thématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2002, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8804,90 +8804,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survival of Enteric Viruses emitted in the Atmosphere after irrigation by wastewater: experimental assessment in a Lab reactor.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume G. Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Courault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Wortham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th congress of European microbiologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, leipzig, Germany</w:t>
@@ -8910,243 +8910,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01337544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substrate induced respiration methods: artefacts depend on soil, added substrate and CO2 accumulation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La méthode « FungiResp », une application de la méthode MicroRespTM comme bioindicateur de la biomasse et de la diversité catabolique fongiques au sein des communautés microbiennes édaphiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette A. Berard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dollinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem M. Ben Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Annette A. Berard</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tlili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4th International Congress Eurosoil2012 "Soil Science for the Benefit for the Mankind and Environment"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bari, Italy</w:t>
+              <w:t xml:space="preserve">Les Journées d'Etude des Sols - AFES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01335626v1</w:t>
+                <w:t xml:space="preserve">hal-01335721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La méthode « FungiResp », une application de la méthode MicroRespTM comme bioindicateur de la biomasse et de la diversité catabolique fongiques au sein des communautés microbiennes édaphiques.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Substrate induced respiration methods: artefacts depend on soil, added substrate and CO2 accumulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem M. Ben Sassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette A. Berard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Tlili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Journées d'Etude des Sols - AFES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Versailles, France</w:t>
+              <w:t xml:space="preserve"> 4th International Congress Eurosoil2012 "Soil Science for the Benefit for the Mankind and Environment"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335721v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résilience fonctionnelle des communautés microbiennes d’un sol méditerranéen à des événements climatiques extrêmes de type canicule : l’épandage de composts a-t-il une influence ?</w:t>
               </w:r>
@@ -9900,233 +9900,233 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical feasibility in using CLMS satellite-based EO to estimate soil health indicators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enjeux agronomiques, techniques et économiques d'une mobilisation accrue des différents gisements de biomasse et de leur transformation en bioénergies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Caquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Axelos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Soussana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Deliverable #18 (D5.2), INRAE - UMR 1114 EMMAH. 2024</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05302606v1</w:t>
+                <w:t xml:space="preserve">hal-04530404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux agronomiques, techniques et économiques d'une mobilisation accrue des différents gisements de biomasse et de leur transformation en bioénergies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Monique Axelos</w:t>
+                <w:t xml:space="preserve">Technical feasibility in using CLMS satellite-based EO to estimate soil health indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Soussana</w:t>
+                <w:t xml:space="preserve">Guanyao Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Martin</w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">INRAE. 2024</w:t>
+                <w:t xml:space="preserve">Marie Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Deliverable #18 (D5.2), INRAE - UMR 1114 EMMAH. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04530404v1</w:t>
+                <w:t xml:space="preserve">hal-05302606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t>
               </w:r>
@@ -10584,51 +10584,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Barriuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Langlais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contract] 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -11037,51 +11037,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1C87CCF1"/>
+    <w:nsid w:val="A4BD45A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11268,51 +11268,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-renault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1890-1865" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/03411971X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523747v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huygue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Axelos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mollier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/dprm-wr23" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170326v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie R&#233;gnier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Foucaud-Scheunemann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/fkwh-az73" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05404428v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pelosi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beltrame" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cazaurang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.110057" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156981v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Charv&#225;t" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav &#352;mejkal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Hor&#225;k" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta Kollerov&#225;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;&#225;rka Hor&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su17115042" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04085007v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel-Odoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Antoni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arrouays" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Bougon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04304726v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Jos&#233; Seir" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mora Camilo Jos&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerrero Carlos Arturo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4149/av_2023_103" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775584v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine N&#233;el" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sammartino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafolie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2022.118342" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637699v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Girardin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Renault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Capowiez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chadoeuf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-016-0393-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509043v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen The" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Berard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Berge" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brillard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.03.241" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571257v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tison" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girardin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Wortham" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536293v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Sassi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Kaisermann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/cr01343" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653215v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Guillou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Bourhis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goudeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Godard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.996.878" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318963v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Prudent" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massiani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#246;hener" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aubin Ondo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/JSC130121068O" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939766v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem M. Ben Sassi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette A. Berard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2013.05.010" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314800v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dollinger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Tlili" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2012.05.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-783NG57R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314807v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gros" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-012-0469-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EB346BE8AC0B0B225377F51FDD3EB68537D525E9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192269v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmina Lahlah" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cazevieille" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Buzet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hazemann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj2008.0302" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667150v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cazevieille" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clara" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2009.10.003" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VWC2PBTV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661803v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Darcheville" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fevrier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Z. Haichar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin-Garin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2007.11.006" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LF94MN1H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666363v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Sophie Haudin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hallaire" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leclerc-Cessac" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobhan Staunton" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2007.05.005" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FNSH8J79-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294436v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Minic" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Marie" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delorme" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Faurie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Mercier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01122-06" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656264v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Haudin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2007.04.020" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2VX1KBQT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660230v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fardeau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Amenc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ollivier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2007.03.025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R7X6426H-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681652v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dudal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Debroux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673233v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bastardie" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674149v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Khalil" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guerin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679933v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682267v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dassonville" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678013v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dassonville" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Valles" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673570v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Godon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Richaume" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Cambier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680025v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677896v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679240v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Richaume" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Emblanch" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2002025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674379v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rebi&#232;re" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zimmer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695392v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge J. Sierra" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj1998.03615995006200050036x" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691813v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parry" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Sierra" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bidel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204771v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696637v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Philippot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;nault" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Clays-Josserand" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-6496(96)00054-2" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713577v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0929-1393(95)00051-L" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-25W4FTH7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715044v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2389.1995.tb01348.x" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W0LCK2J0-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715935v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj1994.03615995005800040005x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715943v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Stengel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:19940605" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05154634v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Richer-De-Forges" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15753538" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05154597v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Gabriel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta G&#243;mez-Gim&#233;nez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Guenet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Rom&#225;n Dobarco" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15797203" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723874v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Laroche" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P. A. Saby" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudy Jolivet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rati&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820075v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232169v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685243v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237470v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606150v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tesson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Belliot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606775v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Wurtzer" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603524v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336896v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793002v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336874v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thomas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338042v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Langlais" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lacoste" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin Ruel" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337545v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336893v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lazarova" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749351v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Lazarova" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Martinez" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Langlais" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336125v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hane" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337543v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335590v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Sassi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beguet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martin-Laurent" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335597v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martin Laurent" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755315v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Goutal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Cousin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnaud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gelhaye" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758463v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763556v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dassonville" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pautremat" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Marlet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763358v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760386v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marlet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761221v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Mohrath" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lensi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761802v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763214v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764470v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761108v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761764v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765107v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel J. Chadoeuf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337544v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335626v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335721v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dollinger" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tlili" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335638v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G S&#233;venier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826957v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232150v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237536v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232155v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile D&#233;tang-Dessendre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237496v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232162v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Reynders" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nogues" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655017v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302606v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanyao Xie" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530404v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Soussana" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288416v2" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lefeuvre" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Parfait" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bardy" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771283v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Brunet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902110v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799919v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Barriuso" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604082v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236074v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232184v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232195v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-renault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1890-1865" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/03411971X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523747v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huygue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Axelos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mollier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/dprm-wr23" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170326v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie R&#233;gnier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Foucaud-Scheunemann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/fkwh-az73" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05404428v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pelosi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beltrame" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cazaurang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.110057" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156981v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Charv&#225;t" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav &#352;mejkal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Hor&#225;k" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta Kollerov&#225;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;&#225;rka Hor&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su17115042" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04085007v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel-Odoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Antoni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arrouays" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Bougon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04304726v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Jos&#233; Seir" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mora Camilo Jos&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerrero Carlos Arturo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4149/av_2023_103" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775584v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine N&#233;el" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sammartino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafolie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2022.118342" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637699v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Girardin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Renault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Capowiez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chadoeuf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-016-0393-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509043v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen The" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Berard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Berge" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brillard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.03.241" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536293v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Sassi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Kaisermann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/cr01343" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571257v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tison" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girardin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Wortham" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318963v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Prudent" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massiani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#246;hener" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aubin Ondo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/JSC130121068O" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01653215v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Guillou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Bourhis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goudeau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Godard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.996.878" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939766v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem M. Ben Sassi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette A. Berard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2013.05.010" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314807v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gros" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-012-0469-1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EB346BE8AC0B0B225377F51FDD3EB68537D525E9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314800v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dollinger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Tlili" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2012.05.002" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-783NG57R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667150v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cazevieille" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmina Lahlah" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clara" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2009.10.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VWC2PBTV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192269v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cazevieille" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Buzet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hazemann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj2008.0302" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661803v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Darcheville" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fevrier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Z. Haichar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin-Garin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2007.11.006" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LF94MN1H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656264v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S. Haudin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leclerc-Cessac" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobhan Staunton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2007.04.020" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2VX1KBQT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294436v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Minic" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Marie" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delorme" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Faurie" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Mercier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01122-06" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666363v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Sophie Haudin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hallaire" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2007.05.005" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FNSH8J79-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660230v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fardeau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Amenc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ollivier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2007.03.025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R7X6426H-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681652v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dudal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Debroux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673233v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bastardie" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674149v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Khalil" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guerin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679933v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682267v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dassonville" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678013v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dassonville" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Valles" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673570v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Godon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Richaume" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Cambier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680025v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677896v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679240v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Richaume" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Emblanch" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2002025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674379v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rebi&#232;re" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zimmer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695392v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge J. Sierra" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj1998.03615995006200050036x" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691813v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parry" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Sierra" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bidel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204771v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696637v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Philippot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;nault" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Clays-Josserand" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-6496(96)00054-2" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713577v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0929-1393(95)00051-L" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-25W4FTH7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715044v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2389.1995.tb01348.x" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W0LCK2J0-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715935v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj1994.03615995005800040005x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715943v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Stengel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:19940605" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05154634v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Richer-De-Forges" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15753538" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05154597v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Gabriel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta G&#243;mez-Gim&#233;nez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Guenet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Rom&#225;n Dobarco" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15797203" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723874v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Laroche" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P. A. Saby" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudy Jolivet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rati&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820075v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232169v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685243v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237470v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606150v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tesson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Belliot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606775v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Wurtzer" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603524v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793002v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336896v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336874v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thomas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749351v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Lazarova" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Martinez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Langlais" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336893v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lazarova" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Langlais" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337545v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338042v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lacoste" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin Ruel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336125v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hane" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337543v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335590v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Sassi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beguet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martin-Laurent" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335597v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martin Laurent" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755315v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Goutal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Cousin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnaud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gelhaye" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758463v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763556v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dassonville" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pautremat" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Marlet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763358v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760386v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marlet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761802v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761221v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Mohrath" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lensi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763214v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764470v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761108v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761764v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765107v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel J. Chadoeuf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337544v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335721v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dollinger" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tlili" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335626v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335638v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G S&#233;venier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826957v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232150v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237536v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232155v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile D&#233;tang-Dessendre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04237496v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232162v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Reynders" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nogues" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655017v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530404v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Soussana" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302606v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanyao Xie" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288416v2" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lefeuvre" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Parfait" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bardy" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771283v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Brunet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902110v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799919v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Barriuso" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604082v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236074v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232184v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232195v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>