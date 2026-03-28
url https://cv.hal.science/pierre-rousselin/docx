--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -729,217 +729,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04407159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coq Platform docs: A Compilation of Short Interactive Tutorials and How-To Guides for Coq</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Lamiaux</w:t>
+                <w:t xml:space="preserve">Maths with Coq in L1, a pedagogical experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Kerjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micaela Mayero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rousselin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Théo Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 15th Coq Workshop 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Clément Pit-Gaudel; Théo Winterhalter, Sep 2024, Tbilisi / Hybrid, Georgia</w:t>
+              <w:t xml:space="preserve">ThEdu 2024 - 13th International Workshop on Theorem proving components for Educational software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Julien Narboux; Walther Neuper; Pedro Quaresma, Jul 2024, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04823184v1</w:t>
+                <w:t xml:space="preserve">hal-04823220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maths with Coq in L1, a pedagogical experiment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Kerjean</w:t>
+                <w:t xml:space="preserve">Coq Platform docs: A Compilation of Short Interactive Tutorials and How-To Guides for Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lamiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Micaela Mayero</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rousselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Rousselin</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ThEdu 2024 - 13th International Workshop on Theorem proving components for Educational software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Julien Narboux; Walther Neuper; Pedro Quaresma, Jul 2024, Nancy, France</w:t>
+              <w:t xml:space="preserve">The 15th Coq Workshop 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Clément Pit-Gaudel; Théo Winterhalter, Sep 2024, Tbilisi / Hybrid, Georgia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823220v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematics with Coq for first-year undergraduate students</w:t>
               </w:r>
@@ -1506,51 +1506,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rousselin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30757/ALEA.v20-32" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979238v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kerjean" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Roux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Massot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Mayero" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Mesnil" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011794v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Bai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-021-02833-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011780v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/18-EJP170" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725586v3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Boldo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cl&#233;ment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hamelin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.419.8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407159v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823184v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamiaux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Zimmermann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823220v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822929v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011862v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04550762v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02464070v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018USPCD023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rousselin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30757/ALEA.v20-32" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979238v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kerjean" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Roux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Massot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Mayero" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Mesnil" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011794v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Bai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-021-02833-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011780v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/18-EJP170" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725586v3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Boldo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cl&#233;ment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hamelin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.419.8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407159v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823220v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823184v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamiaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Zimmermann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822929v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011862v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04550762v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02464070v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018USPCD023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>