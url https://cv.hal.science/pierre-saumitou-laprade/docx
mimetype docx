--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -485,295 +485,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04181727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic mapping of sex and self-incompatibility determinants in the androdioecious plant Phillyrea angustifolia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Widespread coexistence of self-compatible and self-incompatible phenotypes in a diallelic self-incompatibility system in Ligustrum vulgare (Oleaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Gallina</w:t>
+                <w:t xml:space="preserve">Isabelle de Cauwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Billiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Santoni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Vernet</w:t>
+                <w:t xml:space="preserve">Cécile Godé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Godé</w:t>
+                <w:t xml:space="preserve">Angélique Bourceaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1, pp.e15. </w:t>
+              <w:t xml:space="preserve">Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 127 (4), pp.384-392. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.23⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41437-021-00463-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03823583v2</w:t>
+                <w:t xml:space="preserve">hal-03400772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Widespread coexistence of self-compatible and self-incompatible phenotypes in a diallelic self-incompatibility system in Ligustrum vulgare (Oleaceae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic mapping of sex and self-incompatibility determinants in the androdioecious plant Phillyrea angustifolia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle de Cauwer</w:t>
+                <w:t xml:space="preserve">Sophie Gallina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Godé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angélique Bourceaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heredity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 127 (4), pp.384-392. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1, pp.e15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41437-021-00463-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03400772v1</w:t>
+                <w:t xml:space="preserve">hal-03823583v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Mapping of the Incompatibility Locus in Olive and Development of a Linked Sequence-Tagged Site Marker</w:t>
               </w:r>
@@ -919,51 +919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mariotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saverio Pandolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle de Cauwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1021,831 +1021,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polygamy or subdioecy? The impact of diallelic self-incompatibility on the sexual system in Fraxinus excelsior (Oleaceae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutionary dynamics of quantitative variation in an adaptive trait at the regional scale: The case of zinc hyperaccumulation in Arabidopsis halleri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicja Babst-Kostecka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henk Schat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Billiard</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krystyna Grodzińska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Bourceaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2018.0004⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (16), pp.3257 - 3273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.14800⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01715496v1</w:t>
+                <w:t xml:space="preserve">hal-01882958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary dynamics of quantitative variation in an adaptive trait at the regional scale: The case of zinc hyperaccumulation in Arabidopsis halleri</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alicja Babst-Kostecka</w:t>
+                <w:t xml:space="preserve">Polygamy or subdioecy? The impact of diallelic self-incompatibility on the sexual system in Fraxinus excelsior (Oleaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henk Schat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
+                <w:t xml:space="preserve">Arnaud Dowkiw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krystyna Grodzińska</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Angélique Bourceaux</w:t>
+                <w:t xml:space="preserve">Sylvain Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Billiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 27 (16), pp.3257 - 3273. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 285 (1873), pp.0004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.14800⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2018.0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01882958v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01715496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling for genetic identity of varieties, pollen contamination and stigma receptivity is essential to characterize the self-incompatibility system of Olea europaea L.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of a zinc processing factory on surrounding surficial soil contamination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Vekemans</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Castric</w:t>
+                <w:t xml:space="preserve">D. Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianni Barcaccia</w:t>
+                <w:t xml:space="preserve">G. Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Proix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Frérot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/eva.12498⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 172, pp.142 - 150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2016.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01597853v1</w:t>
+                <w:t xml:space="preserve">hal-01579458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidation of the genetic architecture of self-incompatibility in olive: evolutionary consequences and perspectives for orchard management</w:t>
+                <w:t xml:space="preserve">Controlling for genetic identity of varieties, pollen contamination and stigma receptivity is essential to characterize the self-incompatibility system of Olea europaea L.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vekemans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gallina Sophie</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Castric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianni Barcaccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 10 (9), pp.867-880. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 10 (9), pp.860-866. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eva.12498⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/eva.12457⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01525802v1</w:t>
+                <w:t xml:space="preserve">hal-01597853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habitat heterogeneity in the pseudometallophyte Arabidopsis halleri and its structuring effect on natural variation of zinc and cadmium hyperaccumulation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Decombeix</w:t>
+                <w:t xml:space="preserve">Elucidation of the genetic architecture of self-incompatibility in olive: evolutionary consequences and perspectives for orchard management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Bouchet</w:t>
+                <w:t xml:space="preserve">Vernet Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vekemans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Billiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Créach</w:t>
+                <w:t xml:space="preserve">Gallina Sophie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, </w:t>
+              <w:t xml:space="preserve">Evolutionary Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (9), pp.867-880. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11104-017-3509-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/eva.12457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01713135v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01525802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a zinc processing factory on surrounding surficial soil contamination</w:t>
+                <w:t xml:space="preserve">Habitat heterogeneity in the pseudometallophyte Arabidopsis halleri and its structuring effect on natural variation of zinc and cadmium hyperaccumulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dumoulin</w:t>
+                <w:t xml:space="preserve">Helene Frerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Billon</w:t>
+                <w:t xml:space="preserve">Nina-Coralie Hautekèete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Proix</w:t>
+                <w:t xml:space="preserve">Isabelle Decombeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Frérot</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Pauwels</w:t>
+                <w:t xml:space="preserve">Anne Créach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 172, pp.142 - 150. </w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2016.10.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11104-017-3509-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01579458v1</w:t>
+                <w:t xml:space="preserve">hal-01713135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for the long-term maintenance of a rare self-incompatibility system in Oleaceae</w:t>
               </w:r>
@@ -1870,51 +1870,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lepercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Billiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Bourceaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lepart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2017,51 +2017,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrzej Pasierbinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewa Maria Przedpelska-Wasowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicja Babst-Kostecka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PeerJ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 4, pp.e1645. </w:t>
@@ -2093,554 +2093,554 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01188335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of various mechanisms of Cd sequestration in the hyperaccumalator Arabidopsis halleri, the non accumulator Arabidopsis lyrata and their progenies by combined synchrotron-based techniques</w:t>
+                <w:t xml:space="preserve">The joint evolution and maintenance of self-incompatibility with gynodioecy or androdioecy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-P. Isaure</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Céline van de Paer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Billiard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/erv131⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 371, pp.90-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2015.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01240022v1</w:t>
+                <w:t xml:space="preserve">hal-01240014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selfish male-determining element favors the transition from hermaphroditism to androdioecy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Billiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Husse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lepercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Godé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Bourceaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 69 (3), pp.683-693. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/evo.12613.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01114161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CATION EXCHANGER1 cosegregates with cadmium tolerance in the metal hyperaccumulator Arabidopsis halleri and plays a role in limiting oxidative stress in Arabidopsis spp.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evidence of various mechanisms of Cd sequestration in the hyperaccumalator Arabidopsis halleri, the non accumulator Arabidopsis lyrata and their progenies by combined synchrotron-based techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-P. Isaure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Lise Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecilia Baliardini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire-Lise Meyer</w:t>
+                <w:t xml:space="preserve">Hiram Castillo-Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pietrino Salis</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Denis Testemale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.15.01037⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 66 (11), pp.3201-3214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erv131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01240012v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The joint evolution and maintenance of self-incompatibility with gynodioecy or androdioecy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CATION EXCHANGER1 cosegregates with cadmium tolerance in the metal hyperaccumulator Arabidopsis halleri and plays a role in limiting oxidative stress in Arabidopsis spp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Baliardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Lise Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline van de Paer</w:t>
+                <w:t xml:space="preserve">Pietrino Salis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Billiard</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Verbruggen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2015.02.003⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 169 (1), pp.549-559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.15.01037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01240014v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The discovery of natural Miscanthus accessions related to Miscanthus × giganteus using chloroplast DNA</w:t>
               </w:r>
@@ -3152,295 +3152,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00921194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear and chloroplast DNA phylogeography reveals vicariance among European populations of the model species for the study of metal tolerance, Arabidopsis halleri (Brassicaceae)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Nuclear microsatellite loci for Arabidopsis halleri (Brassicaceae), a model species to study plant adaptation to heavy metals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Godé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Decombeix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kostecka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Wasowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pauwels</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Castric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2011.04003.x⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 99, pp.e49-e52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3732/ajb.1100320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00666682v1</w:t>
+                <w:t xml:space="preserve">hal-00860561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear microsatellite loci for Arabidopsis halleri (Brassicaceae), a model species to study plant adaptation to heavy metals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Nuclear and chloroplast DNA phylogeography reveals vicariance among European populations of the model species for the study of metal tolerance, Arabidopsis halleri (Brassicaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Vekemans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Godé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">M. Pauwels</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Frérot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Castric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 99, pp.e49-e52. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 193 (4), pp.916-928. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3732/ajb.1100320⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2011.04003.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00860561v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00666682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does speciation between Arabidopsis halleri and Arabidopsis lyrata coincide with major changes in a molecular target of adaptation?</w:t>
               </w:r>
@@ -3452,51 +3452,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Castric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wright S.I.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3688,76 +3688,76 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00519030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and content diversity of mitochondrial genome in beet: a comparative genomic analysis</w:t>
+                <w:t xml:space="preserve">Structural and content diversity of the mitochondrial genome in beet. A comparative genomic analysis. .</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Darracq</w:t>
+                <w:t xml:space="preserve">A. Darracq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Stéphane Varré</w:t>
+                <w:t xml:space="preserve">J.S. Varré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Maréchal-Drouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3767,131 +3767,122 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Castric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3, pp.723-736</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00616508v1</w:t>
+                <w:t xml:space="preserve">hal-00621021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and content diversity of the mitochondrial genome in beet. A comparative genomic analysis. .</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural and content diversity of mitochondrial genome in beet: a comparative genomic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Darracq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Darracq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.S. Varré</w:t>
+                <w:t xml:space="preserve">Jean-Stéphane Varré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Maréchal-Drouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3901,734 +3892,743 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Castric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3, pp.723-736. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evr042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00621021v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00616508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic architecture of zinc hyperaccumulation in Arabidopsis halleri: the essential role of QTL · environment interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Frérot</w:t>
+                <w:t xml:space="preserve">A self-incompatibility system explains high male frequencies in an androdioecious plant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-P. Faucon</w:t>
+                <w:t xml:space="preserve">Ph. Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Willems</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Adeline Courseaux</w:t>
+                <w:t xml:space="preserve">C. Vassiliadis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hoareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magny G. De</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2010.03295.x⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 327, pp.1648-1650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1186687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00489949v1</w:t>
+                <w:t xml:space="preserve">hal-00461836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative trait loci analysis of mineral element concentrations in an Arabidopsis halleri · Arabidopsis lyrata petraea F2 progeny grown on cadmium contaminated soil</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Salis</w:t>
+                <w:t xml:space="preserve">Variability of zinc tolerance among and within populations of the pseudometallophyte species Arabidopsis halleri and possible role of directional selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.-L. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. A. Kostecka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Créach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Castric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 187, pp.368-379. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2010, 185, pp.130-142</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00489947v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00416483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Five AhMTP1 Zinc Transporters Undergo Different Evolutionary Fates towards Adaptive Evolution to Zinc Tolerance in Arabidopsis halleri</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hélène Frérot</w:t>
+                <w:t xml:space="preserve">Genetic architecture of zinc hyperaccumulation in Arabidopsis halleri: the essential role of QTL · environment interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nancy Roosens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
+                <w:t xml:space="preserve">M.-P. Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Willems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Godé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Courseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1000911⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 187, pp.355-367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2010.03295.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02024136v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A self-incompatibility system explains high male frequencies in an androdioecious plant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantitative trait loci analysis of mineral element concentrations in an Arabidopsis halleri · Arabidopsis lyrata petraea F2 progeny grown on cadmium contaminated soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Willems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Frérot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gennen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Salis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Magny G. De</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.1186687⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 187, pp.368-379. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2010.03294.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00461836v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability of zinc tolerance among and within populations of the pseudometallophyte species Arabidopsis halleri and possible role of directional selection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Five AhMTP1 Zinc Transporters Undergo Different Evolutionary Fates towards Adaptive Evolution to Zinc Tolerance in Arabidopsis halleri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaigham Shahzad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gosti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.-L. Meyer</w:t>
+                <w:t xml:space="preserve">Hélène Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. A. Kostecka</w:t>
+                <w:t xml:space="preserve">Nancy Roosens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Castric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (4), pp.e1000911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1000911⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00416483v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02024136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zinc distribution and speciation in Arabidopsis halleri x Arabidopsis lyrata progenies presenting various zinc accumulation capacities</w:t>
               </w:r>
@@ -4640,51 +4640,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Sarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenda Willems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-P. Isaure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew A. Marcus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4748,51 +4748,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic pattern of adaptive divergence in Arabidopsis halleri, a model species for tolerance to heavy metal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Lise Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Vitalis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4895,51 +4895,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zaigham Shahzad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Creach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4981,90 +4981,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merging methods in molecular and ecological genetics to study the adaptation of plants to anthropogenic metal-polluted sites: implications for phytoremediation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Willems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Roosens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5115,64 +5115,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of comparative genome analysis and syntenic relationships allows extrapolating the position of Zn tolerance QTL regions from Arabidopsis halleri into Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Roosens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Willems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Godé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Courseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5236,51 +5236,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Arabidopsis to explore zinc tolerance and hyperaccumulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Roosens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Willems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5318,77 +5318,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When population genetics serves genomics: putting adaptation back in a spatial and historical context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Roosens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5426,90 +5426,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des gènes candidats de la tolérance au zinc chez la pseudométallophyte Arabidopsis halleri par l'intégration des données de génomique comparative et de transcriptomique disponibles chez Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Roosens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zaigham Shahzad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Créach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Berthomieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5545,320 +5545,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02658288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A major quantitative trait locus for Cadmium tolerance in Arabidopsis halleri colocalizes with HMA4, a gene encoding a heavy metal ATPase</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The genetic basis of zinc tolerance in the metallophyte Arabidopsis halleri ssp. halleri (Brassicaceae): an analysis of quantitative trait loci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Willems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">D.B. Dräger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">M. Courbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Motte</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Godé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Arvidsson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Roosens</w:t>
+                <w:t xml:space="preserve">N. Verbruggen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 144, pp.1052-1065</w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 176, pp.659-674</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00170435v1</w:t>
+                <w:t xml:space="preserve">hal-00170445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genetic basis of zinc tolerance in the metallophyte Arabidopsis halleri ssp. halleri (Brassicaceae): an analysis of quantitative trait loci</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">A major quantitative trait locus for Cadmium tolerance in Arabidopsis halleri colocalizes with HMA4, a gene encoding a heavy metal ATPase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Courbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Willems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.B. Dräger</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Godé</w:t>
+                <w:t xml:space="preserve">P. Motte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Verbruggen</w:t>
+                <w:t xml:space="preserve">S. Arvidsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Roosens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 176, pp.659-674</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 144, pp.1052-1065</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00170445v1</w:t>
+                <w:t xml:space="preserve">hal-00170435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A broad-scale analysis of population differentiation for Zn tolerance in an emerging model species for tolerance study : Arabidopsis halleri (Brassicaceae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I. Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5931,77 +5931,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of cadmium tolerance in Arabidopsis halleri, a closely related hyperaccumulator species to Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. R. Craciun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Courbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bourgis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Salis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6043,64 +6043,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A broad-scale analysis of population differentiation for Zn-tolerance in an emerging model species for tolerance study: Arabidopsis halleri (Brassicaceae).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6151,51 +6151,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple origin of metallicolous populations of the pseudometallophyte Arabidopsis halleri (Brassicaceae) in Central Europe: the cpDNA testimony.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6554,291 +6554,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forms of zinc accumulated in the hyperaccumulator Arabidopsis halleri</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geraldine Sarret</w:t>
+                <w:t xml:space="preserve">Do &amp;lt;em&amp;gt;Arabidopsis halleri&amp;lt;/em&amp;gt; from nonmetallicolous populations accumulate zinc and cadmium more effectively than those from metallicolous populations?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Hazemann</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrick de Laguérie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Petit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 130, pp.1815-1826. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 155 (1), pp.47-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.007799⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1046/j.1469-8137.2002.00432.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00212288v1</w:t>
+                <w:t xml:space="preserve">hal-02681124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do &amp;lt;em&amp;gt;Arabidopsis halleri&amp;lt;/em&amp;gt; from nonmetallicolous populations accumulate zinc and cadmium more effectively than those from metallicolous populations?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Forms of zinc accumulated in the hyperaccumulator Arabidopsis halleri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Sarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Bert</w:t>
+                <w:t xml:space="preserve">Valerie Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bonnin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
+                <w:t xml:space="preserve">Olivier Proux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick de Laguérie</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Louis Hazemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 155 (1), pp.47-57. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 130, pp.1815-1826. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1046/j.1469-8137.2002.00432.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.007799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02681124v1</w:t>
+                <w:t xml:space="preserve">hal-00212288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear effect on mitochondrial protein expression of the CMS Owen cytoplasm in sugar beet</w:t>
               </w:r>
@@ -7005,51 +7005,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.P. Goodall-Copestake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.T. Epplen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7365,732 +7365,732 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02020903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct and indirect estimates of the selfing rate in small and large individuals of the bumblebee pollinated Cynoglossum officinale L (Boraginaceae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic diversity and gene flow between wild, cultivated and weedy forms of Beta vulgaris L. (Chenopodiaceae), assessed by RFLP and microsatellite markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Desplanque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaas Vrieling</w:t>
+                <w:t xml:space="preserve">Pierre Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Saumitou- Laprade</w:t>
+                <w:t xml:space="preserve">K. Broomberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cuguen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1046/j.1461-0248.1999.00093.x⟩</w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 98 (8), pp.1194-1201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s001220051184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02020988v1</w:t>
+                <w:t xml:space="preserve">hal-02051459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity and gene flow between wild, cultivated and weedy forms of Beta vulgaris L. (Chenopodiaceae), assessed by RFLP and microsatellite markers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Desplanque</w:t>
+                <w:t xml:space="preserve">Direct and indirect estimates of the selfing rate in small and large individuals of the bumblebee pollinated Cynoglossum officinale L (Boraginaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaas Vrieling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Saumitou- Laprade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cuguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Boudry</w:t>
+                <w:t xml:space="preserve">H. van Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Broomberg</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Cuguen</w:t>
+                <w:t xml:space="preserve">J. de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 98 (8), pp.1194-1201. </w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 2 (5), pp.331-337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s001220051184⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1046/j.1461-0248.1999.00093.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051459v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and mapping of RAPD and RFLP markers linked to a fertility restorer gene for a new source of cytoplasmic male sterility in beta vulgaris ssp. maritima</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distribution of chloroplast DNA diversity within and among populations in gynodioecious Beta vulgaris ssp. maritima (Chenopodiaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Forcioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Laporte</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gisele Butterlin</w:t>
+                <w:t xml:space="preserve">M. Valero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cuguen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 7 (9), pp.1193-1204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-294x.1998.00447.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02691130v1</w:t>
+                <w:t xml:space="preserve">hal-02051464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and mapping of RAPD and RFLP markers linked to a fertility restorer gene for a new source of cytoplasmic male sterility in Beta vulgaris ssp. maritima</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
+                <w:t xml:space="preserve">Identification and mapping of RAPD and RFLP markers linked to a fertility restorer gene for a new source of cytoplasmic male sterility in beta vulgaris ssp. maritima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Merdinoglu</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. Butterlin</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisele Butterlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 96 (6-7), pp.989-996. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1998, 96, pp.989-996</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051466v1</w:t>
+                <w:t xml:space="preserve">hal-02691130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution of chloroplast DNA diversity within and among populations in gynodioecious Beta vulgaris ssp. maritima (Chenopodiaceae)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Forcioli</w:t>
+                <w:t xml:space="preserve">Identification and mapping of RAPD and RFLP markers linked to a fertility restorer gene for a new source of cytoplasmic male sterility in Beta vulgaris ssp. maritima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Valero</w:t>
+                <w:t xml:space="preserve">G. Butterlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 7 (9), pp.1193-1204. </w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 96 (6-7), pp.989-996. </w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1046/j.1365-294x.1998.00447.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s001220050830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051464v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spatial genetic structure of cytoplasmic (cpDNA) and nuclear (allozyme) markers within and among populations of the gynodioecious Thymus vulgaris (Labiatae) in southern France</w:t>
               </w:r>
@@ -8567,406 +8567,406 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02705358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytoplasmic male sterility in plants: molecular evidence and the nucleocytoplasmic conflict</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chloroplast DNA polymorphism revealed by a fast, nonradioactive method in Beta vulgaris ssp. maritima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Forcioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Michaelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cuguen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vernet Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/0169-5347(94)90126-0⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 3 (2), pp.173-176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.1994.tb00118.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02020586v1</w:t>
+                <w:t xml:space="preserve">hal-02020578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloroplast DNA polymorphism revealed by a fast, nonradioactive method in Beta vulgaris ssp. maritima</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gynodioecy and mitochondrial DNA polymorphism in natural populations of Beta vulgaris ssp maritima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Cuguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Wattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Saumitou-Laprade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Forcioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Mörchen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.1994.tb00118.x⟩</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 26 (Suppl1), pp.87s-101s. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1297-9686-26-s1-s87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02020578v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00894057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gynodioecy and mitochondrial DNA polymorphism in natural populations of Beta vulgaris ssp maritima</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cytoplasmic male sterility in plants: molecular evidence and the nucleocytoplasmic conflict</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cuguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vernet Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 9 (11), pp.431-435. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0169-5347(94)90126-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1297-9686-26-s1-s87⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00894057v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different CMS sources found in Beta vulgaris ssp maritima: mitochondrial variability in wild populations revealed by a rapid screening procedure</w:t>
               </w:r>
@@ -9126,90 +9126,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surficial soil contamination around a zinc processing factory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Proix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9245,277 +9245,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01389360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rayons X comme sonde pour la localisation et la spéciation des métaux et métalloïdes dans les systèmes naturels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution towards zinc tolerance in Arabidopsis halleri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaigham Shahzad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gosti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Pauwels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Sarret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M.-P. Isaure</w:t>
+                <w:t xml:space="preserve">C. Gode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Montes Hernandez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Menguy</w:t>
+                <w:t xml:space="preserve">Hélène Frerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème édition Rayons X et Matière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">Conférence Jacques Monod "Évolution des mécanismes de régulation du développement des plantes".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00779380v1</w:t>
+                <w:t xml:space="preserve">hal-01506283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution towards zinc tolerance in Arabidopsis halleri</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maxime Pauwels</w:t>
+                <w:t xml:space="preserve">Les rayons X comme sonde pour la localisation et la spéciation des métaux et métalloïdes dans les systèmes naturels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-P. Isaure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Montes Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Gode</w:t>
+                <w:t xml:space="preserve">R. Hellmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Frerot</w:t>
+                <w:t xml:space="preserve">N. Menguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod "Évolution des mécanismes de régulation du développement des plantes".</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Roscoff, France</w:t>
+              <w:t xml:space="preserve">9ème édition Rayons X et Matière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01506283v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00779380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic characterisation of the MTP1 zinc transporter family in Arabidopsis halleri reveals a large functional and genetic diversity</w:t>
               </w:r>
@@ -9609,51 +9609,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of zinc tolerance in Arabidopsis halleri (Brassicaceae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Saumitou-Laprade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9723,103 +9723,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of a zinc processing factory on surrounding surficial soil contamination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lesven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Proix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd International Conference on Environmental Geochemistry and Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Bruxelles, Belgium</w:t>
@@ -9861,64 +9861,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The metal tolerance protein 1 (MTP1) gene family in the zinc tolerant and hyper-accumlulating species Arabidopsis halleri: inference on potential use as a molecular target for cereal biofortification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zaigham Shahzad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Gosti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Frérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10031,51 +10031,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne van Rossum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Fenart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10152,51 +10152,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origine des populations métallicoles d'Arabidopsis halleri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Pauwels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10429,51 +10429,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612032v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castric" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Batista" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Carr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mousavi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazoyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2024.03.047" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361089v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Laugier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Saumitou-Laprade" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vernet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lepart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Cheptou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcad169" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181727v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Francq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Billiard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/725275" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823583v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gallina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Santoni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile God&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.23" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400772v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Cauwer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bourceaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-021-00463-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997321v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mariotti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fornasiero" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; G.M. Cultrera" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Brizioli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.01760" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078884v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saverio Pandolfi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13175" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715496v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dowkiw" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bertrand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.0004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882958v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Babst-Kostecka" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk Schat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Grodzi&#324;ska" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14800" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597853v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vekemans" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Barcaccia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12498" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525802v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernet Philippe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallina Sophie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12457" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713135v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Frerot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina-Coralie Hautek&#232;ete" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Decombeix" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Bouchet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cr&#233;ach" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-017-3509-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579458v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dumoulin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Proix" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fr&#233;rot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pauwels" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2016.10.005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278123v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lepercq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13872" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188335v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Wasowicz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pauwels" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Pasierbinski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Maria Przedpelska-Wasowicz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.1645" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240022v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Isaure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Huguet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Meyer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiram Castillo-Michel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Testemale" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv131" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114161v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Husse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.12613.1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240012v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Baliardini" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietrino Salis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verbruggen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01037" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240014v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line van de Paer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2015.02.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KT01G82X-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113955v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. P. Feng," TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Lourgant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S. Zheng" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2135/cropsci2013.02.0091" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110824v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Shahzad" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ranwez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fizames" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marqu&#232;s" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Martret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12396" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860452v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Husse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Billiard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lepart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vernet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12124" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921194v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaigham Shahzad" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fizames" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marqu&#232;s" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Le Martret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666682v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Vekemans" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. God&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2011.04003.x" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860561v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Decombeix" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kostecka" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wasowicz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.1100320" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644381v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wright S.I." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026872" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519030v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Leducq" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Llaurens" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. J. Hardy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2010.68" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616508v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Darracq" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Varr&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mar&#233;chal-Drouard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Courseaux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evr042" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621021v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darracq" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Varr&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489949v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Faucon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Willems" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03295.x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489947v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gennen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salis" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03294.x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02024136v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gosti" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fr&#233;rot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Roosens" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000911" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461836v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Vernet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vassiliadis" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hoareau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magny G. De" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1186687" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416483v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-L. Meyer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Kostecka" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cr&#233;ach" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425670v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Sarret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Willems" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew A. Marcus" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Fakra" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.02996.x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383559v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vitalis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492405v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Roosens" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lacombe" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Creach" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170446v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173243v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258858v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222725v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658288v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthomieu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170435v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courbot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Motte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arvidsson" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170445v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Dr&#228;ger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Verbruggen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661636v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Bonnin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2006.01178.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181655v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Craciun" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourgis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091812v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bonnin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091863v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Holl" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petit" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679485v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Holl" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Petit" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2005.02739.x" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TCHS466J-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681270v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne van Rossum" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Fenart" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2004.02314.x" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PM02VT4T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212288v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bert" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Proux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hazemann" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.007799" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681124v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bert" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Lagu&#233;rie" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1469-8137.2002.00432.x" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020914v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ducos" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Touzet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cuguen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220100578" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TDDP58BC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694482v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J. Ouborg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.P. Goodall-Copestake" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Epplen" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294x.2000.00871-6.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020925v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desplanque" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Viard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Forcioli" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294x.2000.00843.x" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JVJJ36N0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020903v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rasp&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Jacquemart" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294x.2000.00977.x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1A406854C7BD1FF2A5EE9530FC6BB7CF4D1EB4BB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020988v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Vrieling" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saumitou- Laprade" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. van Dijk" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Jong" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1461-0248.1999.00093.x" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TJPWFQBN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051459v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Broomberg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220051184" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7W1HK379-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691130v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laporte" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merdinoglu" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Butterlin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051466v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Merdinoglu" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Butterlin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220050830" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-STJP86SV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051464v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valero" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294x.1998.00447.x" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RQJJFDR0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051477v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tarayre" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Cuguen" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Couvet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Thompson" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2446465" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020602v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M&#246;rchen" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michaelis" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#228;nni" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220050131" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020595v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Ronfort" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf00220872" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-N4FHW4QZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705358v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle J. Ronfort" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020586v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0169-5347(94)90126-0" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/67E5C6D0AD5273C7FE22CC5751254AAF46D24DA6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020578v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Forcioli" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.1994.tb00118.x" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9LLZJKXJ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894057v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Wattier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Saumitou-Laprade" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Forcioli" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-26-s1-s87" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051482v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rouwendal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krens" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf00220909" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-X013QCWW-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389360v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779380v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sarret" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Montes Hernandez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hellmann" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Menguy" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506283v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gode" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Frerot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814903v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829928v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389348v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lesven" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806507v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Roosen" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822106v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r43-contaminations-metalliques-des-agrosystemes-et-ecosystemes-peri-industriels.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821422v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612032v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castric" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Batista" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Carr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mousavi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazoyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2024.03.047" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361089v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Laugier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Saumitou-Laprade" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vernet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lepart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Cheptou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcad169" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181727v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Francq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Billiard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/725275" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400772v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Cauwer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile God&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bourceaux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-021-00463-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823583v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gallina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Santoni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.23" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997321v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mariotti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fornasiero" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; G.M. Cultrera" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Brizioli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.01760" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078884v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saverio Pandolfi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13175" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882958v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Babst-Kostecka" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk Schat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Grodzi&#324;ska" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14800" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715496v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dowkiw" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bertrand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.0004" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579458v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dumoulin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Proix" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fr&#233;rot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pauwels" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2016.10.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597853v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vekemans" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Barcaccia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12498" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525802v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernet Philippe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallina Sophie" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12457" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713135v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Frerot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina-Coralie Hautek&#232;ete" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Decombeix" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Bouchet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cr&#233;ach" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-017-3509-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278123v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lepercq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13872" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188335v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Wasowicz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pauwels" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Pasierbinski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Maria Przedpelska-Wasowicz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.1645" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240014v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line van de Paer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2015.02.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KT01G82X-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114161v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Husse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.12613.1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240022v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Isaure" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Huguet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Meyer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiram Castillo-Michel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Testemale" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv131" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240012v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Baliardini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietrino Salis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verbruggen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01037" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113955v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. P. Feng," TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Lourgant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S. Zheng" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2135/cropsci2013.02.0091" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110824v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Shahzad" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ranwez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fizames" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marqu&#232;s" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Martret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12396" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860452v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Husse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Billiard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lepart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vernet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12124" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921194v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaigham Shahzad" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fizames" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marqu&#232;s" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Le Martret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860561v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. God&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Decombeix" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kostecka" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wasowicz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.1100320" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666682v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Vekemans" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2011.04003.x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644381v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wright S.I." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026872" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519030v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Leducq" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Llaurens" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. J. Hardy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2010.68" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621021v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darracq" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Varr&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mar&#233;chal-Drouard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Courseaux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616508v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Darracq" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Varr&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evr042" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461836v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Vernet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vassiliadis" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hoareau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magny G. De" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1186687" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416483v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-L. Meyer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Kostecka" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cr&#233;ach" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489949v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Faucon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Willems" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03295.x" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489947v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gennen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salis" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03294.x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02024136v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gosti" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fr&#233;rot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Roosens" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000911" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425670v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Sarret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Willems" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew A. Marcus" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Fakra" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.02996.x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383559v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vitalis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492405v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Roosens" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lacombe" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Creach" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170446v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173243v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258858v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222725v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658288v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthomieu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170445v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Dr&#228;ger" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courbot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Verbruggen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170435v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Motte" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arvidsson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661636v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Bonnin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2006.01178.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181655v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Craciun" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourgis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091812v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bonnin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091863v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Holl" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petit" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679485v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Holl" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Petit" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2005.02739.x" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TCHS466J-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681270v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne van Rossum" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Fenart" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2004.02314.x" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PM02VT4T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681124v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bert" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Lagu&#233;rie" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1469-8137.2002.00432.x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212288v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bert" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Proux" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hazemann" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.007799" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020914v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ducos" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Touzet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cuguen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220100578" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TDDP58BC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694482v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J. Ouborg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.P. Goodall-Copestake" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Epplen" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294x.2000.00871-6.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020925v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desplanque" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Viard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Forcioli" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294x.2000.00843.x" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JVJJ36N0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020903v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rasp&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Jacquemart" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294x.2000.00977.x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1A406854C7BD1FF2A5EE9530FC6BB7CF4D1EB4BB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051459v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Broomberg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220051184" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7W1HK379-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020988v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Vrieling" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saumitou- Laprade" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. van Dijk" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Jong" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1461-0248.1999.00093.x" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TJPWFQBN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051464v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valero" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294x.1998.00447.x" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RQJJFDR0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691130v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laporte" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merdinoglu" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Butterlin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051466v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Merdinoglu" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Butterlin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220050830" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-STJP86SV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051477v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tarayre" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Cuguen" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Couvet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Thompson" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2446465" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020602v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M&#246;rchen" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michaelis" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#228;nni" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220050131" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020595v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Ronfort" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf00220872" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-N4FHW4QZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705358v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle J. Ronfort" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020578v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Forcioli" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.1994.tb00118.x" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9LLZJKXJ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894057v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Wattier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Saumitou-Laprade" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Forcioli" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-26-s1-s87" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020586v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0169-5347(94)90126-0" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/67E5C6D0AD5273C7FE22CC5751254AAF46D24DA6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051482v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rouwendal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krens" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf00220909" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-X013QCWW-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389360v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506283v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gode" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Frerot" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779380v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sarret" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Montes Hernandez" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hellmann" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Menguy" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814903v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829928v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389348v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lesven" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806507v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Roosen" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822106v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r43-contaminations-metalliques-des-agrosystemes-et-ecosystemes-peri-industriels.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821422v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>