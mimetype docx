--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -3235,203 +3235,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04602694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coûts associés à la dégradation du milieu marin : biodiversité et intégrité des fonds marins - Façade Méditerranée</w:t>
+                <w:t xml:space="preserve">Protection de l'environnement littoral et marin - Façade Nord Atlantique-Manche Ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Node</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Scemama</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04602690v1</w:t>
+                <w:t xml:space="preserve">hal-04602557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protection de l'environnement littoral et marin - Façade Nord Atlantique-Manche Ouest</w:t>
+                <w:t xml:space="preserve">Coûts associés à la dégradation du milieu marin : biodiversité et intégrité des fonds marins - Façade Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Node</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Alban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Scemama</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Le Gentil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04602557v1</w:t>
+                <w:t xml:space="preserve">hal-04602690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protection de l'environnement littoral et marin - Façade Sud-Atlantique</w:t>
               </w:r>
@@ -6587,51 +6587,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443669v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Macher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Alban" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Charrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44183-025-00175-w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04822957v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Comte" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quemmerais-Amice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Scemama" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Surun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2024.106532" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05244814v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bellanger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shani Friedman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Mass&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resourpol.2025.105623" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05244728v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Almeida" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cabral" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Fonseca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Gil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177527" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675389v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scemama" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Kermagoret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astruch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-F. Boudouresque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Changeux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.121888" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511933v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime S&#232;be" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Choquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jung" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Chircop" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.152262" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203709v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Regnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Blanchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thebaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ffgc.2021.769182" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203717v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Kermagoret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Carlier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2022.101408" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203091v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Fonner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Holland" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Libecap" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Lipton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2021.106990" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342451v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kermagoret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accornero-Picon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alban" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156262v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Speir" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Brooks" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Butler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.544440" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129599v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2018.11.003" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033507v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy M Nugues" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ouisse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104078" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02132992v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy M. Nugues" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.03.028" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939251v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018040" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692274v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2016.12.025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRS1R98R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692265v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2016.11.036" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239781v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-015-0598-6" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692278v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Levrel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Viard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Frangoudes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Girard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2016.05.031" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692352v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/redp.236.0893" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692378v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2013055" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05341061v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Recuero Virto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602551v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Node" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602545v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602609v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602691v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Gentil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602694v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602690v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602557v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602564v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602607v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602697v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602571v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602615v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663325v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Rivallin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655013v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Le Fur" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179836v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Soubelet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179861v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179849v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708019v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Diop" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanbian Blanchard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507065v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630054v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Provost" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loury Cavali&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Vaschalde" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630148v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caillot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gailhard Rocher" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630111v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630131v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabinot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630159v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Loupsans" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637987v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Couvet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delavaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Langridge" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Soubelet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abbadie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628910v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gailhard-Rocher" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630118v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152857v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Vaissi&#233;re" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#232;tier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bas" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calvet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaucherand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72581-9_7" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588319v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hassan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588326v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Buitron" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1296/9782759222926/restaurer-la-nature-pour-attenuer-les-impacts-du-developpement" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588331v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588338v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01661326v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BRES0029" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443669v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Macher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Alban" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Charrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44183-025-00175-w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04822957v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Comte" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quemmerais-Amice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Scemama" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Surun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2024.106532" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05244814v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bellanger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shani Friedman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Mass&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resourpol.2025.105623" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05244728v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Almeida" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cabral" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Fonseca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Gil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177527" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675389v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scemama" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Kermagoret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astruch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-F. Boudouresque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Changeux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.121888" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511933v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime S&#232;be" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Choquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jung" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Chircop" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.152262" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203709v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Regnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Blanchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thebaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ffgc.2021.769182" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203717v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Kermagoret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Carlier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2022.101408" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203091v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Fonner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Holland" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Libecap" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Lipton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2021.106990" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342451v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kermagoret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accornero-Picon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alban" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156262v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Speir" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Brooks" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Butler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.544440" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129599v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2018.11.003" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033507v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy M Nugues" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ouisse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104078" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02132992v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy M. Nugues" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.03.028" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939251v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018040" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692274v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2016.12.025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRS1R98R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692265v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2016.11.036" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239781v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-015-0598-6" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692278v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Levrel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Viard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Frangoudes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Girard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2016.05.031" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692352v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/redp.236.0893" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692378v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2013055" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05341061v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Recuero Virto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602551v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Node" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602545v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602609v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602691v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Gentil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602694v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602557v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602690v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602564v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602607v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602697v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602571v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602615v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663325v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Rivallin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655013v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Le Fur" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179836v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Soubelet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179861v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179849v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708019v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Diop" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanbian Blanchard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507065v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630054v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Provost" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loury Cavali&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Vaschalde" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630148v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caillot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gailhard Rocher" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630111v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630131v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabinot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630159v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Loupsans" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637987v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Couvet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delavaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Langridge" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Soubelet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abbadie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628910v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gailhard-Rocher" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630118v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152857v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Vaissi&#233;re" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#232;tier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bas" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calvet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaucherand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72581-9_7" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588319v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hassan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588326v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Buitron" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1296/9782759222926/restaurer-la-nature-pour-attenuer-les-impacts-du-developpement" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588331v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588338v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01661326v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BRES0029" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>