--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:149.41634241245px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> pierre slangen </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur de 2ème classe , Institut Mines Telecom, IMT Mines Alès, UR EuroMov DHM</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pierre-slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8207-5369</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">112751172</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-4750-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Slangen est professeur à l'UMR EuroMov DHM, Univ Montpellier, IMT Mines Ales (France) et contribue actuellement au développement de la plateforme Ales Imaging and Human Metrology (AIHM) .</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Né en Belgique en 1965, il a obtenu en 1995 son doctorat d'État en physique à l'Université de Liège, en Belgique.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Depuis plus de 20 ans à IMT Mines Alès, il travaille principalement sur l'holographie, le speckle, l'interférométrie et les techniques de photographie numérique. Le Prof. P. Slangen est impliqué dans le couplage des techniques holographiques et de speckle avec l'imagerie à haute vitesse pour des mesures résolues dans le temps d'incendies, d'explosions, d'ondes de choc ou d'impacts à haute vitesse. Des mesures en plein air et à grande échelle de l'indice de réfraction ont également été réalisées par shadowgraphie et BOS (Background Oriented Schlieren).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Plus récemment, P. Slangen a rejoint l'UMR Euromov &amp;quot;Digital Health in Motion&amp;quot; (IMT Mines Ales, Univ Montpellier) afin d'appliquer les techniques de photographie computationnelle à la capture de mouvement pour la surveillance du bien-être et de la santé. Des systèmes et des algorithmes de suivi du mouvement simples et efficaces sont étudiés pour faire face aux environnements difficiles et/ou aux solutions à faible coût. Ces développements sont également comparés et calibrés à l'aide de systèmes et d'algorithmes commerciaux actualisés de Qualisys (Suède).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le professeur P. Slangen participe actuellement à la construction de l'installation Ales Imaging Human Metrology (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AIHM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), qui permet de combiner la capture de mouvements vifs, l'EEG et le NIRS, l'EMG et l'ECG avec les conditions environnementales. En particulier, le son, la lumière ou la santé devraient être déterminés pour évaluer les diagnostics pertinents par l'intelligence artificielle à partir de ces données corporelles. Des applications pour l'évaluation en temps réel de l'ergonomie dans l'industrie 5.0 sont actuellement en cours de développement dans la manufacture.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nationalité : Belge et française</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Adresse :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR EuroMov Digital Health in Motion, IMT Mines Ales, Ales, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CERIS (Centre d'Enseignement et de Recherche en Informatique et Systèmes)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">6 avenue de clavieres</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">30319 ALES CEDEX France</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pierre.slangen@mines-ales.fr</w:t></w:r></w:hyperlink><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">site web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://hisians.wp.imt.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Position actuelle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur (Classe2), UMR EuroMov Digital Health in Motion, IMT Mines Ales, Ales, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Co-cordonnateur de la plateforme AIHM (Ales Imaging Human Metrology)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Sauveteur Secouriste du travail</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Domaines d'expertise</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Solutions dédiées à la métrologie optique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique appliquée et lasers, Schlieren, Shadowgraphy. Responsable de la sécurité laser jusqu'en 2022.Corrélation d'images numériques et vélocimétrie par image de particulesHolographie et interférométrie, holographie numérique, interférométrie par speckle.Imagerie à haute et ultra-haute vitesse, capture de mouvement</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Vulgarisation scientifique et applications pour un large public, arts, sports et handisport.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participant au </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VideoCast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> &amp;quot;Le Numérique, Je filme mon Futur métier&amp;quot;, Association Melting Phot, Avril 2025</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Transiscience Emission radio RGO: </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://radiogrilleouverte.com/podcast/transiscience-011124-pierre-slangen-motion-capture/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Carnot MINES Santé: Capture de mouvement et TMS dans l'industrie 5.0</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.carnot-mines.eu/capture-du-geste-mesurer-la-penibilite-au-travail-pour-mieux-la-diminuer/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Podcast : Sport augmenté, le numérique en piste, L’Apostrophe I’MTEch (Ingrid Colleau, 2024)</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://podcast.ausha.co/l-apostrophe/sport-augmente-le-numerique-en-piste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pint of Science 2023:&amp;quot; Capturons le mouvement&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fête de la Science: &amp;quot;La capture du Mouvement ...en Mouvement&amp;quot; (2023), &amp;quot;Voir l'invisible...&amp;quot; (2017-2022)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">FAST2025 &amp;quot;La capture de mouvement en mouvement&amp;quot;, Intervention dans trois classes de collège, Nîmes.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université du Tiers Temps (U Mpl): &amp;quot;Voir l'Invisible&amp;quot; (2023), &amp;quot;La capture de mouvement pour le sport et la santé&amp;quot; (2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rencontres de la Photonique, BTS Photonique, lycée Champollion (Lattes), « Capture de Mouvement », 14 février 2023</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">IM'Tech: La capture de mouvement pour la santé et le sport (</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2022</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">IM'Tech: Les pollutions marines sous l’œil des caméras ultrarapides (</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2015</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Etude optique du flux acoustique à la sortie des sirènes rotatives, Cie Mécanique Vivante (Champclauson, France)Visualisation des flux d'air autour des danseurs, Cie Vie d'Artiste, Zéline Zonzon, Nîmes (Nîmes, France)Super slow motion d'artistes de cirque et de rue, Cie Vie d'Artiste, Zéline Zonzon (Nîmes, France)Vélocimétrie par image de particules montrant les déplacements d'air autour des danseurs, Cie Vie d'Artiste (Nîmes, France)Optimisation de la prothèse de jambe de course avec Dominique André, champion paralympique du 100m (Alès, France)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013 Habilitation à diriger des Recherches, de l'Université J. Monnet, St Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1995 Doctorat d'Etat : Physique, partim. Optique, de l'Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991 Professeur de physique pour le service de l'armée belge (1 an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1988 Maîtrise en Optoélectronique, Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1987 Agrégation de Physique pour l'Enseignement Secondaire, Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1987 Licence en Physique (bac.+4), Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Parcours professionnel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis janvier 2020, Professeur (2e classe) à l'IMT Mines Alès (CERIS)Centre d'Enseignement et de Recherche en Informatique et SystèmesUMR EuroMov Digital Health in Motion, IMT Mines Alès, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordonnateur de la plateforme Ales Imaging and Human Metrology (AIHM), depuis Juillet 2023Responsable de l'installation ONIVOA, IMT Mines Alès, (juillet 2018, juillet 2023)Responsable du groupe de recherche &amp;quot;Institut des Sciences des Risques&amp;quot;, Laboratoire LGEI, IMT Mines Alès (juillet 2014 - juillet 2018)Professeur classe 2, HEA3, IMT Mines Alès, depuis déc. 2015Professeur associé (Maitre de Recherche), Laboratoire LGEI, IMT Mines Alès (2014 - Déc 2015)Chargé de Recherche, Laboratoire LGEI, IMT Mines Alès (2009-2013)Responsable de l'axe de recherche exploratoire ILOA, Laboratoire CMGD, IMT Mines Alès (2007-2009)Chargé de Recherche, Laboratoire CMGD, IMT Mines Alès (1995-2007)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du Conseil de Gestion de la Faculté d'Odontologie, Université de Montpellier, depuis 2022Membre de la Commission de Recherche de la Faculté d'Odontologie, Université de Montpellier, depuis 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité exécutif &amp;quot;Diagnostic optique et photonique&amp;quot;, Société Française d'Optique, depuis 2008Membre du comité scientifique de conférences internationales : &amp;quot;Optical Metrology&amp;quot; (SPIE, Munich) et &amp;quot;Speckle&amp;quot; (WW) series.Organisateur et éditeur de la conférence internationale SPIE &amp;quot;Speckle06 : Speckles from grains to flowers&amp;quot;, Nîmes (2006).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Promoteur de scientifiques pour &amp;quot;Habilitation à diriger les recherches&amp;quot;Superviseur principal de doctorantsEncadrement de doctorants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directeur de l'Institut des Sciences des Risques de juillet 2014 à juillet 2018 (9 chercheurs, 8 doctorants, 3 post-docs, 3 techniciens).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Contributeur ou coordinateur de projets de recherche dans le domaine de la mécanique des solides et des fluides :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Imagerie appliquée et essais non destructifs.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mesures de champs de déplacement nano/micro/macro.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enregistrement optique et analyse d'informations résolues dans le temps et distribuées dans l'espace (localisation, indice de réfraction, phase).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Expertise en imagerie à haute et ultra haute vitesse (de 1kimage/s à 2Mimage/s) pour des applications civiles et de sécurité (explosions, incendies, pollution, particules, visualisations d'écoulement et de chocs). Diverses applications en mécanique de la rupture pour la caractérisation de composites stratifiés (chocs de gouttes) ou d'impacts hyper vélocités et en mécanique des fluides pour la caractérisation d'écoulements, de particules ou de chocs à l'IMT Mines Ales et au CEA Gramat.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Développement de l'interférométrie de speckle et de la photographie de speckle pour des applications de métrologie optique en mécanique des solides.Mesures comparatives par interférométrie de speckle et holographie numérique en collaboration avec Le Mans Université.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Contribution au développement du laboratoire HOLOLAB de l'Université de Liège, Belgique.Mise en place de la salle optique et des tables, Réalisation de différents types d'hologrammes (réflexion, transmission) et également d'hologrammes de seconde génération pour la visualisation directe ou l'anti-contrefaçon (embossed rainbow).Optimisation de l'exposition et du traitement des différents supports d'enregistrement holographique (gélatines aux halogénures d'argent et bichromatées, photorésist).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Time line</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2013 : Habilitation à diriger les recherches, Université Jean Monnet, ST Etienne (F)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">&amp;quot;Contribution de l'optique appliquée à la mécanique et aux sciences du risque &amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1992-1995 : Doctorant d'Etat, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HOLOLAB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Liège (Belgique)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèse principale : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Application du speckle laser à la métrologie des microdéplacements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Etude, développement, calibration et applications de l'interférométrie par speckle à déphasage numérique.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèse annexe : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Il est possible d'enregistrer un hologramme arc-en-ciel sur un substrat photopolymère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Enregistrement d'hologramme arc-en-ciel sur photopolymère, développé par C. Carré, ENSCMulhouse (France)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1992 : stage ERASMUS de 3 mois, Ecole des Mines d'Alès - LMM (France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Photographie de speckle à double pas appliquée aux déplacements submillimétriques d'objets sous charge.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Mise en place et enregistrement de specklegrams double pas, traitement et analyse par corrélateur optique de Fourier.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Comparaison de l'analyse Fourier à pleine échelle et de l'analyse par diffraction point par point.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1989 : stage COMETT de 6 mois, HOLO3-ISL (ST Louis, France) &amp ; CETIM-CERMAT (Mulhouse, France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Application de l'interférométrie holographique moyennée dans le temps à la détermination des formes des modes de vibration des cylindres creux.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Mise en place et enregistrements d'hologrammes moyennés dans le temps, traitement et analyse des profils de franges de type Bessel.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Comparaison avec l'analyse modale mécanique in situ, et avec les résultats FEM en collaboration avec l'ENSI Nancy.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse modale d'une scie rotative par accéléromètres multicanaux et marteau de choc.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Mise en place et maillage, excitation et enregistrement par analyseur multicanal B&K.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1988 : Master en Optoélectronique : &amp;quot;Réalisation d'hologrammes en relief&amp;quot;, Université de Liège (Belgique)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enregistrement d'hologrammes arc-en-ciel sur photoréserve.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Evaporation d'argent sur photorésist et croissance chimique du nickel pour la production de matrices de gaufrage.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sélection de la feuille plastique et gaufrage des hologrammes arc-en-ciel.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1987 : Licence 4 de physique : &amp;quot;Etude de la production d'hologrammes emboutis&amp;quot;, Université de Liège (Belgique)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Montages d'enregistrement pour l'holographie d'image : transmission, réflexion, hologramme d'image, hologramme d'hologramme, hologramme arc-en-ciel</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Interférométrie holographique : moyennée dans le temps, double étape</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Etude de l'influence du traitement chimique sur l'efficacité de la diffraction des hologrammes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Optimisation du traitement chimique humide et du gonflement des plaques holographiques en gélatine à l'halogénure d'argent</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">-------------------------------------------------------------------------------------------------------------------------------------------------------------------------------</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Publications : WoS -- Scopus</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.webofscience.com/wos/author/record/673093</w:t></w:r></w:hyperlink><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.scopus.com/authid/detail.uri?authorId=6603241074</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Publications : HAL</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of rhythm features on beat/movement synchronization using a low-cost vision system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcomp.2025.1595939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05193513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Bubbling on Ignition of PMMA Slab: Change in Thermo-Physical and Thermo-Radiative Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloë Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Longuet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rambaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 7 (4), pp.117. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fire7040117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04532406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview on human-centred technologies, measurements and optimisation in assembly systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilhem Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Tlahig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (14), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2023.2286627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting a label on someone: impact of schizophrenia stigma on emotional mimicry, liking, and interpersonal closeness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Kastendieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Hess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition and Emotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38 (7), pp.Pages 1015-1031. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02699931.2024.2339531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital in-line holography to explore saliva aerosolization mechanisms in speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Dosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manouk Abkarian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Aerosol Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 175, pp.106282. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jaerosci.2023.106282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04266348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstacles shape the way we walk at home</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Janaqi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcomp.2023.1270520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ceramic Bonding Interface under Shear–Compression Stress: Ultra-High-Speed Imaging Contribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 102 (3), pp.002203452211385. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00220345221138500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite element modelling of low velocity impact test applied to biaxial glass fiber reinforced laminate composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Boukar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Impact Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 165, pp.104218. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2022.104218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03622166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of CAD/CAM ceramic veneers under stress: A 3D holographic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Montrésor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Desoutter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.Y. Solieman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118, pp.104436. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmbbm.2021.104436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of 3D human pose estimation algorithms for markerless motion capture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Desmarais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Montesinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Vision and Image Understanding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 212, pp.103275. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cviu.2021.103275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03344404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental assessment of low velocity impact damage in flax fabrics reinforced biocomposites by coupled high-speed imaging and DIC analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 140, pp.106137. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compositesa.2020.106137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamic fragmentation of water, ethanol and polyethylene glycol droplets investigated by high-speed in-line digital holography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zacaria Essaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 122 (Part B), pp.111747. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2021.111747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualization of aluminum dust flame propagation in a square-section tube: comparison of schlieren, shadowgraphy and direct visualization techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zacaria Essaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23, pp.885-894. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12650-020-00676-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02895079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualization of aluminum dust flame propagation in a square-section tube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67, pp.7-12. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1867002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the impact behaviour of short hemp fibres reinforced polypropylene biocomposites through high speed imaging and finite element modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Puech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.428-439. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compositesa.2018.03.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field BLEVE overpressure effects: The shock start model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Birk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Eyssette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Safety and Environmental Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 116, pp.727-736. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psep.2018.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass Ceramic CAD/CAM crowns and severely altered posterior teeth: a three levels study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Science: Materials in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (10), pp.145. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10856-017-5948-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-speed imaging optical techniques for shockwave and droplets atomization analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (12), pp.121706. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.OE.55.12.121706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of liquid jet breakup resulting from interaction with overpressure wave from domino effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lecysyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 53, pp.73-78. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1653013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on vapor cloud explosion of propane-oxygen stoichiometric mixture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lapebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 53, pp.61-66. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1653011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric powder dispersion in an Urban Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48, pp.91-96. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1648016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training decision-makers: Existing strategies for natural and technological crisis management and specifications of an improved simulation-based tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tena-Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Tixier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Safety Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97, pp.144-153. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ssci.2016.03.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of submerged leakage from a shipwreck involving floating chemicals cargo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cosenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 53, pp.343-348. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1653058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near field blast effects from BLEVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Birk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Eyssette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48, pp.283-288. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1648048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of the influence of dispersant addition on rising oil droplets in water column</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 43, pp.2287-2292. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1543382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation on cone jetting regimes of liquid droplets subjected to pyroelectric fields induced by laser blasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriella Gennari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Battista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonetta Grilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Miccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 106 (5), pp.054103. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4907005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D Modeling of Turbulent Flow around a Cylindrical Storage Tank by Artificial Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Johannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 43, pp.1621-1626. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1543271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Effects of a Triple Aggression (Fragment, Blast, Fireball) on an LPG Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lapebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Osmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36, pp.355-360. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/cet1436060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of n-butanol behaviour in seawater due to chemical release from marine shipwreck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dusserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36, pp.19-24. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1436004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Wildfires on LPG Tanks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dusserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 31, pp.637-642. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1331107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a distant wildland fire on an LPG tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Baptiste Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fire Safety Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61, pp.100-107. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.firesaf.2013.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Approach of Gas–Liquid Computational Fluid Dynamics Simulations for the Study of Minimum Quantity Cooling With Airblast Plain-Jet Injectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Diakodimitris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Iskandar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hendrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 135 (4), pp.041009. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4024632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of an LPG tank at low filling level heated by a remote wall fire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Birk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Loss Prevention in the Process Industries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26 (6), pp.1484-1491. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jlp.2013.09.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative mechanical behavior of dentin enamel and dentin ceramic junctions assessed by speckle interferometry (SI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinga Turzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28 (10), pp.e229 - e238. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dental.2012.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01743585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between Digital Fresnel Holography and Digital Image-Plane Holography: The Role of the Imaging Aperture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Karray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 52 (9), pp.1275-1286. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11340-012-9604-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Approach to Analyze Chemical Releases Behavior in Water Column: High Speed Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dusserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Oil Spill Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2011 (1), pp.abs168. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7901/2169-3358-2011-1-168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of hydraulic ram effects on a liquid storage tank: Analysis of overpressure and cavitation induced by a high-speed projectile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 178 (1-3), pp.635-643. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2010.01.132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ballistic impact on an industrial tank: Study and modeling of consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 172 (2-3), pp.587-594. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2009.07.086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary study of ballistic impact on an industrial tank: Projectile velocity decay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Loss Prevention in the Process Industries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21 (6), pp.627-634. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jlp.2008.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction of new optical techniques to characterize the psycho-sensory properties of materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Eterradossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Péré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 9, pp.56-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 3D effect in the wedge adhesion test : application of speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Popineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin E.R. Shanahan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Adhesion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 80, pp.1173 - 1194. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00218460490884349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the geometry of illumination and viewing beams on displacement measurement errors in interferometric metrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Renotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 143 (1-3), pp.95-101. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(97)00336-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disk-growing algorithm for phase-map unwrapping: application to speckle interferograms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Renotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 35 (2), pp.240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital speckle pattern interferometry (DSPI): A fast procedure to detect and measure vibration mode shapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Golinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Lasers in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 25 (4-5), pp.311-321</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer-aided interferometric measurements of drift and phase shifter calibration for digital speckle pattern interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Deveuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Renotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 34 (12), pp.3526. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.215666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications of self-processing polymer materials: double step image holography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Carré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of chromium content in dichromated gelatin by x-ray fluorescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 32 (30), pp.6132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ergonomics-Based Assembly Line Balancing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chafiq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Absi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Suzanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27-ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Société Française de Recherche Opérationnelle et d'Aide à la Décision, Feb 2026, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05528700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Efficient Ergonomic Optimization in Industry 5.0: The Role of REBA, Motion Capture, and Decision Support Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Taleb Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Montmain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIM 2025 - 11th IFAC Conference on Manufacturing Modelling, Management and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Trondheim ( Norvège), Norway. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05198764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TREB: Temporal Refinement of Egocentric Body Pose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno da Silva Henriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sutton Charani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE CBMI 2025 - International Conference on Content-Based Multimedia Indexing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From MoCap and Unity to ergonomic scores and KPI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Slonim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Suzanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Absi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIM 2025 - 11th IFAC Conference on Manufacturing Modelling, Management and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Trondheim ( Norvège), Norway. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05198769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of rhythm features on beat/movement synchronization using a low-cost vision system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOMOS 2024 - Third Symposium of the ICTMD Study Group on Sound, Movement, and the Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scoring synchronization between music and motion: local Vs global approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2024 - 32nd European Signal Processing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO63174.2024.10715297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration des interfaces dent-céramique : une approche avancée avec l‘imagerie numérique rapide ou l‘interférométrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYMPOSIUM D’ODONTOLOGIE NUMÉRIQUE ÉDITION 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dental PAG, Mar 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postural risk assessment and motion capture to improve the ergonomics of a workstation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Taleb-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Montmain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2024 - 25ème édition du congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implicit Stigma of Schizophrenia: the Role of Emotional Contagion and Emotional Mimicry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Kastendieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Hess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - Les Environnements de l'Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les capteurs inertiels dans le sport de haut niveau : application au volleyball</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dusfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Ben Zaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - Les Environnements de l'Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the Use of Sonification of Arm Movement Modulate Gesture Reproduction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lacazette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Cochen de Cock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - Les Environnements de l'Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing Human-robot Interaction in a Manufacturing Environment by Incorporating Hand Movements for Remote Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilhem Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICNSC 2023 - 20th IEEE International Conference on Networking, Sensing and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Marseille, Oct 2023, Marseille, France. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icnsc58704.2023.10318994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring synchronization between movement and music toward a multi-scale approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOCO'22 - 8th International Conference on Movement and Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Chicago, Illinois, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic scoring of synchronization from fingers motion capture and music beats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHAPE 2022 - 1st Int. Workshop on Intelligent Systems in Human and Artificial Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lecce, Italy. pp.235-245, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-13321-3_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-centred assembly and disassembly systems: a survey on technologies, ergonomic, productivity and optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Tlahig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilhem Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIM 2022 - 10th IFAC Conference on Manufacturing Modelling, Management and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization of speech and gestures in an interactional context (SyncoGest Project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domitille Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 2022 - 9th Conference of the International Society for Gesture Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion capture and myoelectric multimodal measurements during static and dynamic bending tasks using a back-assisting exoskeleton: a preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Jelti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Letellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Metrology EOM21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jun 2021, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2593283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of mechanical tests to characterize 3D kinematic behavior of running sport shoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dubus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photomechanics IDICS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03451906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’utilisation d’un dispositif d’assistance physique pour des mouvements impliquant des flexions de tronc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Jelti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pol Le Borgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERGO'IA 2021 - De l’Interaction Homme-Machine à la Relation Homme-Machine, comment concevoir des systèmes performants et éthiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03365466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical imaging parameters in time resolved digital image correlation (TRDIC): effect of optical blur during drop test on composite structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Boukar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jun 2021, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2593708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical rules in high speed imaging for digital image correlation applied to drop weight impact testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Boukar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photomechanics - IDICS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple honey bees tracking and trajectory modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Magnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliyahou Gabbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faysal Bougamale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrang Moradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimodal Sensing and Artificial Intelligence: Technologies and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, France. pp.29, </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2526120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mach stem: large scale experiment to validate analytical model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Vinçont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lefrancois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Biennial Conference of the APS Topical Group on Shock Compression of Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review on optical methods to assess dental behavior under stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiting Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Montrésor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Methods for Inspection, Characterization, and Imaging of Biomaterials IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jun 2019, Munich, Germany. pp.10, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2531773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualization of aluminum dust flame propagation in two different lengths prototypes: some experimental considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Asquini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 12 &amp; ECAB 5 - 12th European Congress of Chemical Engineering &amp; 5th European Congress of Applied Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time resolved digital holography applied to droplets fragmentation by shockwave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zacaria Essaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimodal Sensing and Artificial Intelligence: Technologies and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, France. pp.6, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2525977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent developments in high speed imaging and applications in speckle light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zacaria Essaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2018: VII International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Janów Podlaski, Poland. pp.36, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2318699⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High speed imaging for assessment of impact damage in natural fibre biocomposites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2271617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural background oriented schlieren and multiscale visualizations of overpressure wave resulting from vapor cloud explosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSFVIP-11 - The 11th Pacific Symposium on Flow Visualization and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Kumamoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low velocity impact damage assessment in natural fibre biocomposites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCM21 - 21st International Conference on Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Xi'an, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Speed Imaging Techniques in Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference On Combined Digital Optical &amp; Imaging Methods Applied To Mechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E Hack, P K Rastogi, May 2016, Ascona (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL CHARACTERISATION OF THE IMPACT RESISTANCE OF FLAX FIBRE REINFORCED COMPOSITE LAMINATES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bergeret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCM17 - 17 th European Conference on Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High speed imaging and related optical techniques for explosives material and consequences characterizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Explosives Education and Research in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Johannesburg, Gauteng, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical characterizations of falling droplets interacting with shock wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Pacific Symposium on Flow Visualization and Image Processing (PSFVIP10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Napoli, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overpressure wave interaction with droplets: time resolved measurements by laser shadowscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lapebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2012: V International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vigo, Spain. pp.841312, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.978639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of chemicals in the seawater column by shadowscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dusserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2012: V International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vigo, France. pp.84130W, </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.977938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality assessment between digital Fresnel holography and digital image-plane holography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayssa Karray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2012: V International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vigo, France. pp.84130V, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.976040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaporation under cavity flow: laser speckle correlation of the wind velocity above the liquid surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lapebie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2012: V International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vigo, France. pp.841309, </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.977866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemicals behavior in the seawater column</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dusserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 35th AMOP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Halifax, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some figures of merit so as to compare digital Fresnel holography and speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayssa Karray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Munich, France. pp.808205, </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.890865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosthetic clone and natural human tooth comparison by speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cuisinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speckle 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Florianapolis, United States. pp.73870D, </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.870748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speckle Interferometry of Natural and ceramic crown under loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Cloitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric J. G. Cuisinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Meeting IADR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00732438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design, development and assessment of a DUCTED RUAV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Buysschaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hendrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Eur. Rotorcr. Forum 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d’un banc d’essai de retrait empêché : relation entre formulation et fissurabilité des bétons au jeune âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adamah Messan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Brun-Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase shifting speckle interferometry with nematic liquid crystal light valve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Proceedings Vol. 7008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Chernivtsy, Ukraine. pp.70080W-70080W-6, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.797004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nematic liquid crystals light valve: application to phase shifting speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Metrology, Proc. SPIE, vol. 6616</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Munich, France. pp.66162U, </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.746126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated methodology research to determine consequences of a vessel destruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Tixier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tena-Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. Eur. Saf. Reliab. Conf. 2006, ESREL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nematic liquid crystals light valve calibration and application to phase shifting speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speckle06: Speckles, From Grains to Flowers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Nimes, France. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.695272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-shifting digital speckle pattern interferometry: off-the-shelf setup description and application to stainless steel membrane displacement measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speckle Metrology 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Trondheim, Norway. pp.76, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.516580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of color texture: CIEL*a*b* calibration of CCD device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laflaquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Eterradossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. SPIE 3409, SYBEN-Broadband European Networks and Electronic Image Capture and Publishing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1998, Zurich, France. pp.118-128, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.324103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speckle pattern correlation for local approach of damage evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Nemoz-Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lasers, Optics, and Vision for Productivity in Manufacturing I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Besancon, France. pp.424-435, </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.250771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-line phase-shifter calibration and drift measurement and compensation for digital speckle pattern interferometry (DSPI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Renotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leon Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Imaging and Network Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1996, berlin, France. pp.117-124, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.262424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital speckle pattern interferometry (DSPI): a fast procedure to detect and measure vibration mode shapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leon Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Golinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vibration Measurements by Laser Techniques: First International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Ancona, Italy. pp.102-110, </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.185317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting a label on someone: impact of schizophrenia stigma on emotional mimicry, liking, and interpersonal closeness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Kastendieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Hess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 Annual Congress of the Schizophrenia International Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Florence, Italy. pp.1-17, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04693369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ternary rhythms and swing Feel: how music influences arm and finger synchronization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCAAS 2023 - Journées Jeunes Chercheur·se·s en Audition, Acoustique musicale et Signal audio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04122297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonification du mouvement du bras pour le traitement de la maladie de Parkinson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Cochen de Cock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Perception Sonore 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact behaviour of natural fibre reinforced biocomposites for automotive applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Puech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bergeret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Industrielle IMT « Matériaux haute performance et écomatériaux dans les transports »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Paris, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques d’imagerie pour la mesure en mécanique des fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lamadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur - Mesures - Analyses - Mesures physiques - Caractérisation des fluides - Techniques d’imagerie pour la mesure en mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.Réf : R2164 v1, 2024, </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-r2164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04510156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagerie numérique ultrarapide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur - Mesures - Analyses Mesures mécaniques et dimensionnelles - Métrologie par imagerie et microscopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.Réf : R6733 v1, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Analysis of n-Butanol Solubilization in Seawater by Pure-Phase Digital Holography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fringe 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.203-207, 2014, </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-36359-7_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of chemical release from marine accident— experimental analysis of n-butanol behavior in seawater column</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dusserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Safety, Reliability and Risk Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.185-192, 2013, </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/b15938-30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elementary Speckle Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Borza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Full-Field Measurements and Identification in Solid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental Parameter Effects on the Fate of a Chemical Slick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Air Quality - Monitoring and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, 2012, </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/32950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rough surface interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Gastinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Somers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical methods for solid mechanics : a full-field approach:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments d’interférométrie speckle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Borza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesures de champs et identification en mécanique des solides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosthodontic crown mechanical integrity study using Speckle Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cuisinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wolfgang Osten; Malgorzata Kujawinska. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fringe 2009. 6th International Workshop on Advanced Optical Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.1-4, 2009, 978-3-642-03050-5. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-03051-2_125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High speed Imaging : Recent developments and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High speed Imaging : recent developments and applications /2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optique appliquée en Mécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images: Acquisition Capture, Ecriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition numérique : Elements d’images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of using a physical assistance device for movements involving trunk bending</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Jelti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pol Le Borgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application de la granularite laser à la métrologie des microdéplacements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique [physics.optics]. Universite de Liège, Belgique, 1995. Français. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01962494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l ’Optique Appliquée à la Mécanique et aux Sciences des Risques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique [physics.optics]. Université jean Monnet, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01962570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical imaging parameters in time resolved digital image correlation (TRDIC): effect of optical blur during drop test on composite structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Boukar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId396"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:149.41634241245px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> pierre slangen </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur de 2ème classe , Institut Mines Telecom, IMT Mines Alès, UR EuroMov DHM</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pierre-slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8207-5369</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">112751172</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-4750-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Slangen est professeur à l'UMR EuroMov DHM, Univ Montpellier, IMT Mines Ales (France) et contribue actuellement au développement de la plateforme Ales Imaging and Human Metrology (AIHM) .</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Né en Belgique en 1965, il a obtenu en 1995 son doctorat d'État en physique à l'Université de Liège, en Belgique.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Depuis plus de 20 ans à IMT Mines Alès, il travaille principalement sur l'holographie, le speckle, l'interférométrie et les techniques de photographie numérique. Le Prof. P. Slangen est impliqué dans le couplage des techniques holographiques et de speckle avec l'imagerie à haute vitesse pour des mesures résolues dans le temps d'incendies, d'explosions, d'ondes de choc ou d'impacts à haute vitesse. Des mesures en plein air et à grande échelle de l'indice de réfraction ont également été réalisées par shadowgraphie et BOS (Background Oriented Schlieren).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Plus récemment, P. Slangen a rejoint l'UMR Euromov &amp;quot;Digital Health in Motion&amp;quot; (IMT Mines Ales, Univ Montpellier) afin d'appliquer les techniques de photographie computationnelle à la capture de mouvement pour la surveillance du bien-être et de la santé. Des systèmes et des algorithmes de suivi du mouvement simples et efficaces sont étudiés pour faire face aux environnements difficiles et/ou aux solutions à faible coût. Ces développements sont également comparés et calibrés à l'aide de systèmes et d'algorithmes commerciaux actualisés de Qualisys (Suède).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le professeur P. Slangen participe actuellement à la construction de l'installation Ales Imaging Human Metrology (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AIHM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), qui permet de combiner la capture de mouvements vifs, l'EEG et le NIRS, l'EMG et l'ECG avec les conditions environnementales. En particulier, le son, la lumière ou la santé devraient être déterminés pour évaluer les diagnostics pertinents par l'intelligence artificielle à partir de ces données corporelles. Des applications pour l'évaluation en temps réel de l'ergonomie dans l'industrie 5.0 sont actuellement en cours de développement dans la manufacture.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nationalité : Belge et française</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Adresse :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR EuroMov Digital Health in Motion, IMT Mines Ales, Ales, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CERIS (Centre d'Enseignement et de Recherche en Informatique et Systèmes)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">6 avenue de clavieres</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">30319 ALES CEDEX France</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pierre.slangen@mines-ales.fr</w:t></w:r></w:hyperlink><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">site web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://hisians.wp.imt.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Position actuelle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur (Classe2), UMR EuroMov Digital Health in Motion, IMT Mines Ales, Ales, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Co-cordonnateur de la plateforme AIHM (Ales Imaging Human Metrology)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Sauveteur Secouriste du travail</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Domaines d'expertise</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Solutions dédiées à la métrologie optique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique appliquée et lasers, Schlieren, Shadowgraphy. Responsable de la sécurité laser jusqu'en 2022.Corrélation d'images numériques et vélocimétrie par image de particulesHolographie et interférométrie, holographie numérique, interférométrie par speckle.Imagerie à haute et ultra-haute vitesse, capture de mouvement</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Vulgarisation scientifique et applications pour un large public, arts, sports et handisport.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Cours en ligne &amp;quot;Principes de base des capteurs d’images&amp;quot; (FR-GB), UNIT - Optique pour l'ingénieur, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://optique-ingenieur.org/?p=277</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participant au </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VideoCast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> &amp;quot;Le Numérique, Je filme mon Futur métier&amp;quot;, Association Melting Phot, Avril 2025</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Transiscience Emission radio RGO: </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://radiogrilleouverte.com/podcast/transiscience-011124-pierre-slangen-motion-capture/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Carnot MINES Santé: Capture de mouvement et TMS dans l'industrie 5.0</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.carnot-mines.eu/capture-du-geste-mesurer-la-penibilite-au-travail-pour-mieux-la-diminuer/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Podcast : Sport augmenté, le numérique en piste, L’Apostrophe I’MTEch (Ingrid Colleau, 2024)</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://podcast.ausha.co/l-apostrophe/sport-augmente-le-numerique-en-piste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pint of Science 2023:&amp;quot; Capturons le mouvement&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fête de la Science: &amp;quot;La capture du Mouvement ...en Mouvement&amp;quot; (2023), &amp;quot;Voir l'invisible...&amp;quot; (2017-2022)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">FAST2025 &amp;quot;La capture de mouvement en mouvement&amp;quot;, Intervention dans trois classes de collège, Nîmes.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université du Tiers Temps (U Mpl): &amp;quot;Voir l'Invisible&amp;quot; (2023), &amp;quot;La capture de mouvement pour le sport et la santé&amp;quot; (2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rencontres de la Photonique, BTS Photonique, lycée Champollion (Lattes), « Capture de Mouvement », 14 février 2023</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">IM'Tech: La capture de mouvement pour la santé et le sport (</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2022</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">IM'Tech: Les pollutions marines sous l’œil des caméras ultrarapides (</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2015</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Etude optique du flux acoustique à la sortie des sirènes rotatives, Cie Mécanique Vivante (Champclauson, France)Visualisation des flux d'air autour des danseurs, Cie Vie d'Artiste, Zéline Zonzon, Nîmes (Nîmes, France)Super slow motion d'artistes de cirque et de rue, Cie Vie d'Artiste, Zéline Zonzon (Nîmes, France)Vélocimétrie par image de particules montrant les déplacements d'air autour des danseurs, Cie Vie d'Artiste (Nîmes, France)Optimisation de la prothèse de jambe de course avec Dominique André, champion paralympique du 100m (Alès, France)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013 Habilitation à diriger des Recherches, de l'Université J. Monnet, St Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1995 Doctorat d'Etat : Physique, partim. Optique, de l'Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991 Professeur de physique pour le service de l'armée belge (1 an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1988 Maîtrise en Optoélectronique, Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1987 Agrégation de Physique pour l'Enseignement Secondaire, Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1987 Licence en Physique (bac.+4), Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Parcours professionnel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis janvier 2020, Professeur (2e classe) à l'IMT Mines Alès (CERIS)Centre d'Enseignement et de Recherche en Informatique et SystèmesUMR EuroMov Digital Health in Motion, IMT Mines Alès, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordonnateur de la plateforme Ales Imaging and Human Metrology (AIHM), depuis Juillet 2023Responsable de l'installation ONIVOA, IMT Mines Alès, (juillet 2018, juillet 2023)Responsable du groupe de recherche &amp;quot;Institut des Sciences des Risques&amp;quot;, Laboratoire LGEI, IMT Mines Alès (juillet 2014 - juillet 2018)Professeur classe 2, HEA3, IMT Mines Alès, depuis déc. 2015Professeur associé (Maitre de Recherche), Laboratoire LGEI, IMT Mines Alès (2014 - Déc 2015)Chargé de Recherche, Laboratoire LGEI, IMT Mines Alès (2009-2013)Responsable de l'axe de recherche exploratoire ILOA, Laboratoire CMGD, IMT Mines Alès (2007-2009)Chargé de Recherche, Laboratoire CMGD, IMT Mines Alès (1995-2007)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du Conseil de Gestion de la Faculté d'Odontologie, Université de Montpellier, depuis 2022Membre de la Commission de Recherche de la Faculté d'Odontologie, Université de Montpellier, depuis 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité exécutif &amp;quot;Diagnostic optique et photonique&amp;quot;, Société Française d'Optique, depuis 2008Membre du comité scientifique de conférences internationales : &amp;quot;Optical Metrology&amp;quot; (SPIE, Munich) et &amp;quot;Speckle&amp;quot; (WW) series.Organisateur et éditeur de la conférence internationale SPIE &amp;quot;Speckle06 : Speckles from grains to flowers&amp;quot;, Nîmes (2006).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Promoteur de scientifiques pour &amp;quot;Habilitation à diriger les recherches&amp;quot;Superviseur principal de doctorantsEncadrement de doctorants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directeur de l'Institut des Sciences des Risques de juillet 2014 à juillet 2018 (9 chercheurs, 8 doctorants, 3 post-docs, 3 techniciens).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Contributeur ou coordinateur de projets de recherche dans le domaine de la mécanique des solides et des fluides :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Imagerie appliquée et essais non destructifs.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mesures de champs de déplacement nano/micro/macro.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enregistrement optique et analyse d'informations résolues dans le temps et distribuées dans l'espace (localisation, indice de réfraction, phase).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Expertise en imagerie à haute et ultra haute vitesse (de 1kimage/s à 2Mimage/s) pour des applications civiles et de sécurité (explosions, incendies, pollution, particules, visualisations d'écoulement et de chocs). Diverses applications en mécanique de la rupture pour la caractérisation de composites stratifiés (chocs de gouttes) ou d'impacts hyper vélocités et en mécanique des fluides pour la caractérisation d'écoulements, de particules ou de chocs à l'IMT Mines Ales et au CEA Gramat.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Développement de l'interférométrie de speckle et de la photographie de speckle pour des applications de métrologie optique en mécanique des solides.Mesures comparatives par interférométrie de speckle et holographie numérique en collaboration avec Le Mans Université.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Contribution au développement du laboratoire HOLOLAB de l'Université de Liège, Belgique.Mise en place de la salle optique et des tables, Réalisation de différents types d'hologrammes (réflexion, transmission) et également d'hologrammes de seconde génération pour la visualisation directe ou l'anti-contrefaçon (embossed rainbow).Optimisation de l'exposition et du traitement des différents supports d'enregistrement holographique (gélatines aux halogénures d'argent et bichromatées, photorésist).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Time line</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2013 : Habilitation à diriger les recherches, Université Jean Monnet, ST Etienne (F)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">&amp;quot;Contribution de l'optique appliquée à la mécanique et aux sciences du risque &amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1992-1995 : Doctorant d'Etat, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HOLOLAB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Liège (Belgique)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèse principale : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Application du speckle laser à la métrologie des microdéplacements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Etude, développement, calibration et applications de l'interférométrie par speckle à déphasage numérique.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèse annexe : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Il est possible d'enregistrer un hologramme arc-en-ciel sur un substrat photopolymère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Enregistrement d'hologramme arc-en-ciel sur photopolymère, développé par C. Carré, ENSCMulhouse (France)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1992 : stage ERASMUS de 3 mois, Ecole des Mines d'Alès - LMM (France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Photographie de speckle à double pas appliquée aux déplacements submillimétriques d'objets sous charge.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Mise en place et enregistrement de specklegrams double pas, traitement et analyse par corrélateur optique de Fourier.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Comparaison de l'analyse Fourier à pleine échelle et de l'analyse par diffraction point par point.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1989 : stage COMETT de 6 mois, HOLO3-ISL (ST Louis, France) &amp ; CETIM-CERMAT (Mulhouse, France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Application de l'interférométrie holographique moyennée dans le temps à la détermination des formes des modes de vibration des cylindres creux.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Mise en place et enregistrements d'hologrammes moyennés dans le temps, traitement et analyse des profils de franges de type Bessel.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Comparaison avec l'analyse modale mécanique in situ, et avec les résultats FEM en collaboration avec l'ENSI Nancy.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse modale d'une scie rotative par accéléromètres multicanaux et marteau de choc.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Mise en place et maillage, excitation et enregistrement par analyseur multicanal B&K.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1988 : Master en Optoélectronique : &amp;quot;Réalisation d'hologrammes en relief&amp;quot;, Université de Liège (Belgique)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enregistrement d'hologrammes arc-en-ciel sur photoréserve.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Evaporation d'argent sur photorésist et croissance chimique du nickel pour la production de matrices de gaufrage.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sélection de la feuille plastique et gaufrage des hologrammes arc-en-ciel.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1987 : Licence 4 de physique : &amp;quot;Etude de la production d'hologrammes emboutis&amp;quot;, Université de Liège (Belgique)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Montages d'enregistrement pour l'holographie d'image : transmission, réflexion, hologramme d'image, hologramme d'hologramme, hologramme arc-en-ciel</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Interférométrie holographique : moyennée dans le temps, double étape</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Etude de l'influence du traitement chimique sur l'efficacité de la diffraction des hologrammes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Optimisation du traitement chimique humide et du gonflement des plaques holographiques en gélatine à l'halogénure d'argent</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">-------------------------------------------------------------------------------------------------------------------------------------------------------------------------------</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Publications : WoS -- Scopus</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.webofscience.com/wos/author/record/673093</w:t></w:r></w:hyperlink><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.scopus.com/authid/detail.uri?authorId=6603241074</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Publications : HAL</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of rhythm features on beat/movement synchronization using a low-cost vision system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcomp.2025.1595939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05193513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Bubbling on Ignition of PMMA Slab: Change in Thermo-Physical and Thermo-Radiative Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloë Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Longuet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rambaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 7 (4), pp.117. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fire7040117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04532406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview on human-centred technologies, measurements and optimisation in assembly systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilhem Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Tlahig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (14), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2023.2286627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting a label on someone: impact of schizophrenia stigma on emotional mimicry, liking, and interpersonal closeness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Kastendieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Hess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition and Emotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38 (7), pp.Pages 1015-1031. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02699931.2024.2339531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital in-line holography to explore saliva aerosolization mechanisms in speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Dosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manouk Abkarian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Aerosol Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 175, pp.106282. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jaerosci.2023.106282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04266348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstacles shape the way we walk at home</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Janaqi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcomp.2023.1270520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ceramic Bonding Interface under Shear–Compression Stress: Ultra-High-Speed Imaging Contribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 102 (3), pp.002203452211385. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00220345221138500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite element modelling of low velocity impact test applied to biaxial glass fiber reinforced laminate composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Boukar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Impact Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 165, pp.104218. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2022.104218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03622166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of CAD/CAM ceramic veneers under stress: A 3D holographic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Montrésor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Desoutter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.Y. Solieman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118, pp.104436. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmbbm.2021.104436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of 3D human pose estimation algorithms for markerless motion capture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Desmarais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Montesinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Vision and Image Understanding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 212, pp.103275. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cviu.2021.103275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03344404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental assessment of low velocity impact damage in flax fabrics reinforced biocomposites by coupled high-speed imaging and DIC analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 140, pp.106137. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compositesa.2020.106137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerodynamic fragmentation of water, ethanol and polyethylene glycol droplets investigated by high-speed in-line digital holography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zacaria Essaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 122 (Part B), pp.111747. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2021.111747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualization of aluminum dust flame propagation in a square-section tube: comparison of schlieren, shadowgraphy and direct visualization techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zacaria Essaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23, pp.885-894. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12650-020-00676-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02895079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualization of aluminum dust flame propagation in a square-section tube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67, pp.7-12. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1867002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the impact behaviour of short hemp fibres reinforced polypropylene biocomposites through high speed imaging and finite element modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Puech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.428-439. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compositesa.2018.03.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field BLEVE overpressure effects: The shock start model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Birk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Eyssette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Safety and Environmental Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 116, pp.727-736. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psep.2018.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass Ceramic CAD/CAM crowns and severely altered posterior teeth: a three levels study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Science: Materials in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (10), pp.145. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10856-017-5948-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-speed imaging optical techniques for shockwave and droplets atomization analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (12), pp.121706. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/1.OE.55.12.121706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of liquid jet breakup resulting from interaction with overpressure wave from domino effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lecysyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 53, pp.73-78. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1653013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on vapor cloud explosion of propane-oxygen stoichiometric mixture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lapebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 53, pp.61-66. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1653011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric powder dispersion in an Urban Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48, pp.91-96. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1648016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training decision-makers: Existing strategies for natural and technological crisis management and specifications of an improved simulation-based tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tena-Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Tixier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Safety Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97, pp.144-153. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ssci.2016.03.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of submerged leakage from a shipwreck involving floating chemicals cargo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cosenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 53, pp.343-348. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1653058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near field blast effects from BLEVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Birk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Eyssette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48, pp.283-288. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1648048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of the influence of dispersant addition on rising oil droplets in water column</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 43, pp.2287-2292. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1543382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation on cone jetting regimes of liquid droplets subjected to pyroelectric fields induced by laser blasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriella Gennari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Battista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonetta Grilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Miccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 106 (5), pp.054103. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4907005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D Modeling of Turbulent Flow around a Cylindrical Storage Tank by Artificial Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Johannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 43, pp.1621-1626. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1543271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of n-butanol behaviour in seawater due to chemical release from marine shipwreck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dusserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36, pp.19-24. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1436004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Effects of a Triple Aggression (Fragment, Blast, Fireball) on an LPG Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lapebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Osmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36, pp.355-360. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/cet1436060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Wildfires on LPG Tanks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dusserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 31, pp.637-642. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3303/CET1331107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a distant wildland fire on an LPG tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Baptiste Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fire Safety Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61, pp.100-107. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.firesaf.2013.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Approach of Gas–Liquid Computational Fluid Dynamics Simulations for the Study of Minimum Quantity Cooling With Airblast Plain-Jet Injectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Diakodimitris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Iskandar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hendrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 135 (4), pp.041009. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4024632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of an LPG tank at low filling level heated by a remote wall fire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Birk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Loss Prevention in the Process Industries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26 (6), pp.1484-1491. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jlp.2013.09.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative mechanical behavior of dentin enamel and dentin ceramic junctions assessed by speckle interferometry (SI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinga Turzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28 (10), pp.e229 - e238. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dental.2012.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01743585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between Digital Fresnel Holography and Digital Image-Plane Holography: The Role of the Imaging Aperture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Karray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 52 (9), pp.1275-1286. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11340-012-9604-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Approach to Analyze Chemical Releases Behavior in Water Column: High Speed Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dusserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Oil Spill Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2011 (1), pp.abs168. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7901/2169-3358-2011-1-168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of hydraulic ram effects on a liquid storage tank: Analysis of overpressure and cavitation induced by a high-speed projectile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 178 (1-3), pp.635-643. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2010.01.132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ballistic impact on an industrial tank: Study and modeling of consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 172 (2-3), pp.587-594. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2009.07.086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary study of ballistic impact on an industrial tank: Projectile velocity decay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Loss Prevention in the Process Industries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21 (6), pp.627-634. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jlp.2008.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction of new optical techniques to characterize the psycho-sensory properties of materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Eterradossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Péré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 9, pp.56-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 3D effect in the wedge adhesion test : application of speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Popineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin E.R. Shanahan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Adhesion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 80, pp.1173 - 1194. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00218460490884349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the geometry of illumination and viewing beams on displacement measurement errors in interferometric metrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Renotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 143 (1-3), pp.95-101. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(97)00336-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disk-growing algorithm for phase-map unwrapping: application to speckle interferograms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Renotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 35 (2), pp.240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital speckle pattern interferometry (DSPI): A fast procedure to detect and measure vibration mode shapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Golinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Lasers in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 25 (4-5), pp.311-321</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer-aided interferometric measurements of drift and phase shifter calibration for digital speckle pattern interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Deveuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Renotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 34 (12), pp.3526. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.215666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications of self-processing polymer materials: double step image holography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Carré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of chromium content in dichromated gelatin by x-ray fluorescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 32 (30), pp.6132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ergonomics-Based Assembly Line Balancing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chafiq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Absi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Suzanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27-ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Société Française de Recherche Opérationnelle et d'Aide à la Décision, Feb 2026, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05528700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Efficient Ergonomic Optimization in Industry 5.0: The Role of REBA, Motion Capture, and Decision Support Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Taleb Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Montmain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIM 2025 - 11th IFAC Conference on Manufacturing Modelling, Management and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Trondheim ( Norvège), Norway. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05198764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TREB: Temporal Refinement of Egocentric Body Pose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno da Silva Henriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sutton Charani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE CBMI 2025 - International Conference on Content-Based Multimedia Indexing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From MoCap and Unity to ergonomic scores and KPI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Slonim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Suzanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Absi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIM 2025 - 11th IFAC Conference on Manufacturing Modelling, Management and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Trondheim ( Norvège), Norway. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05198769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of rhythm features on beat/movement synchronization using a low-cost vision system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOMOS 2024 - Third Symposium of the ICTMD Study Group on Sound, Movement, and the Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scoring synchronization between music and motion: local Vs global approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2024 - 32nd European Signal Processing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO63174.2024.10715297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration des interfaces dent-céramique : une approche avancée avec l‘imagerie numérique rapide ou l‘interférométrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYMPOSIUM D’ODONTOLOGIE NUMÉRIQUE ÉDITION 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dental PAG, Mar 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postural risk assessment and motion capture to improve the ergonomics of a workstation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouha Taleb-Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Montmain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2024 - 25ème édition du congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implicit Stigma of Schizophrenia: the Role of Emotional Contagion and Emotional Mimicry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Kastendieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Hess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - Les Environnements de l'Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the Use of Sonification of Arm Movement Modulate Gesture Reproduction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lacazette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Cochen de Cock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - Les Environnements de l'Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les capteurs inertiels dans le sport de haut niveau : application au volleyball</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dusfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Ben Zaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - Les Environnements de l'Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing Human-robot Interaction in a Manufacturing Environment by Incorporating Hand Movements for Remote Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilhem Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICNSC 2023 - 20th IEEE International Conference on Networking, Sensing and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Marseille, Oct 2023, Marseille, France. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icnsc58704.2023.10318994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring synchronization between movement and music toward a multi-scale approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOCO'22 - 8th International Conference on Movement and Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Chicago, Illinois, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic scoring of synchronization from fingers motion capture and music beats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHAPE 2022 - 1st Int. Workshop on Intelligent Systems in Human and Artificial Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lecce, Italy. pp.235-245, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-13321-3_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-centred assembly and disassembly systems: a survey on technologies, ergonomic, productivity and optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Ben-Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Tlahig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilhem Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIM 2022 - 10th IFAC Conference on Manufacturing Modelling, Management and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization of speech and gestures in an interactional context (SyncoGest Project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domitille Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 2022 - 9th Conference of the International Society for Gesture Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion capture and myoelectric multimodal measurements during static and dynamic bending tasks using a back-assisting exoskeleton: a preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Jelti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Letellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Metrology EOM21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jun 2021, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2593283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’utilisation d’un dispositif d’assistance physique pour des mouvements impliquant des flexions de tronc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Jelti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pol Le Borgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERGO'IA 2021 - De l’Interaction Homme-Machine à la Relation Homme-Machine, comment concevoir des systèmes performants et éthiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bidart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03365466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of mechanical tests to characterize 3D kinematic behavior of running sport shoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dubus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photomechanics IDICS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03451906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical imaging parameters in time resolved digital image correlation (TRDIC): effect of optical blur during drop test on composite structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Boukar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jun 2021, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2593708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical rules in high speed imaging for digital image correlation applied to drop weight impact testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Boukar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photomechanics - IDICS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple honey bees tracking and trajectory modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Magnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliyahou Gabbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faysal Bougamale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behrang Moradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimodal Sensing and Artificial Intelligence: Technologies and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, France. pp.29, </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2526120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mach stem: large scale experiment to validate analytical model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Vinçont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lefrancois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Biennial Conference of the APS Topical Group on Shock Compression of Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualization of aluminum dust flame propagation in two different lengths prototypes: some experimental considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Asquini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 12 &amp; ECAB 5 - 12th European Congress of Chemical Engineering &amp; 5th European Congress of Applied Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review on optical methods to assess dental behavior under stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiting Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Montrésor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Methods for Inspection, Characterization, and Imaging of Biomaterials IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jun 2019, Munich, Germany. pp.10, </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2531773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time resolved digital holography applied to droplets fragmentation by shockwave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zacaria Essaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimodal Sensing and Artificial Intelligence: Technologies and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, France. pp.6, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2525977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent developments in high speed imaging and applications in speckle light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zacaria Essaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2018: VII International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Janów Podlaski, Poland. pp.36, </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2318699⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High speed imaging for assessment of impact damage in natural fibre biocomposites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2271617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural background oriented schlieren and multiscale visualizations of overpressure wave resulting from vapor cloud explosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSFVIP-11 - The 11th Pacific Symposium on Flow Visualization and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Kumamoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low velocity impact damage assessment in natural fibre biocomposites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCM21 - 21st International Conference on Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Xi'an, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Speed Imaging Techniques in Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference On Combined Digital Optical &amp; Imaging Methods Applied To Mechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E Hack, P K Rastogi, May 2016, Ascona (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL CHARACTERISATION OF THE IMPACT RESISTANCE OF FLAX FIBRE REINFORCED COMPOSITE LAMINATES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bergeret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCM17 - 17 th European Conference on Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High speed imaging and related optical techniques for explosives material and consequences characterizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Explosives Education and Research in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Johannesburg, Gauteng, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical characterizations of falling droplets interacting with shock wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Pacific Symposium on Flow Visualization and Image Processing (PSFVIP10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Napoli, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overpressure wave interaction with droplets: time resolved measurements by laser shadowscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lapebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2012: V International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vigo, Spain. pp.841312, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.978639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of chemicals in the seawater column by shadowscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dusserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2012: V International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vigo, France. pp.84130W, </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.977938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality assessment between digital Fresnel holography and digital image-plane holography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayssa Karray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2012: V International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vigo, France. pp.84130V, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.976040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaporation under cavity flow: laser speckle correlation of the wind velocity above the liquid surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lapebie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECKLE 2012: V International Conference on Speckle Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Vigo, France. pp.841309, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.977866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemicals behavior in the seawater column</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Dusserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. 35th AMOP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Halifax, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some figures of merit so as to compare digital Fresnel holography and speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayssa Karray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Munich, France. pp.808205, </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.890865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosthetic clone and natural human tooth comparison by speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cuisinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speckle 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Florianapolis, United States. pp.73870D, </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.870748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speckle Interferometry of Natural and ceramic crown under loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Cloitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric J. G. Cuisinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Meeting IADR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00732438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design, development and assessment of a DUCTED RUAV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Buysschaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hendrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Eur. Rotorcr. Forum 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d’un banc d’essai de retrait empêché : relation entre formulation et fissurabilité des bétons au jeune âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adamah Messan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Brun-Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase shifting speckle interferometry with nematic liquid crystal light valve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Proceedings Vol. 7008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Chernivtsy, Ukraine. pp.70080W-70080W-6, </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.797004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nematic liquid crystals light valve: application to phase shifting speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Metrology, Proc. SPIE, vol. 6616</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Munich, France. pp.66162U, </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.746126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated methodology research to determine consequences of a vessel destruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Tixier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lecysyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tena-Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. Eur. Saf. Reliab. Conf. 2006, ESREL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nematic liquid crystals light valve calibration and application to phase shifting speckle interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speckle06: Speckles, From Grains to Flowers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Nimes, France. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.695272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-shifting digital speckle pattern interferometry: off-the-shelf setup description and application to stainless steel membrane displacement measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speckle Metrology 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Trondheim, Norway. pp.76, </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.516580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of color texture: CIEL*a*b* calibration of CCD device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laflaquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Eterradossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. SPIE 3409, SYBEN-Broadband European Networks and Electronic Image Capture and Publishing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1998, Zurich, France. pp.118-128, </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.324103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speckle pattern correlation for local approach of damage evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Nemoz-Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lasers, Optics, and Vision for Productivity in Manufacturing I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Besancon, France. pp.424-435, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.250771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-line phase-shifter calibration and drift measurement and compensation for digital speckle pattern interferometry (DSPI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Renotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leon Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Imaging and Network Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1996, berlin, France. pp.117-124, </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.262424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital speckle pattern interferometry (DSPI): a fast procedure to detect and measure vibration mode shapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leon Berwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Veuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Golinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vibration Measurements by Laser Techniques: First International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Ancona, Italy. pp.102-110, </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.185317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting a label on someone: impact of schizophrenia stigma on emotional mimicry, liking, and interpersonal closeness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Parisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Raffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Kastendieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Hess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 Annual Congress of the Schizophrenia International Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Florence, Italy. pp.1-17, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04693369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ternary rhythms and swing Feel: how music influences arm and finger synchronization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Bayd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit G. Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCAAS 2023 - Journées Jeunes Chercheur·se·s en Audition, Acoustique musicale et Signal audio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04122297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonification du mouvement du bras pour le traitement de la maladie de Parkinson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Cochen de Cock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Perception Sonore 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact behaviour of natural fibre reinforced biocomposites for automotive applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Puech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bergeret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Industrielle IMT « Matériaux haute performance et écomatériaux dans les transports »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Paris, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques d’imagerie pour la mesure en mécanique des fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lamadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur - Mesures - Analyses - Mesures physiques - Caractérisation des fluides - Techniques d’imagerie pour la mesure en mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.Réf : R2164 v1, 2024, </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-r2164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04510156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagerie numérique ultrarapide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur - Mesures - Analyses Mesures mécaniques et dimensionnelles - Métrologie par imagerie et microscopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.Réf : R6733 v1, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Analysis of n-Butanol Solubilization in Seawater by Pure-Phase Digital Holography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fringe 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.203-207, 2014, </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-36359-7_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of chemical release from marine accident— experimental analysis of n-butanol behavior in seawater column</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Heymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dusserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Safety, Reliability and Risk Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.185-192, 2013, </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/b15938-30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elementary Speckle Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Borza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Full-Field Measurements and Identification in Solid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental Parameter Effects on the Fate of a Chemical Slick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Fuhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Air Quality - Monitoring and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, 2012, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/32950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rough surface interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Gastinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Somers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical methods for solid mechanics : a full-field approach:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments d’interférométrie speckle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Borza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesures de champs et identification en mécanique des solides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosthodontic crown mechanical integrity study using Speckle Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cuisinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wolfgang Osten; Malgorzata Kujawinska. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fringe 2009. 6th International Workshop on Advanced Optical Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.1-4, 2009, 978-3-642-03050-5. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-03051-2_125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High speed Imaging : Recent developments and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High speed Imaging : recent developments and applications /2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optique appliquée en Mécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images: Acquisition Capture, Ecriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition numérique : Elements d’images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of using a physical assistance device for movements involving trunk bending</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Jelti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pol Le Borgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application de la granularite laser à la métrologie des microdéplacements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique [physics.optics]. Universite de Liège, Belgique, 1995. Français. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01962494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l ’Optique Appliquée à la Mécanique et aux Sciences des Risques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique [physics.optics]. Université jean Monnet, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01962570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical imaging parameters in time resolved digital image correlation (TRDIC): effect of optical blur during drop test on composite structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Boukar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ienny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Corn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Slangen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId397"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E8136E34"/>
+    <w:nsid w:val="FD9AD1EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="8D5F6867"/>
+    <w:nsid w:val="70D6D3C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="DCD9AEEE"/>
+    <w:nsid w:val="B21483C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -551,51 +551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="F6C0EA06"/>
+    <w:nsid w:val="EBB1CFC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -699,51 +699,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="1362B61A"/>
+    <w:nsid w:val="B4C029EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -847,51 +847,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="27B19CEC"/>
+    <w:nsid w:val="0746A10B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -995,51 +995,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="151342AF"/>
+    <w:nsid w:val="024E9BB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1143,51 +1143,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="68D1C98A"/>
+    <w:nsid w:val="D8D20F03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1291,51 +1291,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="C896D746"/>
+    <w:nsid w:val="C4622E5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1546,51 +1546,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-slangen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8207-5369" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112751172" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-4750-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hisians.wp.imt.fr/hisians/accueil-home/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.slangen@mines-ales.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hisians.wp.imt.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=C79w2-gbUvE&amp;t=3s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiogrilleouverte.com/podcast/transiscience-011124-pierre-slangen-motion-capture/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carnot-mines.eu/capture-du-geste-mesurer-la-penibilite-au-travail-pour-mieux-la-diminuer/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podcast.ausha.co/l-apostrophe/sport-augmente-le-numerique-en-piste" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imtech.imt.fr/2022/11/08/motion-capture-pour-la-sante-et-le-sport/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imtech.imt.fr/2015/03/24/les-pollutions-marines-sous-loeil-des-cameras-ultrarapides/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webofscience.com/wos/author/record/673093" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/authid/detail.uri?authorId=6603241074" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05193513v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Bayd" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guyot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit G. Bardy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomp.2025.1595939" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04532406v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Vincent" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Longuet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aprin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rambaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fire7040117" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04317299v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Slama" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Slama" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Tlahig" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ben-Ammar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2286627" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04555090v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Parisi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Raffard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Kastendieck" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Hess" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2024.2339531" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04266348v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Nord" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dosset" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manouk Abkarian" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106282" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04315850v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Sannier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Janaqi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dray" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomp.2023.1270520" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03918312v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lambert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corn" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;ger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ienny" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220345221138500" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03622166v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Boukar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2022.104218" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03176007v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Durand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Montr&#233;sor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desoutter" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.Y. Solieman" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2021.104436" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03344404v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desmarais" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mottet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Montesinos" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2021.103275" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02959295v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Ram Ramakrishnan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.106137" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03418793v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacaria Essa&#239;di" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lauret" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Heymes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2021.111747" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02895079v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Chanut" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12650-020-00676-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014357v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chanut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Heymes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1867002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012087v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puech" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2018.03.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011899v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Birk" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eyssette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aprin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2018.04.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011885v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fages" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Raynal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-017-5948-x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962648v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lecysyn" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.55.12.121706" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014358v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lecysyn" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653013" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014360v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lapebie" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653011" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014362v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perrin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Forestier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1648016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534398v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tena-Chollet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Tixier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Dandrieux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2016.03.025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014359v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cosenza" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653058" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014361v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1648048" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014363v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Floch" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1543382" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011840v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriella Gennari" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Battista" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Silva" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta Grilli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Miccio" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4907005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962628v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Johannet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1543271" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02930816v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lapebie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Osmont" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/cet1436060" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014364v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuhrer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dusserre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1436004" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169403v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dusserre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1331107" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012122v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Forestier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Jarry" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2013.08.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012054v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Diakodimitris" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Iskandar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hendrick" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4024632" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009112v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Jarry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlp.2013.09.015" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01743585v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Turzo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dental.2012.05.006" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012133v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Karray" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Picart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-012-9604-6" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C1F5556B-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299376v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Floch" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7901/2169-3358-2011-1-168" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012164v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bony-Dandrieux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2010.01.132" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012169v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2009.07.086" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012173v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Munier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlp.2008.06.006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581877v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Eterradossi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lafon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maury" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142198v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Popineau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gautier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin E.R. Shanahan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218460490884349" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012248v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. de Veuster" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Renotte" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berwart" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lion" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(97)00336-2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E8F239DEDCD6FD3F54B62D08000F13925D81E822/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012245v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Veuster" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012237v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Berwart" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Veuster" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Golinval" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lion" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012235v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deveuster" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Renotte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.215666" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299434v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Carr&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012230v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Martinez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Weber" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528700v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chafiq" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Absi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Suzanne" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198764v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Taleb Salah" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Montmain" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.167" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05192557v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Silva Henriques" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sutton Charani" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vandeborre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198769v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Slonim" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.169" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04728239v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04728052v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO63174.2024.10715297" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04530812v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04810510v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Taleb-Salah" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04287396v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04287407v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dusfour" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ben Zaki" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Julia" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04287349v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lacazette" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lagarde" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cochen de Cock" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267721v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icnsc58704.2023.10318994" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869839v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682819v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bardy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13321-3_21" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03709742v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.646" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03875218v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Caillat" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Marin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ouni" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03248451v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Jelti" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lebel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Letellier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2593283" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03451906v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Lefebvre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubus" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365466v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Jelti" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bastide" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Le Borgne" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03248381v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2593708" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02969458v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187412v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Magnier" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliyahou Gabbay" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faysal Bougamale" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrang Moradi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pfister" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2526120" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02462513v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Capdeville" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Vin&#231;ont" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lefrancois" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264187v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiting Xia" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2531773" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02509106v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chanut" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Asquini" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264185v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2525977" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011901v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2318699" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011869v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2271617" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02556612v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03753375v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569502v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03753345v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeret" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095142v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Long" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974024v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012043v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.978639" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012044v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fuhrer" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Floch" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.977938" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012036v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayssa Karray" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.976040" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012042v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.977866" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299392v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012143v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.890865" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012192v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cuisinier" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.870748" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732438v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fages" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cloitre" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Corn" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric J. G. Cuisinier" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299351v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Buysschaert" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391331v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adamah Messan" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brun-Buisson" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couturier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012203v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.797004" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012267v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.746126" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299361v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012257v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.695272" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012250v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gautier" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.516580" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012217v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laflaquiere" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.324103" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299425v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Nemoz-Gaillard" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.250771" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299372v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Berwart" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.262424" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299442v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.185317" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04693369v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04122297v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316458v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510035v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510156v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cazin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lamadie" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-r2164" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096839v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299439v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-36359-7_28" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299329v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fuhrer" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b15938-30" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299412v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jacquot" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Borza" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299417v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/32950" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299401v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gastinger" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Somers" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299446v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299445v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-03051-2_125" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F39077D30106BA1584592A90CEFAC6E817EB42AE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569523v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569526v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569518v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569515v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569511v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03138721v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01962494v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01962570v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03272598v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-slangen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8207-5369" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112751172" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-4750-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hisians.wp.imt.fr/hisians/accueil-home/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.slangen@mines-ales.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hisians.wp.imt.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://optique-ingenieur.org/?p=277" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=C79w2-gbUvE&amp;t=3s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiogrilleouverte.com/podcast/transiscience-011124-pierre-slangen-motion-capture/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carnot-mines.eu/capture-du-geste-mesurer-la-penibilite-au-travail-pour-mieux-la-diminuer/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podcast.ausha.co/l-apostrophe/sport-augmente-le-numerique-en-piste" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imtech.imt.fr/2022/11/08/motion-capture-pour-la-sante-et-le-sport/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imtech.imt.fr/2015/03/24/les-pollutions-marines-sous-loeil-des-cameras-ultrarapides/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webofscience.com/wos/author/record/673093" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/authid/detail.uri?authorId=6603241074" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05193513v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Bayd" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guyot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit G. Bardy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomp.2025.1595939" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04532406v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Vincent" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Longuet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aprin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rambaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fire7040117" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04317299v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Slama" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Slama" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Tlahig" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ben-Ammar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2286627" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04555090v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Parisi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Raffard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Kastendieck" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Hess" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2024.2339531" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04266348v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Nord" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dosset" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manouk Abkarian" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106282" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04315850v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Sannier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Janaqi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dray" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomp.2023.1270520" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03918312v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lambert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corn" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;ger" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ienny" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220345221138500" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03622166v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Boukar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2022.104218" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03176007v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Durand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Montr&#233;sor" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desoutter" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.Y. Solieman" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2021.104436" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03344404v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desmarais" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mottet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Montesinos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2021.103275" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02959295v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Ram Ramakrishnan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.106137" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03418793v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacaria Essa&#239;di" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lauret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Heymes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2021.111747" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02895079v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Chanut" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12650-020-00676-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014357v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chanut" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Heymes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1867002" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012087v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puech" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2018.03.013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011899v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Birk" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eyssette" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aprin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2018.04.003" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011885v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fages" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Raynal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-017-5948-x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962648v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lecysyn" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.55.12.121706" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014358v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lecysyn" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653013" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014360v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lapebie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653011" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014362v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perrin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Forestier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1648016" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534398v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tena-Chollet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Tixier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Dandrieux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2016.03.025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014359v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cosenza" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1653058" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014361v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1648048" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014363v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Floch" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1543382" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011840v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriella Gennari" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Battista" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Silva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta Grilli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Miccio" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4907005" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962628v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Johannet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1543271" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014364v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuhrer" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dusserre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1436004" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02930816v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lapebie" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Osmont" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/cet1436060" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169403v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dusserre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1331107" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012122v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Forestier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Jarry" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2013.08.003" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012054v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Diakodimitris" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Iskandar" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hendrick" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4024632" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009112v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Jarry" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlp.2013.09.015" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01743585v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Turzo" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dental.2012.05.006" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012133v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Karray" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Picart" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-012-9604-6" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C1F5556B-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299376v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Floch" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7901/2169-3358-2011-1-168" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012164v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bony-Dandrieux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2010.01.132" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012169v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2009.07.086" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012173v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Munier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlp.2008.06.006" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581877v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Eterradossi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lafon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maury" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142198v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Popineau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gautier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin E.R. Shanahan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218460490884349" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012248v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. de Veuster" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Renotte" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berwart" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lion" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(97)00336-2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E8F239DEDCD6FD3F54B62D08000F13925D81E822/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012245v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Veuster" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012237v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Berwart" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Veuster" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Golinval" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lion" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012235v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deveuster" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Renotte" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.215666" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299434v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Carr&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012230v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Martinez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Weber" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528700v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chafiq" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Absi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Suzanne" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198764v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Taleb Salah" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Montmain" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.167" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05192557v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Silva Henriques" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sutton Charani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vandeborre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198769v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Slonim" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.169" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04728239v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04728052v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO63174.2024.10715297" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04530812v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04810510v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Taleb-Salah" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04287396v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04287349v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lacazette" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lagarde" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cochen de Cock" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04287407v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dusfour" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ben Zaki" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Julia" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267721v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icnsc58704.2023.10318994" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869839v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682819v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bardy" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13321-3_21" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03709742v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.646" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03875218v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Caillat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Marin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ouni" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03248451v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Jelti" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lebel" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Letellier" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2593283" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365466v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Jelti" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bastide" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Le Borgne" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03451906v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Lefebvre" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubus" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03248381v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2593708" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02969458v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187412v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Magnier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliyahou Gabbay" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faysal Bougamale" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrang Moradi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pfister" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2526120" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02462513v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Capdeville" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Vin&#231;ont" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lefrancois" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02509106v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chanut" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Asquini" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264187v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiting Xia" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2531773" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264185v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2525977" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011901v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2318699" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011869v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2271617" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02556612v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03753375v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569502v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03753345v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeret" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095142v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Long" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974024v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012043v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.978639" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012044v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fuhrer" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Floch" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.977938" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012036v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayssa Karray" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.976040" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012042v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.977866" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299392v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012143v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.890865" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012192v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cuisinier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.870748" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732438v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fages" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cloitre" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Corn" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric J. G. Cuisinier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299351v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Buysschaert" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391331v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adamah Messan" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brun-Buisson" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couturier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012203v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.797004" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012267v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.746126" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299361v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012257v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.695272" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012250v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gautier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.516580" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012217v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laflaquiere" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.324103" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299425v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Nemoz-Gaillard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.250771" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299372v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Berwart" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.262424" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299442v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.185317" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04693369v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04122297v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316458v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510035v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510156v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cazin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lamadie" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-r2164" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096839v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299439v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-36359-7_28" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299329v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fuhrer" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b15938-30" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299412v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jacquot" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Borza" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299417v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/32950" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299401v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gastinger" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Somers" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299446v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299445v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-03051-2_125" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F39077D30106BA1584592A90CEFAC6E817EB42AE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569523v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569526v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569518v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569515v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04569511v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03138721v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01962494v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01962570v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03272598v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>