--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -459,261 +459,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04048583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical investigation of accretion inception and heat transfer physics in ice crystal icing</w:t>
+                <w:t xml:space="preserve">Numerical Simulation of an Electrothermal Ice Protection System in Anti-Icing and Deicing Mode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasir Malik</w:t>
+                <w:t xml:space="preserve">Lokman Bennani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lokman Bennani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Villedieu</w:t>
+                <w:t xml:space="preserve">Emmanuel Radenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.124364⟩</w:t>
+              <w:t xml:space="preserve">Aerospace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/aerospace10010075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04192890v1</w:t>
+                <w:t xml:space="preserve">hal-03935454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Simulation of an Electrothermal Ice Protection System in Anti-Icing and Deicing Mode</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Experimental and numerical investigation of accretion inception and heat transfer physics in ice crystal icing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasir Malik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Bansmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Radenac</w:t>
+                <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerospace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10 (1), pp.75. </w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 214, pp.124364. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/aerospace10010075⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.124364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03935454v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04192890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ice particle impact on solid walls: size modeling of reemited fragments</w:t>
               </w:r>
@@ -967,90 +967,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A non-overlapping optimized Schwarz method for the heat equation with non linear boundary conditions and with applications to de-icing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 80 (6), pp.1500-1522. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1110,51 +1110,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lallement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 69, pp.79-103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1182,512 +1182,512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02338115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MUSIC-haic: 3D Multidisciplinary Tools for the Simulation of In-Flight Icing due to High Altitude Ice Crystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Semi-Empirical Modelling of Erosion Phenomena for Ice Crystal Icing Numerical Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgile Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trontin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Aouizerate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAE International journal of advances and current practices in mobility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4271/2019-01-1962⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4271/2019-01-1967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02775797v1</w:t>
+                <w:t xml:space="preserve">hal-02781029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-Empirical Modelling of Erosion Phenomena for Ice Crystal Icing Numerical Simulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MUSIC-haic: 3D Multidisciplinary Tools for the Simulation of In-Flight Icing due to High Altitude Ice Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Villedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trontin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Aouizerate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Bansmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virgile Charton</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paolo Vanacore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAE International journal of advances and current practices in mobility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4271/2019-01-1967⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4271/2019-01-1962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02781029v1</w:t>
+                <w:t xml:space="preserve">hal-02775797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An implicit time marching Galerkin method for the simulation of icing phenomena with a triple layer model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental and numerical investigations on aircraft icing at mixed phase conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Bennani</w:t>
+                <w:t xml:space="preserve">A. Baumert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S. Bansmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">P. Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.finel.2018.07.003⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123, pp.957-978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.02.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01870069v1</w:t>
+                <w:t xml:space="preserve">hal-01858313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical investigations on aircraft icing at mixed phase conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Baumert</w:t>
+                <w:t xml:space="preserve">An implicit time marching Galerkin method for the simulation of icing phenomena with a triple layer model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bansmer</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">L. Bennani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 123, pp.957-978. </w:t>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 150, pp.20-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.02.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2018.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858313v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eulerian and Lagrangian Ice Crystal Trajectory Simulations in a Generic Turbofan Compressor</w:t>
               </w:r>
@@ -1807,64 +1807,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comprehensive accretion model for glaciated icing conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1924,51 +1924,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Hauk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmar Bonaccurso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2015,64 +2015,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisited Model for Supercooled Large Droplet Impact onto a Solid Surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aircraft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 54 (3), pp.1189-1204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2106,64 +2106,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation and modeling of ice shedding: Process initiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2468,51 +2468,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct numerical simulation of a freely decaying turbulent interfacial flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2851,103 +2851,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Investigation of Ice Crystal Icing on a Heatable NACA0012 Airfoil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasir Malik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasir Malik</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lokman Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandros Vorgias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA AVIATION 2022 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Chicago, United States. pp.AIAA 2022-3534, </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3115,90 +3115,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-empirical Erosion Model with Particle Size and Liquid Water Content Effects for Ice Crystal Icing Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virgile Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Senoner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA AVIATION 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Reno, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3232,64 +3232,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ice crystals trajectory calculations in a turbofan engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Aouizerate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virgile Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Balland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3370,51 +3370,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A shallow water type model to describe the dynamic of thin partially wetting films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lallement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3478,64 +3478,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A robust coupling algorithm applied to thermal ice protection system unsteady modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Villedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Trontin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th AIAA Atmospheric and Space Environments Conference - AVIATION 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Atlanta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3560,64 +3560,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat and mass transfer analogies for evaporation models at high evaporation rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA AVIATION 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Atlanta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3864,90 +3864,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulation of Electrothermal Ice Protection Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Bennani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trontin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lokman Bennani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Trontin</w:t>
+                <w:t xml:space="preserve">Emmanuel Radenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Numerical Simulation of In-Flight Icing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing; Springer International Publishing, pp.1-79, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3994,77 +3994,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulation of Ice Crystals and Mixed-Phase In-Flight Icing Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Senoner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Villedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Numerical Simulation of In-Flight Icing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.599-642, 2023, 978-3-031-33844. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4206,51 +4206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Phase-Conditioned Filtering of Incompressible Interfacial Multiphase Flow Equations: A Priori Study for the Modeling of LES Subgrid Scale Terms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -L. Estivalezes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4323,51 +4323,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An a Priori Study for the Modeling of Subgrid Terms in Multiphase Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4818,51 +4818,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329939v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Rajim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yedhir Mezache" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Di Pierro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trontin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2025.105495" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016460v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. John Soundar Jerome" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Matas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.51" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048583v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Aguilar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian K&#246;bschall" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dezitter" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Hussong" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124117" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192890v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasir Malik" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lokman Bennani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bansmer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Villedieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124364" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935454v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Radenac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace10010075" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741289v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Senoner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Reitter" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Karpen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schremb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2022.104322" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J062122" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chauvin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2020.07.017" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338115v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lallement" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202069079" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02775797v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aouizerate" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Vanacore" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1962" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781029v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Charton" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1967" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870069v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bennani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Trontin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Villedieu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2018.07.003" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858313v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baumert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bansmer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.02.008" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055824v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Norde" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Theodorus Antonius van Der Weide" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Willem Marie Hoeijmakers" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.B36916" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870916v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.06.023" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413247v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Hauk" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmar Bonaccurso" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T4886" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835500v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.C034092" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851568v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sala&#252;n" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2014.06.001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769151v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Peter" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nguyen-Dinh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2012.06.016" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9J85JW9L-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707210v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vincent" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Estivalezes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Caltagirone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2012.07.002" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2WNC6N2N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706774v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2010.08.003" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706770v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vincent" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Estival&#232;zes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Caltagirone" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.1733" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039717v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Alary" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dejean" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthoumieu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-4116" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774073v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Vorgias" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3534" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440994v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-2684" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906383v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-2827" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895949v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Balland" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465787v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurent" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088749v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01069553v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769601v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769599v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206670v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33845-8_16" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206671v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33845-8_40" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860921v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Caltagirone" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709342v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -L. Estivalezes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caltagirone" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43489-5_20" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709330v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Estivalezes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14139-3_46" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-VS3LVZPC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00499373v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02365923v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329939v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Rajim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yedhir Mezache" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Di Pierro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trontin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2025.105495" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016460v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. John Soundar Jerome" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Matas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.51" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048583v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Aguilar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian K&#246;bschall" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dezitter" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Hussong" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124117" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935454v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lokman Bennani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Radenac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace10010075" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192890v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasir Malik" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bansmer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Villedieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124364" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741289v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Senoner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Reitter" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Karpen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schremb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2022.104322" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J062122" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chauvin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2020.07.017" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338115v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lallement" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202069079" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781029v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Charton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aouizerate" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1967" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02775797v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Vanacore" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1962" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858313v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baumert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bansmer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Trontin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Villedieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.02.008" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870069v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bennani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2018.07.003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055824v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Norde" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Theodorus Antonius van Der Weide" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Willem Marie Hoeijmakers" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.B36916" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870916v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.06.023" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413247v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Hauk" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmar Bonaccurso" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T4886" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835500v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.C034092" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851568v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sala&#252;n" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2014.06.001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769151v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Peter" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nguyen-Dinh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2012.06.016" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9J85JW9L-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707210v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vincent" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Estivalezes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Caltagirone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2012.07.002" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2WNC6N2N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706774v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2010.08.003" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706770v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vincent" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Estival&#232;zes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Caltagirone" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.1733" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039717v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Alary" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dejean" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berthoumieu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-4116" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774073v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Vorgias" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3534" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440994v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-2684" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906383v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-2827" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895949v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Balland" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465787v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurent" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088749v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01069553v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769601v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00769599v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206670v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33845-8_16" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206671v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33845-8_40" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860921v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Caltagirone" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709342v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -L. Estivalezes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caltagirone" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43489-5_20" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709330v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Estivalezes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14139-3_46" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-VS3LVZPC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00499373v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02365923v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>