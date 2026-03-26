--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -866,295 +866,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of the CIMEL-318T to shipborne use: 3 years of automated AERONET-compatible aerosol measurements on board the research vessel &amp;lt;i&amp;gt;Marion Dufresne&amp;lt;/i&amp;gt;</w:t>
+                <w:t xml:space="preserve">Origin, size distribution, and hygroscopic properties of marine aerosols in the southwestern Indian Ocean: results of six campaigns of shipborne observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Torres</w:t>
+                <w:t xml:space="preserve">Meredith Dournaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Blarel</w:t>
+                <w:t xml:space="preserve">Joris Pianezze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Goloub</w:t>
+                <w:t xml:space="preserve">Jérome Brioude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Dubois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maria Fernanda Sanchez-Barrero</w:t>
+                <w:t xml:space="preserve">Jean-Marc Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/amt-18-4809-2025⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (17), pp.10315-10335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-25-10315-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05461136v1</w:t>
+                <w:t xml:space="preserve">hal-05250325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin, size distribution, and hygroscopic properties of marine aerosols in the southwestern Indian Ocean: results of six campaigns of shipborne observations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation of the CIMEL-318T to shipborne use: 3 years of automated AERONET-compatible aerosol measurements on board the research vessel &amp;lt;i&amp;gt;Marion Dufresne&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meredith Dournaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Tulet</w:t>
+                <w:t xml:space="preserve">Luc Blarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joris Pianezze</w:t>
+                <w:t xml:space="preserve">Philippe Goloub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Brioude</w:t>
+                <w:t xml:space="preserve">Gaël Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Metzger</w:t>
+                <w:t xml:space="preserve">Maria Fernanda Sanchez-Barrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (17), pp.10315-10335. </w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (18), pp.4809 - 4838. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-25-10315-2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/amt-18-4809-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05250325v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05461136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removal Processes of the Stratospheric SO2 Volcanic Plume From the 2015 Calbuco Eruption</w:t>
               </w:r>
@@ -1251,161 +1251,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic Processes Driving Thermal Circulations on Slopes: Modeling Anabatic and Katabatic Flows on Reunion Island</w:t>
+                <w:t xml:space="preserve">Measurement Report: Bio-physicochemistry of tropical clouds at Maïdo (Réunion Island, Indian Ocean): overview of results from the BIO-MAÏDO campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samira El gdachi</w:t>
+                <w:t xml:space="preserve">Maud Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Réchou</w:t>
+                <w:t xml:space="preserve">Laurent Deguillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Burnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Mouchel‐vallon</w:t>
+                <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 129 (17), pp.e2023JD040431. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24, pp.4129-4155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2023jd040431⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-24-4129-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04688872v1</w:t>
+                <w:t xml:space="preserve">hal-04135443v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of isoprene emissions from the coupled model SURFEX–MEGANv2.1</w:t>
               </w:r>
@@ -1515,161 +1515,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">meteo-04562718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement Report: Bio-physicochemistry of tropical clouds at Maïdo (Réunion Island, Indian Ocean): overview of results from the BIO-MAÏDO campaign</w:t>
+                <w:t xml:space="preserve">Thermodynamic Processes Driving Thermal Circulations on Slopes: Modeling Anabatic and Katabatic Flows on Reunion Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Leriche</w:t>
+                <w:t xml:space="preserve">Samira El gdachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Deguillaume</w:t>
+                <w:t xml:space="preserve">Anne Réchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Burnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Colomb</w:t>
+                <w:t xml:space="preserve">C Mouchel‐vallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 24, pp.4129-4155. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (17), pp.e2023JD040431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-24-4129-2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2023jd040431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04135443v4</w:t>
+                <w:t xml:space="preserve">hal-04688872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement report: Insights into the chemical composition and origin of molecular clusters and potential precursor molecules present in the free troposphere over the southern Indian Ocean: observations from the Maïdo Observatory (2150 m a.s.l., Réunion)</w:t>
               </w:r>
@@ -1806,51 +1806,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular composition of clouds: a comparison between samples collected at tropical (Réunion Island, France) and mid-north (Puy de Dôme, France) latitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Deguillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Lavanant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1966,64 +1966,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel van Baelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Brioude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth System Science Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (8), pp.3821-3849. </w:t>
@@ -2323,161 +2323,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04203992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the Sources, Precursors, and Processing of Aerosols at a High-Altitude Tropical Site</w:t>
+                <w:t xml:space="preserve">Aerosol characterization in an oceanic context around Reunion Island (AEROMARINE field campaign)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pamela Dominutti</w:t>
+                <w:t xml:space="preserve">Faustine Mascaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Chevassus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
+                <w:t xml:space="preserve">Olivier Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Verreyken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+                <w:t xml:space="preserve">Raphaël Peroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Borbon</w:t>
+                <w:t xml:space="preserve">Jean Marc Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 6 (10), pp.2412-2431. </w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 268, pp.118770. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.2c00149⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2021.118770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03777980v1</w:t>
+                <w:t xml:space="preserve">hal-03815612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Resolution Dynamical Analysis of Volatile Organic Compounds (VOC) Measurements During the BIO‐MAÏDO Field Campaign (Réunion Island, Indian Ocean)</w:t>
               </w:r>
@@ -2489,678 +2489,678 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Rocco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Borbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Dominutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 127 (4), pp.e2021JD035570. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2021jd035570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03566407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into tropical cloud chemistry in Réunion (Indian Ocean): results from the BIO-MAÏDO campaign</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Evaluation of the Sources, Precursors, and Processing of Aerosols at a High-Altitude Tropical Site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Dominutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelica Bianco</w:t>
+                <w:t xml:space="preserve">Emmanuel Chevassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Borbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-22-505-2022⟩</w:t>
+              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6 (10), pp.2412-2431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.2c00149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03543373v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03777980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerosol characterization in an oceanic context around Reunion Island (AEROMARINE field campaign)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Faustine Mascaut</w:t>
+                <w:t xml:space="preserve">Insights into tropical cloud chemistry in Réunion (Indian Ocean): results from the BIO-MAÏDO campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Dominutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Pujol</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bert Verreyken</w:t>
+                <w:t xml:space="preserve">Pascal Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Peroni</w:t>
+                <w:t xml:space="preserve">Mickaël Vaïtilingom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Marc Metzger</w:t>
+                <w:t xml:space="preserve">Angelica Bianco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 268, pp.118770. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (1), pp.505-533. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2021.118770⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-22-505-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03815612v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Modeling of Convection and Pollutant Transport Associated with Volcanic Eruption and Lava Flow: Application to the April 2007 Eruption of the Piton de la Fournaise (Reunion Island)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ReNovRisk: a multidisciplinary programme to study the cyclonic risks in the South-West Indian Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Filippi</w:t>
+                <w:t xml:space="preserve">Bertrand Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Tulet</w:t>
+                <w:t xml:space="preserve">Guilhem Barruol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soline Bielli</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Remi Belon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (4), pp.507. </w:t>
+              <w:t xml:space="preserve">Natural Hazards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/atmos12040507⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11069-021-04624-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03205799v1</w:t>
+                <w:t xml:space="preserve">hal-03165702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of several proxies to estimate sulfuric acid concentration under volcanic plume conditions</w:t>
+                <w:t xml:space="preserve">Multiscale Modeling of Convection and Pollutant Transport Associated with Volcanic Eruption and Lava Flow: Application to the April 2007 Eruption of the Piton de la Fournaise (Reunion Island)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Rose</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matti P Rissanen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Siddharth Iyer</w:t>
+                <w:t xml:space="preserve">Jonathan Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Duplissy</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Soline Bielli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-21-4541-2021⟩</w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (4), pp.507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos12040507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03180376v1</w:t>
+                <w:t xml:space="preserve">hal-03205799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonality of the particle number concentration and size distribution: a global analysis retrieved from the network of Global Atmosphere Watch (GAW) near-surface observatories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Collaud Coen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3214,87 +3214,87 @@
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21, pp.17185 - 17223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-21-17185-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03464645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Atmosphere–Ocean Coupling on the Structure and Intensity of Tropical Cyclone Bejisa in the Southwest Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Bielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3302,51 +3302,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Pianezze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (6), pp.688. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3406,77 +3406,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Bielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Pianezze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (6), pp.689. </w:t>
@@ -3508,909 +3508,909 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03242979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projected Characteristic Changes of a Typical Tropical Cyclone under Climate Change in the South West Indian Ocean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of several proxies to estimate sulfuric acid concentration under volcanic plume conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Callum Thompson</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matti P Rissanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siddharth Iyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Duplissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/atmos12020232⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (6), pp.4541 - 4560. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-21-4541-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03134335v1</w:t>
+                <w:t xml:space="preserve">hal-03180376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Tropical Cyclones on Inhabited Areas of the SWIO Basin at Present and Future Horizons. Part 1: Overview and Observing Component of the Research Project RENOVRISK-CYCLONE</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Cordier</w:t>
+                <w:t xml:space="preserve">Projected Characteristic Changes of a Typical Tropical Cyclone under Climate Change in the South West Indian Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Callum Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Bielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Pianezze</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 12 (5), pp.544. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/atmos12050544⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 12 (2), pp.232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos12020232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03214000v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03134335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convective uplift of pollution from the Sichuan Basin into the Asian monsoon anticyclone during the StratoClim aircraft campaign</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Keun-Ok Lee</w:t>
+                <w:t xml:space="preserve">Impact of Tropical Cyclones on Inhabited Areas of the SWIO Basin at Present and Future Horizons. Part 1: Overview and Observing Component of the Research Project RENOVRISK-CYCLONE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Barruol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Barret</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Silvia Bucci</w:t>
+                <w:t xml:space="preserve">Emmanuel Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Barthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Bielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-21-3255-2021⟩</w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (5), pp.544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos12050544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03169354v2</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03214000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ReNovRisk: a multidisciplinary programme to study the cyclonic risks in the South-West Indian Ocean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convective uplift of pollution from the Sichuan Basin into the Asian monsoon anticyclone during the StratoClim aircraft campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keun-Ok Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Le Flochmoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Belon</w:t>
+                <w:t xml:space="preserve">Silvia Bucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21, pp.3255 - 3274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11069-021-04624-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-21-3255-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03165702v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03169354v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A global analysis of climate-relevant aerosol properties retrieved from the network of Global Atmosphere Watch (GAW) near-surface observatories</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cathrine Lund Myhre</w:t>
+                <w:t xml:space="preserve">Analysis of volatile organic compounds during the OCTAVE campaign: sources and distributions of formaldehyde on Reunion Island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Rocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Colomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crist Amelynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Verreyken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/amt-13-4353-2020⟩</w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos11020140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02923802v1</w:t>
+                <w:t xml:space="preserve">hal-02456442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of volatile organic compounds during the OCTAVE campaign: sources and distributions of formaldehyde on Reunion Island</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bert Verreyken</w:t>
+                <w:t xml:space="preserve">A global analysis of climate-relevant aerosol properties retrieved from the network of Global Atmosphere Watch (GAW) near-surface observatories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Laj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Bigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Andrews</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathrine Lund Myhre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.140. </w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13, pp.4353 - 4392. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/atmos11020140⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/amt-13-4353-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02456442v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02923802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New particle formation in the volcanic eruption plume of the Piton de la Fournaise: specific features from a long-term dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Foucart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19, pp.13243 - 13265. </w:t>
@@ -4500,51 +4500,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19 (16), pp.10591-10618. </w:t>
@@ -4582,90 +4582,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volcanic plume aging during passive degassing and low eruptive events of Etna and Stromboli volcanoes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Pianezze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Foucart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Liuzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5023,64 +5023,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Sellegri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 18 (13), pp.9243-9261. </w:t>
@@ -5118,77 +5118,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Coupled Ocean-Waves-Atmosphere Model Designed for Tropical Storm Studies: Example of Tropical Cyclone Bejisa (2013-2014) in the South-West Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Pianezze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Bielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5412,51 +5412,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Di Muro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Denjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5559,64 +5559,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Sellegri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, 18 (13), pp.1 - 28. </w:t>
@@ -6095,51 +6095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Barbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Deguillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6458,90 +6458,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the lava heat flux during severe effusive volcanic eruption an important impact on surface air quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Bielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6586,1519 +6586,1519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01164000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The SURFEXv7.2 land and ocean surface platform for coupled or offline simulation of Earth surface variables and fluxes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of dust emission from alluvial sources using aircraft observations and high-resolution modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Le Moigne</w:t>
+                <w:t xml:space="preserve">K. Schepanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Martin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Alias</w:t>
+                <w:t xml:space="preserve">J. R. Banks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/gmd-6-929-2013⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 118 (13), pp.7237-7259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jgrd.50538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00968042v1</w:t>
+                <w:t xml:space="preserve">hal-00848074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïdo observatory: a new high-altitude station facility at Reunion Island (21° S, 55° E) for long-term atmospheric remote sensing and in situ measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
+                <w:t xml:space="preserve">The SURFEXv7.2 land and ocean surface platform for coupled or offline simulation of Earth surface variables and fluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Courcoux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Keckhut</w:t>
+                <w:t xml:space="preserve">Stéphanie Faroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Portafaix</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Tulet</w:t>
+                <w:t xml:space="preserve">A. Alias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 6 (10), pp.2865-2877. </w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6, pp.929-960. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/amt-6-2865-2013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/gmd-6-929-2013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00845146v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00968042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of the diurnal cycle of Aerosol Optical Depth in West Africa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maïdo observatory: a new high-altitude station facility at Reunion Island (21° S, 55° E) for long-term atmospheric remote sensing and in situ measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Klein</w:t>
+                <w:t xml:space="preserve">Yann Courcoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Keckhut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Portafaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/grl.50143⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (10), pp.2865-2877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/amt-6-2865-2013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00778271v1</w:t>
+                <w:t xml:space="preserve">hal-00845146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of dust emission from alluvial sources using aircraft observations and high-resolution modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">K. Schepanski</w:t>
+                <w:t xml:space="preserve">The importance of the diurnal cycle of Aerosol Optical Depth in West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lafore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 118 (13), pp.7237-7259. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 40 (4), pp.785-790. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jgrd.50538⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/grl.50143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00848074v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00778271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution simulation of a major West African dust-storm: comparison with observations and investigation of dust impact</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Lafore</w:t>
+                <w:t xml:space="preserve">Long-range transport of Saharan dust over northwestern Europe during EUCAARI 2008 campaign: Evolution of dust optical properties by scavenging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Seity</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gregory Roberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/qj.927⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 117, pp.D17201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2012JD017611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00961623v1</w:t>
+                <w:t xml:space="preserve">hal-00955347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D direct impacts of urban aerosols on dynamics during the CAPITOUL field experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Importance of the surface size distribution of erodible material: an improvement on the Dust Entrainment And Deposition (DEAD) Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Aouizerats</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Gomes</w:t>
+                <w:t xml:space="preserve">T. Rezoug</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2012GL053781⟩</w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5 (3), pp.581-598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-5-581-2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00961647v1</w:t>
+                <w:t xml:space="preserve">hal-00961624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of the surface size distribution of erodible material: an improvement on the Dust Entrainment And Deposition (DEAD) Model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Gomes</w:t>
+                <w:t xml:space="preserve">High-resolution simulation of a major West African dust-storm: comparison with observations and investigation of dust impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lafore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">T. Rezoug</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Seity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 138 (663), pp.455--470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/qj.927⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/gmd-5-581-2012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00961624v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00961623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-range transport of Saharan dust over northwestern Europe during EUCAARI 2008 campaign: Evolution of dust optical properties by scavenging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nelson Bègue</w:t>
+                <w:t xml:space="preserve">3D direct impacts of urban aerosols on dynamics during the CAPITOUL field experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Aouizerats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomes</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 117, pp.D17201. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 39 (23), pp.L23807. </w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2012JD017611⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2012GL053781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00955347v1</w:t>
+                <w:t xml:space="preserve">hal-00961647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of tracers transport by a mesoscale convective system over West Africa</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transport of dust particles from the Bodélé region to the monsoon layer - AMMA case study of the 9-14 June 2006 period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Mari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+                <w:t xml:space="preserve">Suzanne Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Roux</w:t>
+                <w:t xml:space="preserve">L. Garcia-Carreras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Geophysicae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 29, pp.731-747. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (2), pp.479-494. </w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/angeo-29-731-2011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-11-479-2011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01259284v1</w:t>
+                <w:t xml:space="preserve">hal-00459726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution modelling of aerosol dispersion regimes during the CAPITOUL field experiment: from regional to local scale interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Aouizerats</w:t>
+                <w:t xml:space="preserve">Numerical study of tracers transport by a mesoscale convective system over West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Barthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-11-7547-2011⟩</w:t>
+              <w:t xml:space="preserve">Annales Geophysicae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 29, pp.731-747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/angeo-29-731-2011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00961622v1</w:t>
+                <w:t xml:space="preserve">insu-01259284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large scale modeling of the transport, chemical transformation and mass budget of the sulfur emitted during the April 2007 eruption of Piton de la Fournaise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High resolution modelling of aerosol dispersion regimes during the CAPITOUL field experiment: from regional to local scale interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Aouizerats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 11 (9), pp.4533--4546. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 11 (15), pp.7547--7560. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-11-7547-2011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-11-4533-2011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00961625v1</w:t>
+                <w:t xml:space="preserve">hal-00961622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport of dust particles from the Bodélé region to the monsoon layer - AMMA case study of the 9-14 June 2006 period</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large scale modeling of the transport, chemical transformation and mass budget of the sulfur emitted during the April 2007 eruption of Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 11 (2), pp.479-494. </w:t>
+              <w:t xml:space="preserve">, 2011, 11 (9), pp.4533--4546. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-11-479-2011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-11-4533-2011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00459726v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00961625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixing of dust aerosols into a mesoscale convective system: Generation, filtering and possible feedbacks on ice anvils</w:t>
               </w:r>
@@ -8110,77 +8110,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Crahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Aouizerats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 96 (2-3), pp.302-314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8214,51 +8214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an online radiative module for the computation of aerosol optical properties in 3-D atmospheric models: validation during the EUCAARI campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Aouizerats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Thouron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8266,51 +8266,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 3 (2), pp.553-564. </w:t>
@@ -8884,64 +8884,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increase of the aerosol hygroscopicity by cloud processing in a mesoscale convective sytem: a case study from the AMMA campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9012,303 +9012,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">meteo-00346962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Canopy and Aerosol Particles Interactions in TOulouse Urban Layer (CAPITOUL) experiment</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Pigeon</w:t>
+                <w:t xml:space="preserve">The 7–13 March 2006 dust storm over West Africa: Generation, transport, and vertical stratification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Liousse</w:t>
+                <w:t xml:space="preserve">Marc Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meteorology and Atmospheric Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00703-008-0289-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 113 (D23), pp.D00C08. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2008JD009871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02667156v1</w:t>
+                <w:t xml:space="preserve">hal-00311114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 7–13 March 2006 dust storm over West Africa: Generation, transport, and vertical stratification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Tulet</w:t>
+                <w:t xml:space="preserve">The Canopy and Aerosol Particles Interactions in TOulouse Urban Layer (CAPITOUL) experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Mallet</w:t>
+                <w:t xml:space="preserve">Catherine Liousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Meteorology and Atmospheric Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 102 (3-4), pp.135-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00703-008-0289-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2008JD009871⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00311114v1</w:t>
+                <w:t xml:space="preserve">hal-02667156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of the Dust and Biomass-burning Experiment and African Monsoon Multidisciplinary Analysis Special Observing Period-0</w:t>
               </w:r>
@@ -9690,248 +9690,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00348062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling secondary organic aerosol formation through cloud processing of organic compounds</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Grini</w:t>
+                <w:t xml:space="preserve">Diurnal cycle of dust and cirrus over West Africa as seen from meteosat second generation satellite and a regional forecast model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-7-5343-2007⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 34, pp.L02822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006GL027771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00328542v2</w:t>
+                <w:t xml:space="preserve">hal-00130155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diurnal cycle of dust and cirrus over West Africa as seen from meteosat second generation satellite and a regional forecast model.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+                <w:t xml:space="preserve">Modeling secondary organic aerosol formation through cloud processing of organic compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. J. Griffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Grini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 34, pp.L02822. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 7 (20), pp.5355. </w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2006GL027771⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-7-5343-2007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00130155v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00328542v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction between local and regional pollution during Escompte 2001: Impact on surface ozone concentrations (IOP2a and 2B)</w:t>
               </w:r>
@@ -10911,631 +10911,640 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01658824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the lava heat flux during severe effusive volcanic eruption: an important impact on surface air quality</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Leriche</w:t>
+                <w:t xml:space="preserve">Characterization of dust emission from alluvial sources using aircraft observations and high-resolution modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerstin Schepanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Banks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th EGU General Assembly</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.13741, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jgrd.50538⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00965474v1</w:t>
+                <w:t xml:space="preserve">insu-01183614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution numerical coupling of wildfire and lava flow simulation with a micro scale atmospheric model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Durand</w:t>
+                <w:t xml:space="preserve">The importance of the diurnal cycle of Aerosol Optical Depth in West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lafore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Banks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013--9521</w:t>
+              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013--8488</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00965475v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00965478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of the diurnal cycle of Aerosol Optical Depth in West Africa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Kocha</w:t>
+                <w:t xml:space="preserve">High-resolution numerical coupling of wildfire and lava flow simulation with a micro scale atmospheric model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamie Banks</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Bosseur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013--8488</w:t>
+              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013--9521</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00965478v1</w:t>
+                <w:t xml:space="preserve">hal-00965475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CCN formation by mixing processes between Saharan dust and European pollution aerosols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nelson Bègue</w:t>
+                <w:t xml:space="preserve">Modeling the lava heat flux during severe effusive volcanic eruption: an important impact on surface air quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013--2699</w:t>
+              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013--1325</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00965473v1</w:t>
+                <w:t xml:space="preserve">hal-00965474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How can a dusty cold pool change the diurnal evolution of the Saharan Atmospheric Boundary Layer ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Kocha</w:t>
+                <w:t xml:space="preserve">CCN formation by mixing processes between Saharan dust and European pollution aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greg Roberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013--8488</w:t>
+              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013--2699</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00965477v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00965473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulations and parameterizations of volcanic plumes observed at Reunion Island</w:t>
               </w:r>
@@ -11636,161 +11645,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00965476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of dust emission from alluvial sources using aircraft observations and high-resolution modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kerstin Schepanski</w:t>
+                <w:t xml:space="preserve">How can a dusty cold pool change the diurnal evolution of the Saharan Atmospheric Boundary Layer ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lafore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie Banks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10th EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013--8488</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01183614v1</w:t>
+                <w:t xml:space="preserve">hal-00965477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The evolution of the Saharan Boundary layer thermodynamics and composition in connection with intra-seasonal pulsations of the West African Heat Low</w:t>
               </w:r>
@@ -11828,51 +11828,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Engelstaedter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th AMMA International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Toulouse, France</w:t>
@@ -11895,786 +11895,786 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00723562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verification of mesoscale dust forecasts over the Sahara during FENNEC 2011</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+                <w:t xml:space="preserve">ROSEA : Réseau d'Observatoires pour la Surveillance et l'Exploration de l'Atmosphère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Klein</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lavaysse</w:t>
+                <w:t xml:space="preserve">Yann Courcoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Keckhut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th AMMA International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée scientifique du Sirta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00723833v1</w:t>
+                <w:t xml:space="preserve">hal-00968044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ROSEA : Réseau d'Observatoires pour la Surveillance et l'Exploration de l'Atmosphère</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Hoareau</w:t>
+                <w:t xml:space="preserve">Verification of mesoscale dust forecasts over the Sahara during FENNEC 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lafore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lavaysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique du Sirta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">4th AMMA International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00968044v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00723833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The French component of the FENNEC Saharan Climate project 2011 Special Observing Period</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation et analyse de l'évolution des aérosols pendant la campagne MEGAPOLI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Aouizerats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Sixième réunion des utilisateurs MesoNH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00712717v1</w:t>
+                <w:t xml:space="preserve">hal-00968055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et analyse de l'évolution des aérosols pendant la campagne MEGAPOLI</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The French component of the FENNEC Saharan Climate project 2011 Special Observing Period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lavaysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerstin Schepanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixième réunion des utilisateurs MesoNH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Toulouse, France</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00968055v1</w:t>
+                <w:t xml:space="preserve">hal-00712717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative impacts of aerosols on dynamics: Application to the CAPITOUL field experiment</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Meso-scale modelling of SOA precursors from cloud processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deguillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gazen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Vienna, Austria. pp.792</w:t>
+              <w:t xml:space="preserve">ICCP 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Leipzig, Germany. pp.En ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00965488v1</w:t>
+                <w:t xml:space="preserve">hal-00965502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meso-scale modelling of SOA precursors from cloud processes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiative impacts of aerosols on dynamics: Application to the CAPITOUL field experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Aouizerats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCP 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Leipzig, Germany. pp.En ligne</w:t>
+              <w:t xml:space="preserve">8th EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Vienna, Austria. pp.792</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00965502v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00965488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meso-scale modelling of SOA precursors from cloud processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deguillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Gazen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12755,64 +12755,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, South Hadley, United States. pp.En ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12837,90 +12837,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of atmospheric aerosols on urban boundary layer dynamics: Application during the CAPITOUL field experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Aouizerats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13083,64 +13083,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of the mesoscale convective systems (MCS) on aerosol physical and chemical properties, focusing on hygroscopicity, during the AMMA campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13310,342 +13310,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04113730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative effects of mineral dust on West African weather</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Lafore</w:t>
+                <w:t xml:space="preserve">SO2 degassing at Piton de la Fournaise during the April 2007 eruption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Michon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMMA Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Ouagadougou, Burkina Faso. pp.En ligne</w:t>
+              <w:t xml:space="preserve">Collapse Caldera Workshop 2010 IAVCEI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Réunion. pp.En ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00965497v1</w:t>
+                <w:t xml:space="preserve">hal-00965498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloud Processing of Gases and Particles in Urban-Industrial Plumes: Comparison of Several Models</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiative effects of mineral dust on West African weather</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lafore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th NATO/SPS International Technical Meeting on Air Pollution Modeling and Its Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, San Francisco, United States. pp.En ligne</w:t>
+              <w:t xml:space="preserve">AMMA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Ouagadougou, Burkina Faso. pp.En ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00965484v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00965497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SO2 degassing at Piton de la Fournaise during the April 2007 eruption</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Tulet</w:t>
+                <w:t xml:space="preserve">Cloud Processing of Gases and Particles in Urban-Industrial Plumes: Comparison of Several Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Gong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.-W. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Michon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. J. Frost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collapse Caldera Workshop 2010 IAVCEI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Réunion. pp.En ligne</w:t>
+              <w:t xml:space="preserve">30th NATO/SPS International Technical Meeting on Air Pollution Modeling and Its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, San Francisco, United States. pp.En ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00965498v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00965484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesoscale dispersal of pollen and implications for gene flow</w:t>
               </w:r>
@@ -13877,77 +13877,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport of dust particles from the Bodele region to the monsoon layer. Case study of the 9 14 june 2006 period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atsushi Matsuki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13996,972 +13996,972 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00965495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A newly identified mechanism for dust emissions over the Sahel associated with the West African Monsoon inter-tropical discontinuity region</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Knippertz</w:t>
+                <w:t xml:space="preserve">Mesoscale modelling of pollen dispersal and implications for gene flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Pinty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union, General Assembly, 14-18 April 2008, Vienna, Austria</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">4. European Symposium on Aerobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Turku, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00369336v1</w:t>
+                <w:t xml:space="preserve">hal-02753253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscale modelling of dust emissions over the Sahel associated with the West African Monsoon intertropical discontinuity</w:t>
+                <w:t xml:space="preserve">A newly identified mechanism for dust emissions over the Sahel associated with the West African Monsoon inter-tropical discontinuity region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Bou Karam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Knippertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier de Modélisation de l'Atmosphère, Météo France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Toulouse, France</w:t>
+              <w:t xml:space="preserve">European Geosciences Union, General Assembly, 14-18 April 2008, Vienna, Austria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00369313v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00369336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscale modelling of maize pollen dispersal</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesoscale modelling of dust emissions over the Sahel associated with the West African Monsoon intertropical discontinuity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Bou Karam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28. Conference on Agricultural and Forest Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Orlando, United States. 1 p</w:t>
+              <w:t xml:space="preserve">Atelier de Modélisation de l'Atmosphère, Météo France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02817778v1</w:t>
+                <w:t xml:space="preserve">hal-00369313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of the regional cloud chemistry case of the 2008 WMO International Cloud Modeling Workshop with the MesoNHC model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Céline Mari</w:t>
+                <w:t xml:space="preserve">Calipso observations and mesoscale modelling on dust emissions and transport over the Sahel associated with the West African Monsoon Inter Tropical Discontinuity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Bou Karam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cuesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Annecy, France</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00337150v1</w:t>
+                <w:t xml:space="preserve">hal-00326823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calipso observations and mesoscale modelling on dust emissions and transport over the Sahel associated with the West African Monsoon Inter Tropical Discontinuity.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Tulet</w:t>
+                <w:t xml:space="preserve">Mesoscale modelling of maize pollen dispersal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Pinty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">28. Conference on Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Orlando, United States. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00326823v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02817778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscale modelling of dust emissions over the Sahel associated with the West African Monsoon intertropical discontinuity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+                <w:t xml:space="preserve">Simulation of the regional cloud chemistry case of the 2008 WMO International Cloud Modeling Workshop with the MesoNHC model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Pinty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">IGAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00326824v1</w:t>
+                <w:t xml:space="preserve">hal-00337150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric modelling of maize pollen dispersal at regional scale</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Delage</w:t>
+                <w:t xml:space="preserve">Mesoscale modelling of dust emissions over the Sahel associated with the West African Monsoon intertropical discontinuity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Bou Karam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GMLS - International conference on Implications of GM crop cultivation at large spatial scales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Bremen, Germany. 1 p</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02821678v1</w:t>
+                <w:t xml:space="preserve">hal-00326824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscale modelling of pollen dispersal and implications for gene flow</w:t>
+                <w:t xml:space="preserve">Atmospheric modelling of maize pollen dispersal at regional scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Pinty</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. European Symposium on Aerobiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Turku, Finland</w:t>
+              <w:t xml:space="preserve">GMLS - International conference on Implications of GM crop cultivation at large spatial scales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Bremen, Germany. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753253v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02821678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saharan dust uptakes associated with the inter-tropical discontinuity dynamics: Calipso observations and numerical modelling</w:t>
               </w:r>
@@ -15174,853 +15174,853 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00369605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric dispersal of maize pollen over the Aquitaine region</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Pinty</w:t>
+                <w:t xml:space="preserve">Nitrogen oxide biogenic emissions from soils: impact on NOx and ozone formation in West Africa during AMMA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Delon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Courtney E Reeves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.J. Stewart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Serça</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International Conference on Coexistence between Genetically Modified (GM) and non-GM based Agricultural Supply Chains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Séville, Spain</w:t>
+              <w:t xml:space="preserve">Second International AMMA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02758063v1</w:t>
+                <w:t xml:space="preserve">hal-00224837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahelian dust lifting in the inter-tropical discontinuity region: Lidar observations and mesoscale modelling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+                <w:t xml:space="preserve">Cycle diurne des poussières désertiques et des cirrus en Afrique de l'ouest par le satellite Météosat Seconde Génération et le modèle Méso-NH.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Söhne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Karlsruhe, Germany</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00195176v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00139101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saharan dust lofting by Haramattan and monsoon flows convergence : Numerial Modelling and Lidar observations.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+                <w:t xml:space="preserve">On the direct effect of mineral dust over the west Africain region during march 2006</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Serça</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Second International AMMA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Karlshrue, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00158927v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00196770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the direct effect of mineral dust over the west Africain region during march 2006</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Mallet</w:t>
+                <w:t xml:space="preserve">Saharan dust uptakes associated with the inter-tropical discontinuity dynamics: CALIPSO observations and numerical modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Bou Karam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jacques Pelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second International AMMA Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Karlshrue, Germany</w:t>
+              <w:t xml:space="preserve">CALIPSO Science Team Meeting, June 2007, San Francisco, California, USA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00196770v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00369614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saharan dust uptakes associated with the inter-tropical discontinuity dynamics: CALIPSO observations and numerical modelling</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+                <w:t xml:space="preserve">Atmospheric dispersal of maize pollen over the Aquitaine region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Pinty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CALIPSO Science Team Meeting, June 2007, San Francisco, California, USA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">3. International Conference on Coexistence between Genetically Modified (GM) and non-GM based Agricultural Supply Chains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Séville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00369614v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cycle diurne des poussières désertiques et des cirrus en Afrique de l'ouest par le satellite Météosat Seconde Génération et le modèle Méso-NH.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sahelian dust lifting in the inter-tropical discontinuity region: Lidar observations and mesoscale modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Bou Karam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">2007</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd AMMA International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00139101v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00195176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrogen oxide biogenic emissions from soils: impact on NOx and ozone formation in West Africa during AMMA</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Saharan dust lofting by Haramattan and monsoon flows convergence : Numerial Modelling and Lidar observations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Bou Karam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second International AMMA Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Karlsruhe, Germany</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00224837v1</w:t>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00158927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diurnal cycle of dust and cirrus over West Africa as seen from Meteosat Second Generation satellite and a regional forecast model.</w:t>
               </w:r>
@@ -16275,51 +16275,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2006GL027771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00168729v1</w:t>
@@ -16494,51 +16494,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Serça</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16785,64 +16785,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel van Baelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Brioude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Session of the Ship Observations Team</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Plouzané (29280), France. 2025</w:t>
@@ -16988,51 +16988,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira El Gdachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Réchou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne, Austria. , 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17368,51 +17368,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brogniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Our Common Future Under Climate Change, International Scientific Coference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Paris, France. , pp.P-1105-03, 2015</w:t>
@@ -17751,51 +17751,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mesure des échanges air-mer par drone à grand rayon d’action pour les études des cyclones tropicaux, Météo et Climat Info</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barrau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18067,103 +18067,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin, size distribution and hygroscopic properties of marine aerosols in the south-western Indian Ocean: report of 6 campaigns of shipborne observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meredith Dournaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Pianezze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Brioude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -18185,90 +18185,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into tropical cloud chemistry at Reunion Island (Indian Ocean): results from the BIO-MAÏDO campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Dominutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Vaïtilingom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelica Bianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18329,51 +18329,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Di Muro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Denjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18425,64 +18425,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increase of the aerosol hygroscopicity by aqueous mixing in a mesoscale convective system: a case study from the AMMA campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18637,51 +18637,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CFBED125"/>
+    <w:nsid w:val="3905C3FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18785,51 +18785,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="630F2E0F"/>
+    <w:nsid w:val="70A5356A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18933,51 +18933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="DF130B24"/>
+    <w:nsid w:val="13EEAB0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19081,51 +19081,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="D5B805A6"/>
+    <w:nsid w:val="49615BFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19229,51 +19229,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="53CB58D7"/>
+    <w:nsid w:val="2D88FAC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19472,51 +19472,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-tulet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5399-8730" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/147107563" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/210325803" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.tulet@cnrs.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247289v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Poraicu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois M&#252;ller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trissevgeni Stavrakou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist Amelynck" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Verreyken" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-6903-2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294275v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yugo Kanaya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sommariva" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Saiz-Lopez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mazzeo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore K Koenig" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17596/0004044" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984081v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Barthe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tulet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille de Sevin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Vongpaseut" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Coquillat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2025.107988" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05461136v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Torres" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Blarel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goloub" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Dubois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda Sanchez-Barrero" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-18-4809-2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith Dournaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Pianezze" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Brioude" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Metzger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-10315-2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05308225v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baray" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gheusi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Duflot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tulet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025jd043850" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04688872v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira El gdachi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne R&#233;chou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Burnet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mouchel&#8208;vallon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jd040431" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-04562718v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safae Oumami" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Arteta" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guidard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul David Hamer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-3385-2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135443v4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Leriche" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deguillaume" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Colomb" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-4129-2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04576127v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Salignat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Rissanen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Iyer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-3785-2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579845v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pailler" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lavanant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hubert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-5567-2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04679599v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel van Baelen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bosser" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-3821-2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255114v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambert Delbeke" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien Wang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Denjean" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Zouzoua" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-13329-2023" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203992v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bruch" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Yohia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Limoges" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sutherland" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JD038330" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777980v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Dominutti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chevassus" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jaffrezo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Borbon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.2c00149" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566407v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rocco" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021jd035570" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03543373v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Renard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Va&#239;tilingom" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica Bianco" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-505-2022" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03815612v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Mascaut" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pujol" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Peroni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Metzger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118770" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205799v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Filippi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Durand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Bielli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12040507" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180376v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti P Rissanen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Duplissy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Yan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-4541-2021" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464645v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Collaud Coen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Andrews" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Lin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaline Bossert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-17185-2021" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243025v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bousquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12060688" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242979v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12060689" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134335v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Thompson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12020232" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214000v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cordier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12050544" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03169354v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keun-Ok Lee" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Barret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Flochmoen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bucci" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-3255-2021" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165702v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aunay" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Belon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-021-04624-w" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02923802v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Laj" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bigi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Lund Myhre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-4353-2020" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456442v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11020140" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399736v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Foucart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-13243-2019" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269845v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Duflot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Flores" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-10591-2019" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349783v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Liuzzo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JD031122" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02285578v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne V&#233;r&#232;mes" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantino Listowski" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delano&#235;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.3640" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01850098v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoarau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Claeys" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pinty" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JD028125" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01974432v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sellegri" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-9243-2018" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01759307v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jullien" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017MS001177" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01712969v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lac" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chaboureau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Masson" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-11-1929-2018" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01591567v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Muro" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-5355-2017" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01596673v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-2017-825" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01328190v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Flamant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dauhut" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kocha" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lafore" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-6977-2016" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306999v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxia Shang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chazette" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Totems" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hamonou" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8010043" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449884v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cammas" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Keckhut" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JD025330" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307985v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berger" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Barbet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leriche" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mari" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2016.02.006" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078326v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson B&#232;gue" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pelon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aouizerats" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-3497-2015" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306995v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mokhtari" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bouteloup" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bouyssel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-9063-2015" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164000v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villeneuve" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JD022034" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968042v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Moigne" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Faroux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alias" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-6-929-2013" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845146v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Courcoux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Portafaix" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-6-2865-2013" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778271v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Klein" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50143" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848074v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schepanski" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Banks" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrd.50538" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961623v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Seity" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.927" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SFHZ5L5R-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961647v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aouizerats" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gomes" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012GL053781" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961624v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rezoug" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-5-581-2012" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955347v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Roberts" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JD017611" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01259284v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mari" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Roux" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-29-731-2011" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961622v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pigeon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-11-7547-2011" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961625v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-11-4533-2011" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459726v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Crumeyrolle" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia-Carreras" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-11-479-2011" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987566v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Crahan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2009.09.011" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961620v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Thouron" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmdd-3-735-2010" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961621v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Dzepina" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer M. Volkamer" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Madronich" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid M. Ulbrich" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-9-5681-2009" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420045v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ser&#231;a" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Solmon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dubovik" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-9-7143-2009" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00405156v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Bou Karam" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dabas" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD011444" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00426054v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin C. Todd" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD010952" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00346962v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Matsuki" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfons Schwarzenboeck" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-8-6907-2008" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667156v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Liousse" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pont" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00703-008-0289-4" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DCJXKT9Z-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311114v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mallet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boone" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD009871" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345814v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim M. Haywood" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Formenti" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bharmal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brooks" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD010077" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328583v2" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Reeves" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Stewart" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dupont" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-8-2351-2008" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348062v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cavazos" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bouet" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Heinold" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD010476" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328542v2" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chen" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Griffin" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grini" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-7-5343-2007" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130155v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GL027771" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519392v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cousin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rosset" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2004.04.012" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136319v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sarrat" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2004.03.054" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136468v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crassier" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gu&#233;dalia" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2000JD000301" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281647v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jonville" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Feger" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-9984" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515186v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Panetier" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362951v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rizzo" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boudoire" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Grassa" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446768v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bovalo" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658824v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ancellet" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;d&#233;ric Parol" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Schepanski" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965474v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965475v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bosseur" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965478v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Banks" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965473v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Roberts" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965477v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965476v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gurwinder Sivia" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gheusi" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mari" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01183614v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723562v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavaysse" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Engelstaedter" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723833v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968044v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Delmas" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hoareau" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712717v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968055v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965488v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965502v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berger" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gazen" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965499v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Escobar" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965501v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965486v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968035v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Huntrieser" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965494v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113730v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965497v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965484v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gong" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-W. Kim" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Frost" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965498v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michon" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824357v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Brunet" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dupont" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Delage" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Luca" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965496v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Earle Williams" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965495v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369336v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Knippertz" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369313v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817778v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337150v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326823v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cuesta" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326824v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821678v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Delage" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753253v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195151v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369605v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758063v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195176v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158927v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196770v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369614v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139101v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. S&#246;hne" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00224837v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney E Reeves" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Stewart" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dupont" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195216v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158922v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Washington" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168729v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395868v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Delage Santacreu" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunet Yves" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dupont Sylvain" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023253v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boissard" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142809v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Delbarre" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Augustin" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Puygrenier" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sa&#239;d" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017620v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554587v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-8726" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445575v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira El Gdachi" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-127" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01967703v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Bauwens" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Franco" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Coheur" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446774v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01183159v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanc" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brogniez" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268040v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817927v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Huber" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Foueillassar" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415874v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barrau" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radiance Calmer" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788438v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrigou Didier" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guyon" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118373781.ch6" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390835v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03409642v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448880v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Di Muro" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328329v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-tulet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5399-8730" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/147107563" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/210325803" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.tulet@cnrs.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247289v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Poraicu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois M&#252;ller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trissevgeni Stavrakou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist Amelynck" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Verreyken" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-6903-2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294275v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yugo Kanaya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sommariva" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Saiz-Lopez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mazzeo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore K Koenig" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17596/0004044" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984081v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Barthe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tulet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille de Sevin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Vongpaseut" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Coquillat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2025.107988" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250325v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith Dournaux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Pianezze" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Brioude" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Metzger" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-10315-2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05461136v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Torres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Blarel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goloub" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Dubois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda Sanchez-Barrero" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-18-4809-2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05308225v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baray" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gheusi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Duflot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tulet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025jd043850" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135443v4" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Leriche" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deguillaume" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Burnet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Colomb" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-4129-2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-04562718v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safae Oumami" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Arteta" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guidard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul David Hamer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-3385-2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04688872v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira El gdachi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne R&#233;chou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mouchel&#8208;vallon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jd040431" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04576127v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Salignat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Rissanen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Iyer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-3785-2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579845v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pailler" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lavanant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hubert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-5567-2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04679599v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel van Baelen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bosser" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-3821-2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255114v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambert Delbeke" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien Wang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Denjean" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Zouzoua" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-13329-2023" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203992v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bruch" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Yohia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Limoges" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sutherland" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JD038330" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03815612v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Mascaut" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pujol" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Peroni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Metzger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118770" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566407v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rocco" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Borbon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Dominutti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021jd035570" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777980v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chevassus" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jaffrezo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.2c00149" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03543373v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Renard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Va&#239;tilingom" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica Bianco" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-505-2022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165702v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aunay" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Belon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-021-04624-w" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205799v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Filippi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Durand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Bielli" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12040507" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464645v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Collaud Coen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Andrews" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Lin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaline Bossert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-17185-2021" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243025v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bousquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12060688" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242979v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12060689" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180376v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti P Rissanen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Duplissy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Yan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-4541-2021" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134335v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Thompson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12020232" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214000v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cordier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12050544" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03169354v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keun-Ok Lee" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Barret" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Flochmoen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bucci" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-3255-2021" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456442v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11020140" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02923802v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Laj" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bigi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Lund Myhre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-4353-2020" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399736v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Foucart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-13243-2019" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269845v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Duflot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Flores" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-10591-2019" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349783v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Liuzzo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JD031122" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02285578v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne V&#233;r&#232;mes" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantino Listowski" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delano&#235;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.3640" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01850098v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoarau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Claeys" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pinty" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JD028125" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01974432v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sellegri" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-9243-2018" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01759307v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jullien" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017MS001177" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01712969v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lac" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chaboureau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Masson" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-11-1929-2018" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01591567v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Muro" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-5355-2017" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01596673v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-2017-825" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01328190v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Flamant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dauhut" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kocha" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lafore" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-6977-2016" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306999v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxia Shang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chazette" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Totems" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hamonou" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8010043" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449884v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cammas" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Keckhut" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JD025330" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307985v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berger" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Barbet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leriche" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mari" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2016.02.006" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078326v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson B&#232;gue" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pelon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aouizerats" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-3497-2015" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306995v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mokhtari" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bouteloup" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bouyssel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-9063-2015" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164000v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villeneuve" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JD022034" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848074v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schepanski" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Banks" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrd.50538" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968042v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Moigne" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Faroux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alias" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-6-929-2013" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845146v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Courcoux" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Portafaix" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-6-2865-2013" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778271v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Klein" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50143" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955347v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Roberts" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gomes" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JD017611" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961624v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rezoug" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-5-581-2012" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961623v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Seity" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.927" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SFHZ5L5R-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961647v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aouizerats" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012GL053781" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459726v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Crumeyrolle" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia-Carreras" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-11-479-2011" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01259284v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mari" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Roux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-29-731-2011" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961622v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pigeon" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-11-7547-2011" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961625v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-11-4533-2011" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987566v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Crahan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2009.09.011" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961620v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Thouron" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmdd-3-735-2010" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961621v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Dzepina" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer M. Volkamer" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Madronich" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid M. Ulbrich" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-9-5681-2009" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420045v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ser&#231;a" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Solmon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dubovik" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-9-7143-2009" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00405156v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Bou Karam" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dabas" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD011444" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00426054v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin C. Todd" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD010952" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00346962v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Matsuki" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfons Schwarzenboeck" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-8-6907-2008" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311114v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mallet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pont" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boone" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD009871" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667156v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Liousse" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00703-008-0289-4" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DCJXKT9Z-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345814v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim M. Haywood" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Formenti" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bharmal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brooks" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD010077" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328583v2" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Reeves" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Stewart" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dupont" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-8-2351-2008" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348062v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cavazos" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bouet" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Heinold" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD010476" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130155v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GL027771" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328542v2" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chen" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Griffin" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grini" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-7-5343-2007" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519392v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cousin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rosset" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2004.04.012" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136319v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sarrat" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2004.03.054" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136468v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crassier" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gu&#233;dalia" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2000JD000301" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281647v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jonville" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Feger" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-9984" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515186v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Panetier" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362951v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rizzo" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boudoire" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Grassa" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446768v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bovalo" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658824v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ancellet" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;d&#233;ric Parol" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Schepanski" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01183614v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Banks" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965478v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965475v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bosseur" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965474v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965473v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Roberts" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965476v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gurwinder Sivia" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gheusi" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mari" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965477v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723562v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavaysse" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Engelstaedter" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968044v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Delmas" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hoareau" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723833v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968055v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712717v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965502v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berger" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gazen" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965488v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965499v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Escobar" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965501v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965486v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968035v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Huntrieser" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965494v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113730v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965498v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michon" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965497v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965484v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gong" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-W. Kim" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Frost" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824357v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Brunet" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dupont" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Delage" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Luca" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965496v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Earle Williams" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965495v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753253v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369336v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Knippertz" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369313v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326823v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cuesta" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817778v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337150v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326824v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821678v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Delage" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195151v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369605v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00224837v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney E Reeves" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Stewart" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dupont" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139101v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. S&#246;hne" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196770v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369614v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758063v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195176v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158927v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195216v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158922v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Washington" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168729v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395868v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Delage Santacreu" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunet Yves" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dupont Sylvain" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023253v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boissard" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142809v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Delbarre" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Augustin" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Puygrenier" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sa&#239;d" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017620v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554587v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-8726" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445575v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira El Gdachi" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-127" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01967703v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Bauwens" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Franco" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Coheur" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446774v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01183159v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanc" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brogniez" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268040v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817927v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Huber" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Foueillassar" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415874v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barrau" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radiance Calmer" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788438v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrigou Didier" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guyon" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118373781.ch6" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390835v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03409642v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448880v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Di Muro" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328329v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>