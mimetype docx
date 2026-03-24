--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1159,870 +1159,870 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03360233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping Calcium Dynamics in the Heart of Zebrafish Embryos with Ratiometric Genetically Encoded Calcium Indicators</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Primary cilium-dependent cAMP/PKA signaling at the centrosome regulates neuronal migration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Domingo</w:t>
+                <w:t xml:space="preserve">Julie Stoufflet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Llopis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Chaulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Doulazmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Fouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dubacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms21186610⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (36), pp.eaba3992. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.aba3992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02988333v1</w:t>
+                <w:t xml:space="preserve">hal-03020853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary cilium-dependent cAMP/PKA signaling at the centrosome regulates neuronal migration</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A non-catalytic function of PI3Kγ drives smooth muscle cell proliferation after arterial damage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Fouquet</w:t>
+                <w:t xml:space="preserve">Adrien Lupieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Dubacq</w:t>
+                <w:t xml:space="preserve">Alessandra Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Smirnova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Kerguelen Sarthou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.aba3992⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cell Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 133 (13), pp.jcs245969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/jcs.245969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03020853v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02999224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A non-catalytic function of PI3Kγ drives smooth muscle cell proliferation after arterial damage</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Ghigo</w:t>
+                <w:t xml:space="preserve">Mapping Calcium Dynamics in the Heart of Zebrafish Embryos with Ratiometric Genetically Encoded Calcium Indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jussep Salgado-Almario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Smirnova</w:t>
+                <w:t xml:space="preserve">Beatriz Domingo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Kerguelen Sarthou</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Juan Llopis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cell Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 133 (13), pp.jcs245969. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (18), pp.6610. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/jcs.245969⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms21186610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02999224v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphodiesterase 1 Bridges Glutamate Inputs with NO- and Dopamine-Induced Cyclic Nucleotide Signals in the Striatum</w:t>
+                <w:t xml:space="preserve">Contrasting patterns of ERK activation in the tail of the striatum in response to aversive and rewarding signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dahdjim B Betolngar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Élia Mota</w:t>
+                <w:t xml:space="preserve">Giuseppe Gangarossa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arne Fabritius</w:t>
+                <w:t xml:space="preserve">Laia Castell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacob Nielsen</w:t>
+                <w:t xml:space="preserve">Liliana Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Hougaard</w:t>
+                <w:t xml:space="preserve">Pauline Tarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Veyrunes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhz041⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 151 (2), pp.204-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jnc.14804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02177395v1</w:t>
+                <w:t xml:space="preserve">hal-02353294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of Phosphodiesterase 2A Activity in the Pathophysiology of Fragile X Syndrome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phosphodiesterase 1 Bridges Glutamate Inputs with NO- and Dopamine-Induced Cyclic Nucleotide Signals in the Striatum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Melancia</w:t>
+                <w:t xml:space="preserve">Dahdjim B Betolngar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élia Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Jarjat</w:t>
+                <w:t xml:space="preserve">Arne Fabritius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liliana Castro</w:t>
+                <w:t xml:space="preserve">Jacob Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lara Costa</w:t>
+                <w:t xml:space="preserve">Charlotte Hougaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 29 (8), pp.3241-3252. </w:t>
+              <w:t xml:space="preserve">, 2019, Epub ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhy192⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhz041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02474787v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting patterns of ERK activation in the tail of the striatum in response to aversive and rewarding signals</w:t>
+                <w:t xml:space="preserve">Involvement of Phosphodiesterase 2A Activity in the Pathophysiology of Fragile X Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Gangarossa</w:t>
+                <w:t xml:space="preserve">Thomas Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laia Castell</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Francesca Melancia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Jarjat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Veyrunes</w:t>
+                <w:t xml:space="preserve">Lara Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 151 (2), pp.204-226. </w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (8), pp.3241-3252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jnc.14804⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhy192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02353294v1</w:t>
+                <w:t xml:space="preserve">inserm-02474787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The high efficacy of muscarinic M4 receptor in D1 medium spiny neurons reverses striatal hyperdopaminergia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anu G Nair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne El Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2233,51 +2233,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiopathologie de la signalisation AMPc/PKA dans les neurones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Yapo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2473,386 +2473,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pH sensitivity of FRET reporters based on cyan and yellow fluorescent proteins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Editorial: Dynamics of cyclic nucleotide signaling in neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dahdjim-Benoit Betolngar</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicholas C. Spitzer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00216-015-8636-z⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9, pp.296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fncel.2015.00296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01545397v1</w:t>
+                <w:t xml:space="preserve">hal-01545398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Dynamics of cyclic nucleotide signaling in neurons</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The stellate vascular smooth muscle cell phenotype is induced by IL-1β via the secretion of PGE2 and subsequent cAMP-dependent protein kinase A activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Blirando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Gorodnaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Rouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Meilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fncel.2015.00296⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1853 (12), pp.3235-3247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamcr.2015.09.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01545398v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The stellate vascular smooth muscle cell phenotype is induced by IL-1β via the secretion of PGE2 and subsequent cAMP-dependent protein kinase A activation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">pH sensitivity of FRET reporters based on cyan and yellow fluorescent proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dahdjim-Benoit Betolngar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karl Blirando</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Régis Blaise</w:t>
+                <w:t xml:space="preserve">Marie Erard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Gorodnaya</w:t>
+                <w:t xml:space="preserve">Hélène Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clotilde Rouxel</w:t>
+                <w:t xml:space="preserve">Yasmina Bousmah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Meilhac</w:t>
+                <w:t xml:space="preserve">Awa Diop-Sy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 1853 (12), pp.3235-3247. </w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 407 (14), pp.4183-4193. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbamcr.2015.09.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00216-015-8636-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01217160v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decoding spatial and temporal features of neuronal cAMP/PKA signaling with FRET biosensors</w:t>
               </w:r>
@@ -2980,51 +2980,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimum set of mutations needed to optimize cyan fluorescent proteins for live cell imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Erard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Fredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3032,51 +3032,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dahdjim-Benoit Beltolngar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Bousmah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular BioSystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 9 (2), pp.258-267. </w:t>
@@ -5061,51 +5061,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819510v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Bompierre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yelyzaveta Byelyayeva" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia Mota" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lefevre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pumo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.17400" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092566v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Yapo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Blaise" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vincent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana R.V. Castro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2025.106968" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314481v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Legueux-Cajgfinger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Velusamy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Fathallah" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vallin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2023.119645" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jussep Salgado-Almario" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yillcer Molina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Vicente" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mart&#237;nez-Sielva" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Rodr&#237;guez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.14075" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797117v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Martinez-Sielva" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.64734" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427877v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sipieter" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cappe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke de Schutter" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolien Bridelance" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.103074" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03359497v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2021.109305" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03360233v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lia Mota" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahdjim Betolngar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana R V Castro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15664" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02988333v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Domingo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Llopis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21186610" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03020853v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Stoufflet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chaulet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Doulazmi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Fouquet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dubacq" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aba3992" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999224v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lupieri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ghigo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Smirnova" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Kerguelen Sarthou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.245969" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02177395v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahdjim B Betolngar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Fabritius" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Nielsen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hougaard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhz041" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02474787v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maurin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Melancia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Jarjat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Castro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Costa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhy192" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353294v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Gangarossa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Castell" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tarot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Veyrunes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnc.14804" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02177391v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu G Nair" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne El Khoury" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gorgievski" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Giros" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2018.11.029" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02372648v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Clement" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Glorian" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2018.06.012" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545394v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Yapo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2017005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AFF93BA6D1F23D1B8CDCB0B154113D2765BEA1D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545395v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu G. Nair" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Gutierrez-Arenas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Eriksson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Hellgren Kotaleski" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0730-15.2015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545397v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahdjim-Benoit Betolngar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Erard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pasquier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Bousmah" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Diop-Sy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-015-8636-z" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545398v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas C. Spitzer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2015.00296" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01217160v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Blirando" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Gorodnaya" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Rouxel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meilhac" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2015.09.019" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545400v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana R. V. Castro" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire Guiot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Polito" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Paupardin-Tritsch" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/biot.201300202" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A783D957D7BE74A6B073EBD4ADAA09F63D38C246/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545402v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Fredj" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Pasquier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahdjim-Benoit Beltolngar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2mb25303h" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545405v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Klarenbeek" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Jalink" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2013.00211" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545404v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brito" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph W. Korn" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2013.252197" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516639v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Hu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Demmou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cauli" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gallopin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Geoffroy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhq143" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489996v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gervasi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavellini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viacheslav O Nikolaev" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5851-09.2010" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342452v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Zhang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11068-008-9035-6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185699v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hepp" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tricoire" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gervasi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Paupardin-Tritsch" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2007.04657.x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185072v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Hepp" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tricoire" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lambolez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5352-06.2007" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00161379v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Maskos" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Charvet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bourgeais" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Stoppini" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400801" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086355v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holter" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carter" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leresche" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crunelli" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincent" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078800v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Monnier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. W. Hughes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03611569v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Goaillard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Fischmeister" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7793.2001.0079m.x" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545401v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-622-1_14" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545403v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sipieter" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vandame" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Spriet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-386932-6.00005-3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545407v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-824-5_13" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819510v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Bompierre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yelyzaveta Byelyayeva" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia Mota" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lefevre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pumo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.17400" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092566v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Yapo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Blaise" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vincent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana R.V. Castro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2025.106968" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314481v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Legueux-Cajgfinger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Velusamy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Fathallah" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vallin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2023.119645" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jussep Salgado-Almario" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yillcer Molina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Vicente" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mart&#237;nez-Sielva" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Rodr&#237;guez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.14075" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797117v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Martinez-Sielva" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.64734" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427877v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sipieter" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cappe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke de Schutter" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolien Bridelance" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.103074" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03359497v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2021.109305" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03360233v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lia Mota" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahdjim Betolngar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana R V Castro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15664" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03020853v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Stoufflet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chaulet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Doulazmi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Fouquet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dubacq" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aba3992" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999224v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lupieri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ghigo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Smirnova" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Kerguelen Sarthou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.245969" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02988333v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Domingo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Llopis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21186610" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353294v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Gangarossa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Castell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Castro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tarot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Veyrunes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnc.14804" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02177395v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahdjim B Betolngar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Fabritius" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Nielsen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hougaard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhz041" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02474787v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maurin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Melancia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Jarjat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Costa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhy192" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02177391v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu G Nair" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne El Khoury" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gorgievski" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Giros" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2018.11.029" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02372648v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Clement" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Glorian" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2018.06.012" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545394v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Yapo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2017005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AFF93BA6D1F23D1B8CDCB0B154113D2765BEA1D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545395v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu G. Nair" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Gutierrez-Arenas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Eriksson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Hellgren Kotaleski" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0730-15.2015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545398v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas C. Spitzer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2015.00296" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01217160v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Blirando" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Gorodnaya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Rouxel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meilhac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2015.09.019" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545397v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahdjim-Benoit Betolngar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Erard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pasquier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Bousmah" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Diop-Sy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-015-8636-z" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545400v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana R. V. Castro" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire Guiot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Polito" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Paupardin-Tritsch" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/biot.201300202" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A783D957D7BE74A6B073EBD4ADAA09F63D38C246/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545402v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Fredj" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Pasquier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahdjim-Benoit Beltolngar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2mb25303h" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545405v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Klarenbeek" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Jalink" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2013.00211" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545404v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brito" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph W. Korn" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2013.252197" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516639v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Hu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Demmou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cauli" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gallopin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Geoffroy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhq143" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489996v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gervasi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavellini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viacheslav O Nikolaev" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5851-09.2010" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342452v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Zhang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11068-008-9035-6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185699v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hepp" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tricoire" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gervasi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Paupardin-Tritsch" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2007.04657.x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185072v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Hepp" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tricoire" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lambolez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5352-06.2007" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00161379v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Maskos" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Charvet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bourgeais" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Stoppini" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400801" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086355v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holter" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carter" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leresche" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crunelli" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincent" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078800v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Monnier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. W. Hughes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03611569v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Goaillard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Fischmeister" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7793.2001.0079m.x" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545401v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-622-1_14" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545403v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sipieter" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vandame" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Spriet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-386932-6.00005-3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545407v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-824-5_13" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>