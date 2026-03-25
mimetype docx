--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -224,829 +224,829 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688094v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Note sur un cas de groupement de consonnes identiques à l'initiale en alsacien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vogler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'insaisissable fonction phatique: exemples alsaciens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vogler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560736v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un paysage langagier disparu en Alsace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vogler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654647v5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une version mulhousienne du schéma prédicatif de l'alsacien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vogler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03042316v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régularités et irrégularités du pluriel alsacien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vogler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501148v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en relief et datif d'intérêt, deux constantes syntaxiques alsaciennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vogler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467635v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formes de la synthématique verbale en alsacien de Mulhouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vogler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04398141v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Du nom au verbe en alsacien : quelques données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vogler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04730132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La classification de l'aizi (Côte d'Ivoire, groupe kru, Niger-Congo)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vogler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04627162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Mise en relief et datif d'intérêt, deux constantes syntaxiques alsaciennes</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La position du kuwaa au sein du groupe kru (Libéria, Niger-Congo)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vogler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Formes de la synthématique verbale en alsacien de Mulhouse</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthématique nominale : documents d'époque en alsacien de Mulhouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vogler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Note sur un cas de groupement de consonnes identiques à l'initiale en alsacien</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03439615v4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sur les sourdes douces en alsacien de Mulhouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vogler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'insaisissable fonction phatique: exemples alsaciens</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04373914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour au triangle culinaire de Lévi-Strauss: la linguistique n'y est pour rien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vogler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...392 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...38 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04691373v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
@@ -1477,151 +1477,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03341202v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelques sémantiques illusoires et leur arrière plan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vogler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03744355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un cas de panurgisme langagier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vogler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688655v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-03744355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes de la synthématique verbale en alsacien de Mulhouse</w:t>
               </w:r>
@@ -2122,51 +2122,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499002v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vogler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688094v4" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730132v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627162v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467635v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398141v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753340v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560736v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654647v5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042316v3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501148v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651776v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439615v4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373914v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691373v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360406v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298531v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866744v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120152v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249962v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256178v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341202v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Personnels" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688655v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744355v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589381v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398200v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390526v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406316v3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199475v4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499002v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vogler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688094v4" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753340v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560736v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654647v5" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042316v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501148v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467635v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398141v3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730132v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627162v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651776v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439615v4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373914v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691373v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360406v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298531v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866744v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120152v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249962v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256178v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341202v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Personnels" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744355v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688655v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589381v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398200v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390526v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406316v3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199475v4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>