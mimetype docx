--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -554,442 +554,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05379660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Late Pleistocene - Holocene meandering lower Garonne River, southwest France: Architecture of the valley fill and chronology, comparison with other European rivers</w:t>
+                <w:t xml:space="preserve">Experimental Investigation of the Effect of Wave‐Current Interactions on the Morphology and Dynamics of Subaqueous Dunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Bertran</w:t>
+                <w:t xml:space="preserve">Iskander Abroug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Andrieux</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nizar Abcha</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2024.109469⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130 (6), pp.e2023JF007623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023JF007623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04765395v2</w:t>
+                <w:t xml:space="preserve">hal-05106684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Investigation of the Effect of Wave‐Current Interactions on the Morphology and Dynamics of Subaqueous Dunes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PIV Measurements of Turbulent Water Flows Over Fixed Low-Angle Compound Dunes Under Reversing Currents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Porcile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Gangloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iskander Abroug</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nizar Abcha</w:t>
+                <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023JF007623⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130 (9), pp.e2025JC022418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2025JC022418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05106684v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PIV Measurements of Turbulent Water Flows Over Fixed Low-Angle Compound Dunes Under Reversing Currents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Late Pleistocene - Holocene meandering lower Garonne River, southwest France: Architecture of the valley fill and chronology, comparison with other European rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bertran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaetano Porcile</w:t>
+                <w:t xml:space="preserve">Eric Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Mouazé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Weill</w:t>
+                <w:t xml:space="preserve">Sophie Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Gangloff</w:t>
+                <w:t xml:space="preserve">Zoé Sicard-Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rachid Ouchaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 130 (9), pp.e2025JC022418. </w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 468, pp.109469. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2025JC022418⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2024.109469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05261386v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04765395v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamic behavior of organo-phosphatic bioclastic sediments: An experimental study on linguliform brachiopod shell fragments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1056,177 +1056,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment grain size and benthic community structure in the eastern English Channel: species-dependent responses and environmental influence</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Weill</w:t>
+                <w:t xml:space="preserve">The hypertidal Santa Cruz – Chico River Estuary (South Patagonia, Argentina): A hybrid ria-type system under extreme tides, arid climate and active uplift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Dezileau</w:t>
+                <w:t xml:space="preserve">Jean-Yves Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Murat</w:t>
+                <w:t xml:space="preserve">Jose Cuitiño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Scasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pancrazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2024.116042⟩</w:t>
+              <w:t xml:space="preserve">Sedimentary Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.106728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2024.106728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04405000v1</w:t>
+                <w:t xml:space="preserve">hal-04777131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the ecological effects of low-intensity marine aggregate extraction in a strong-hydrodynamic, coarse environment context: A case study of the GIE GMO site (English channel)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1235,380 +1235,380 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Raoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dezileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pezy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Environmental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 199, pp.106614. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2024.106614⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architectures and dynamics of a late Quaternary coarse-grained barrier complex at the inlet of a hypertidal estuary (South Patagonia, Argentina)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Tessier</w:t>
+                <w:t xml:space="preserve">Sediment grain size and benthic community structure in the eastern English Channel: species-dependent responses and environmental influence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Raoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">José Ignacio Cuitiño</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dezileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 200, pp.116042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2024.116042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsames.2024.105073⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04676865v1</w:t>
+                <w:t xml:space="preserve">hal-04405000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The hypertidal Santa Cruz – Chico River Estuary (South Patagonia, Argentina): A hybrid ria-type system under extreme tides, arid climate and active uplift</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Architectures and dynamics of a late Quaternary coarse-grained barrier complex at the inlet of a hypertidal estuary (South Patagonia, Argentina)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pancrazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jose Cuitiño</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Scasso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Léo Pancrazzi</w:t>
+                <w:t xml:space="preserve">José Ignacio Cuitiño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentary Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.106728. </w:t>
+              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146, pp.105073. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2024.106728⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsames.2024.105073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04777131v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of sediment composition on morphology and internal structure of mixed siliciclastic–bioclastic coastal barriers: Contribution of flume experiments</w:t>
               </w:r>
@@ -1620,51 +1620,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissia Rieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1845,51 +1845,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphostratigraphy of an active mixed sand–gravel barrier spit (Baie de Somme, Northern France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pancrazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2014,51 +2014,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2135,51 +2135,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissia Rieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2282,51 +2282,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dezileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissia Rieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2639,261 +2639,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01434738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling approaches in sedimentology: Introduction to the thematic issue</w:t>
+                <w:t xml:space="preserve">CATS – A process-based model for turbulent turbidite systems at the reservoir scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vanessa Teles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fakher Maktouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Modelling approaches in sedimentology, 348 (7), pp.473-478. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2016.04.001⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 348 (7), pp.489-498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2016.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01396953v1</w:t>
+                <w:t xml:space="preserve">hal-01396936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CATS – A process-based model for turbulent turbidite systems at the reservoir scale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Modelling approaches in sedimentology: Introduction to the thematic issue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Teles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fakher Maktouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 348 (7), pp.489-498. </w:t>
+              <w:t xml:space="preserve">, 2016, Modelling approaches in sedimentology, 348 (7), pp.473-478. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2016.03.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2016.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01396936v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01396953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coastal sediment dynamics: Introduction to the thematic issue</w:t>
               </w:r>
@@ -2983,51 +2983,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment transport induced by tidal bores. An estimation from suspended matter measurements in the Sée River (Mont-Saint-Michel Bay, northwestern France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Furgerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3385,51 +3385,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal architecture and evolution of bioclastic beach ridges in a megatidal chenier plain: Field data and wave ﬂume experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3502,51 +3502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Bonnot-Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3612,350 +3612,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00679250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uplift of Quaternary shorelines in Eastern Patagonia: Darwin revisited</w:t>
+                <w:t xml:space="preserve">Relative sea-level fall since the last interglacial stage: Are coasts uplifting worldwide?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pedoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Regard</w:t>
+                <w:t xml:space="preserve">L. Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Husson</w:t>
+                <w:t xml:space="preserve">V. Regard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Martinod</w:t>
+                <w:t xml:space="preserve">P.R. Cobbold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Guillaume</w:t>
+                <w:t xml:space="preserve">E. Ostanciaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 127 (3-4), pp.121-142. </w:t>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 108 (1-2), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2010.08.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2011.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00610899v1</w:t>
+                <w:t xml:space="preserve">hal-00668682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative sea-level fall since the last interglacial stage: Are coasts uplifting worldwide?</w:t>
+                <w:t xml:space="preserve">Uplift of Quaternary shorelines in Eastern Patagonia: Darwin revisited</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pedoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Regard</w:t>
+                <w:t xml:space="preserve">Vincent Regard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.R. Cobbold</w:t>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Ostanciaux</w:t>
+                <w:t xml:space="preserve">Joseph Martinod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2011.05.002⟩</w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 127 (3-4), pp.121-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2010.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00668682v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00610899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamic behaviour of coarse bioclastic sand from shelly cheniers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4193,51 +4193,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The dynamics of silica sediment at the ECUSED site in the Baie de Seine based on the COVA methodology: (1) glauconite traced by arsenic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Poizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4357,51 +4357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Furgerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4734,103 +4734,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying Tidal Dune Morphodynamics at the Laboratory Scale: A Combined Measuring and Modelling Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Porcile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienna, Austria. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4864,103 +4864,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of sand dune morphology on macro-tidal current dynamics: insight from PIV measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Porcile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Gangloff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Symposium on Environmental Hydraulics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4985,77 +4985,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hétérogénéités sédimentaires de la basse plaine de la Garonne et impact pour la mise en œuvre du modèle hydrogéologique de recharge artificielle de la nappe alluviale (projet RAMAGE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bertran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazeer Asmael</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5110,103 +5110,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of sand dune morphology on macro-tidal current dynamics: insights from PIV measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Porcile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Gangloff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th International Conference on Coastal Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5225,320 +5225,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of wave-driven sediment transport to the infilling of a hypertidal embayment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Late Pleistocene - Holocene meandering lower Garonne River, southwest France: architecture of the valley fill and chronology, comparison with other European rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bertran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Andrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Sicard-Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sophie Le Bot</w:t>
+                <w:t xml:space="preserve">Rachid Ouchaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Annual Meeting 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Washington DC, United States</w:t>
+              <w:t xml:space="preserve">19ème Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04839872v1</w:t>
+                <w:t xml:space="preserve">hal-04872606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Late Pleistocene - Holocene meandering lower Garonne River, southwest France: architecture of the valley fill and chronology, comparison with other European rivers</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Zoé Sicard-Delage</w:t>
+                <w:t xml:space="preserve">Contribution of wave-driven sediment transport to the infilling of a hypertidal embayment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachid Ouchaou</w:t>
+                <w:t xml:space="preserve">Gaetano Porcile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème Congrès Français de Sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">AGU Annual Meeting 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Washington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04872606v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04839872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport et morphologies de dépôt des sédiments bioclastiques : apports de la modélisation expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5606,103 +5606,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MORPHODUNES, a new project dedicated to the 3D morphodynamics of sub-marine sand dunes for safety and maritime activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Furgerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine and River Dune Dynamics – MARID VII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Rennes, France. pp.17-23</w:t>
@@ -5725,402 +5725,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04125186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D hydrodynamics of a macro-tidal estuarine environment under wave and tide forcings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude en milieu contrôlé de la méthode GSTA (Grain Size Trend Analysis) sur sédiments hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pancrazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Poizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Croguennec</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Pierre Weill</w:t>
+                <w:t xml:space="preserve">Yann Méar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Internationale d’Océanographie et 19ème Symposium Franco-Japonais d’Océanographie (COAST CAEN 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Caen, France. pp.88</w:t>
+              <w:t xml:space="preserve">28e Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04274720v1</w:t>
+                <w:t xml:space="preserve">hal-04465279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude en milieu contrôlé de la méthode GSTA (Grain Size Trend Analysis) sur sédiments hétérogènes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léo Pancrazzi</w:t>
+                <w:t xml:space="preserve">3D hydrodynamics of a macro-tidal estuarine environment under wave and tide forcings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Porcile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Méar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28e Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">Conférence Internationale d’Océanographie et 19ème Symposium Franco-Japonais d’Océanographie (COAST CAEN 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Caen, France. pp.88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04465279v1</w:t>
+                <w:t xml:space="preserve">hal-04274720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fosforitas bioclásticas compuestas por braquiópodos linguliformes: estudio tafonómico y sedimentológico experimental</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Tessier</w:t>
+                <w:t xml:space="preserve">Morphology and dynamics of subaqueous dunes generated under unidirectional flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iskander Abroug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Abcha</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII Reunión Argentina de Sedimentología - IX Congreso Latinoamericano de Sedimentología</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, La Plata (Provincia de Buenos Aires), Argentina</w:t>
+              <w:t xml:space="preserve">Marine and River Dune Dynamics – MARID VII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04213358v1</w:t>
+                <w:t xml:space="preserve">hal-04092681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations entre les facteurs granulométriques et la structure des communautés benthiques en Manche est</w:t>
               </w:r>
@@ -6132,64 +6102,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dezileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pezy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eghymanche 2023 - Ecologie marine, géosciences et hydrodynamique sur la façade Manche - Mer du Nord</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Wimereux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6208,122 +6178,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04155193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphology and dynamics of subaqueous dunes generated under unidirectional flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iskander Abroug</w:t>
+                <w:t xml:space="preserve">Fosforitas bioclásticas compuestas por braquiópodos linguliformes: estudio tafonómico y sedimentológico experimental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Duperron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Scasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and River Dune Dynamics – MARID VII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">XVIII Reunión Argentina de Sedimentología - IX Congreso Latinoamericano de Sedimentología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, La Plata (Provincia de Buenos Aires), Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04092681v1</w:t>
+                <w:t xml:space="preserve">hal-04213358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Granulate extraction effects on the benthic coarse sand community: The GIE-GMO site</w:t>
               </w:r>
@@ -6361,51 +6361,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Schlicklin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dezileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Internationale d’Océanographie et 19ème Symposium Franco-Japonais d’Océanographie (COAST CAEN 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Caen, France. pp.94</w:t>
@@ -6428,838 +6428,838 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04274740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the coupled model CROCO - Wave Watch III in an estuarine environment: Application to the Somme bay</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gaetano Porcile</w:t>
+                <w:t xml:space="preserve">Fonctionnement morphodynamique d'une plage mixte de sable et de galets - Apports de la modélisation physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pancrazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03794960v1</w:t>
+                <w:t xml:space="preserve">hal-03795007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts anthropiques cumulés sur les fonds sédimentaires : premiers résultats du projet ECUSED (Effets CUmulés sur le SEDiment) dans la partie orientale de la baie de Seine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Pezy</w:t>
+                <w:t xml:space="preserve">Architecture sédimentaire des barres sableuses actuelles de la Loire aval (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jugé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès français de Sédimentologie</w:t>
+              <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03794995v1</w:t>
+                <w:t xml:space="preserve">hal-03795025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architecture sédimentaire des barres sableuses actuelles de la Loire aval (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of the coupled model CROCO - Wave Watch III in an estuarine environment: Application to the Somme bay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Porcile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jugé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03795025v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnement morphodynamique d'une plage mixte de sable et de galets - Apports de la modélisation physique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts anthropiques cumulés sur les fonds sédimentaires : premiers résultats du projet ECUSED (Effets CUmulés sur le SEDiment) dans la partie orientale de la baie de Seine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Méar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Pancrazzi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Philippe Pezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
+              <w:t xml:space="preserve">18ème Congrès français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03795007v1</w:t>
+                <w:t xml:space="preserve">hal-03794995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution des dunes de second ordre dans la dynamique de construction de la grande dune du Pilat. Etude de l'imbrication pluri-échelles des architectures par investigation géoradar</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formation, processus de ségrégation et structure interne de dunes sous-marines silico-bioclastiques - Etude expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malaurie Charpentier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Robin</w:t>
+                <w:t xml:space="preserve">Silvia Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio G. Longhitano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03794940v1</w:t>
+                <w:t xml:space="preserve">hal-03795033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation, processus de ségrégation et structure interne de dunes sous-marines silico-bioclastiques - Etude expérimentale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Weill</w:t>
+                <w:t xml:space="preserve">Contribution des dunes de second ordre dans la dynamique de construction de la grande dune du Pilat. Etude de l'imbrication pluri-échelles des architectures par investigation géoradar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malaurie Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Messina</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sergio G. Longhitano</w:t>
+                <w:t xml:space="preserve">Nicolas Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pancrazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03795033v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Architectural variability of a coarse-grained barrier system in a hypertidal environment (Santa Cruz Estuary, Argentinean Patagonia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pancrazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Ignacio Cuitiño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Congress of Tidal sedimentology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Matera, Italy</w:t>
@@ -7301,90 +7301,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamic behaviour and sorting mechanisms of organophosphatic brachiopod shells: Preliminary results of experimental studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Scasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
@@ -7407,523 +7407,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03794967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the coupled model CROCO-WaveWatch-III in an estuarine environment: application to the Somme Bay (France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Martial Boutet</w:t>
+                <w:t xml:space="preserve">Variabilité architecturale d'un système de barrières littorales à granulométrie grossière en environnement hypertidal (estuaire du Santa Cruz, Patagonie argentine)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pancrazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Ignacio Cuitiño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Chicago, United States. pp.OS45A-08</w:t>
+              <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03978207v1</w:t>
+                <w:t xml:space="preserve">hal-03795017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité architecturale d'un système de barrières littorales à granulométrie grossière en environnement hypertidal (estuaire du Santa Cruz, Patagonie argentine)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Tessier</w:t>
+                <w:t xml:space="preserve">Assessment of the coupled model CROCO-WaveWatch-III in an estuarine environment: application to the Somme Bay (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Porcile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Bennis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">José Ignacio Cuitiño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Chicago, United States. pp.OS45A-08</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03795017v1</w:t>
+                <w:t xml:space="preserve">hal-03978207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution and internal architecture of an active mixed sand-gravel barrier spit (Somme Bay, Northern France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Architecture interne de barrières littorales graveleuses en environnement hypertidal (mer de la Manche et Patagonie Argentine) : une étude par prospection géoradar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pancrazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Ignacio Cuitiño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th IAS Meeting of Sedimentology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Virtual, Czech Republic</w:t>
+              <w:t xml:space="preserve">27e Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03283659v1</w:t>
+                <w:t xml:space="preserve">hal-03418386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architecture interne de barrières littorales graveleuses en environnement hypertidal (mer de la Manche et Patagonie Argentine) : une étude par prospection géoradar</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Evolution and internal architecture of an active mixed sand-gravel barrier spit (Somme Bay, Northern France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pancrazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">35th IAS Meeting of Sedimentology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Virtual, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03418386v1</w:t>
+                <w:t xml:space="preserve">hal-03283659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamic behaviour of mollusc shell debris: influence of faunal composition</w:t>
               </w:r>
@@ -7935,51 +7935,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissia Rieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8017,51 +8017,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Architecture sédimentaire de la flèche de galets de La Mollière (Baie de Somme) : Une étude par prospection géoradar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pancrazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8164,51 +8164,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissia Rieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8246,51 +8246,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le géoradar : un outil versatile pour les études stratigraphiques du littoral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Héquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8397,51 +8397,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissia Rieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8505,51 +8505,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissia Rieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8613,51 +8613,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissia Rieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8695,51 +8695,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field measurements and laboratory calibrations of suspended sediment concentration in tidal bores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Furgerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8859,51 +8859,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikkel Fruergaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8971,51 +8971,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissia Rieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9105,51 +9105,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9243,51 +9243,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Mesbahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd IAS Meeting of Sedimentology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Toulouse, France</w:t>
@@ -9310,795 +9310,795 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01617063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution de flèches sableuses depuis le Petit Age Glaciaire. Forçage climatique et contrôle tidal</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+                <w:t xml:space="preserve">Geophysical Investigations of a Paleochannel in the Alluvial Plain of the River Seine, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Rejiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Deleplancque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaghik Hovhannissian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Schamper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Réunion des Sciences de la Terre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Near Surface Geoscience 2016 - 22nd European Meeting of Environmental and Engineering Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Barcelone, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.201602075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01432725v1</w:t>
+                <w:t xml:space="preserve">hal-01397605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement hydrodynamique de sédiments silico-bioclastiques : influence de la composition faunistique.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Evolution de flèches sableuses depuis le Petit Age Glaciaire. Forçage climatique et contrôle tidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikkel Fruergaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chaumillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25e Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413144v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01432725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de la sédimentation en Baie du Mont Saint Michel au cours des derniers siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tranquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25e Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01413154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geophysical Investigations of a Paleochannel in the Alluvial Plain of the River Seine, France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cyril Schamper</w:t>
+                <w:t xml:space="preserve">Comportement hydrodynamique de sédiments silico-bioclastiques : influence de la composition faunistique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alissia Rieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Nechenache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Near Surface Geoscience 2016 - 22nd European Meeting of Environmental and Engineering Geophysics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25e Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.201602075⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01397605v1</w:t>
+                <w:t xml:space="preserve">hal-01413144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation génétique de l'architecture et des hétérogénéites sédimentaires de la plaine alluviale de la Bassée (Seine supérieure)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genèse et hétérogénéités sédimentaires dans la plaine alluviale de la Bassée (Seine supérieure) depuis le Tardiglaciaire (15 000 ans BP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Deleplancque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathias Maillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2015, Chambery, France. pp.424</w:t>
+              <w:t xml:space="preserve">, ASF, Oct 2015, Chambery, France. pp.144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01259662v1</w:t>
+                <w:t xml:space="preserve">hal-01259650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genèse et hétérogénéités sédimentaires dans la plaine alluviale de la Bassée (Seine supérieure) depuis le Tardiglaciaire (15 000 ans BP)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation génétique de l'architecture et des hétérogénéites sédimentaires de la plaine alluviale de la Bassée (Seine supérieure)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Deleplancque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Maillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ASF, Oct 2015, Chambery, France. pp.144</w:t>
+              <w:t xml:space="preserve">, Oct 2015, Chambery, France. pp.424</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01259650v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01259662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of sedimentary heterogeneities and sinuosity on river-aquifer exchanges in a meandering alluvial plain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10197,51 +10197,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10348,51 +10348,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chaumillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15e Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Chambery, France</w:t>
@@ -10648,51 +10648,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01109279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude d'un remplissage alluvionnaire par géoradar - Exemple de la Seine supérieure (France).</w:t>
+                <w:t xml:space="preserve">Characterization and modelling of sediment heterogeneity in an alluvial plain. The example of the upper Seine river (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Deleplancque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
@@ -10715,823 +10715,823 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Flipo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.113</w:t>
+              <w:t xml:space="preserve">10th International Conference on Fluvial Sedimentology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Leeds, United Kingdom. pp.101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00913382v1</w:t>
+                <w:t xml:space="preserve">hal-00847698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude expérimentale de l'érosion par un courant de densité : un analogue de l'incision axiale des canyons sous-marins ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimation des paramètres des corps sableux de systèmes fluviatiles méandriformes à partir de données de puits.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cojan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ors</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e Congrès Français de Sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.413</w:t>
+              <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00913343v1</w:t>
+                <w:t xml:space="preserve">hal-00913389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique des barrières littorales depuis le Petit Age Glaciaire : Reconstitutions stratigraphique, hydrodynamique et historique.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Chaumillon</w:t>
+                <w:t xml:space="preserve">Etude d'un remplissage alluvionnaire par géoradar - Exemple de la Seine supérieure (France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Deleplancque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cojan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Flipo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e Congrès Français de Sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.393</w:t>
+              <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00913370v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00913382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation numérique de réservoirs fluviatiles méandriformes - FLUMY et le bassin Miocène de Loranca (Espagne).</w:t>
+                <w:t xml:space="preserve">Étude expérimentale de l'érosion par un courant de densité : un analogue de l'incision axiale des canyons sous-marins ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lajeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Devauchelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.411</w:t>
+              <w:t xml:space="preserve">14e Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.413</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00913338v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00913343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de réservoirs chenalisés méandriformes (FLUMY) : Approche couplée processus/stochastique et conditionnement aux données de puits.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamique des barrières littorales depuis le Petit Age Glaciaire : Reconstitutions stratigraphique, hydrodynamique et historique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chaumillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.412</w:t>
+              <w:t xml:space="preserve">14e Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.393</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00913317v1</w:t>
+                <w:t xml:space="preserve">hal-00913370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation des paramètres des corps sableux de systèmes fluviatiles méandriformes à partir de données de puits.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation de réservoirs chenalisés méandriformes (FLUMY) : Approche couplée processus/stochastique et conditionnement aux données de puits.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Rivoirard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Ors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.91</w:t>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00913389v1</w:t>
+                <w:t xml:space="preserve">hal-00913317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and modelling of sediment heterogeneity in an alluvial plain. The example of the upper Seine river (France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation numérique de réservoirs fluviatiles méandriformes - FLUMY et le bassin Miocène de Loranca (Espagne).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Flipo</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Fluvial Sedimentology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Leeds, United Kingdom. pp.101</w:t>
+              <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.411</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00847698v1</w:t>
+                <w:t xml:space="preserve">hal-00913338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La modélisation en sédimentologie : quelles approches ? Quelles méthodes ? Quels couplages ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11835,230 +11835,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00847662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internal architecture and evolution of bioclastic beach ridges in a megatidal chenier plain: wave flume experiments and field data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inferring process-based models from well data -- an innovative method dedicated to meandering systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cojan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Tidal Sedimentology (Tidalites)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Caen, France</w:t>
+              <w:t xml:space="preserve">34th International Geological Congress - Abstracts Unearthing our Past and Future -- Resourcing Tomorrow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Brisbane, Australia. pp.1829</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00754574v1</w:t>
+                <w:t xml:space="preserve">hal-00777056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring process-based models from well data -- an innovative method dedicated to meandering systems</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Internal architecture and evolution of bioclastic beach ridges in a megatidal chenier plain: wave flume experiments and field data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th International Geological Congress - Abstracts Unearthing our Past and Future -- Resourcing Tomorrow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Brisbane, Australia. pp.1829</w:t>
+              <w:t xml:space="preserve">International Conference on Tidal Sedimentology (Tidalites)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00777056v1</w:t>
+                <w:t xml:space="preserve">hal-00754574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des hétérogénéités sédimentaires dans les plaines alluviales de rivières méandriformes</w:t>
               </w:r>
@@ -12191,107 +12191,107 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lajeunesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Télès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th IAS Meeting of Sedimentology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Zaragoza, Spain</w:t>
+              <w:t xml:space="preserve">13e Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Dijon, France. pp.341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00779740v1</w:t>
+                <w:t xml:space="preserve">hal-00878569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation on submarine channels formation</w:t>
               </w:r>
@@ -12316,150 +12316,150 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lajeunesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Télès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e Congrès Français de Sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Dijon, France. pp.341</w:t>
+              <w:t xml:space="preserve">28th IAS Meeting of Sedimentology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Zaragoza, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00878569v1</w:t>
+                <w:t xml:space="preserve">hal-00779740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shelly cheniers on a modern macrotidal flat (Mont-Saint-Michel bay, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12504,260 +12504,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00779746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamic behaviour of coarse bioclastic sand under current: A flume experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flow regime features on a variable rough rippled bed: Application to a coastal environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mouazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Calluaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and River Dunes Dynamics III International Workshop (MARID III)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Leeds, United Kingdom</w:t>
+              <w:t xml:space="preserve">13th International Symposium on Flow Visualization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00779762v1</w:t>
+                <w:t xml:space="preserve">hal-00779768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow regime features on a variable rough rippled bed: Application to a coastal environment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Hydrodynamic behaviour of coarse bioclastic sand under current: A flume experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Weill</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Symposium on Flow Visualization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Nice, France</w:t>
+              <w:t xml:space="preserve">Marine and River Dunes Dynamics III International Workshop (MARID III)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00779768v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00779762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coarse shelly cheniers in the Mont-Saint-Michel Bay, France: a coupled sedimentological and flume experiment study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13041,51 +13041,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratigraphic modelling of relief and terrigenous fluxes in tectonic source area : results on the Meso-Hellenic piggy-back basin (Greece)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Granjeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13166,51 +13166,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forward stratigraphic basin modelling as a key to relief evolution at subduction margins: first results on the Meso-Hellenic piggyback basin (Greece)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Granjeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13448,103 +13448,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal architecture of coarse-grained barriers in hypertidal environments (France and Argentina): A GPR study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pancrazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mouazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Ignacio Cuitiño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35th IAS Meeting of Sedimentology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Virtual, Czech Republic</w:t>
@@ -13573,51 +13573,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse combinée de l’évolution morphologique et de l’architecture interne d’une flèche littorale mixte sablo-graveleuse active (baie de Somme, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pancrazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13698,51 +13698,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross analysis of morphological evolution and internal architecture of an active mixed sand-gravel barrier spit (Somme Bay, Northern France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pancrazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14554,51 +14554,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6C4E326B"/>
+    <w:nsid w:val="DA721C5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14785,51 +14785,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-weill" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6201-1472" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152681671" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/200185680" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357604713" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-3423-2011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667096v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tessier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Poirier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Fruergaard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumillon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dep2.304" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05379660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Chauvel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dufresne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raoux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-24296-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765395v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Andrieux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leleu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Sicard-Delage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouchaou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2024.109469" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05106684v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskander Abroug" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JF007623" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05261386v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Porcile" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mouaz&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Gangloff" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Bennis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JC022418" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968687v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Duperron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Adri&#225;n Scasso" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.70005" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04405000v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dezileau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2024.116042" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625239v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pezy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2024.106614" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676865v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pancrazzi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ignacio Cuiti&#241;o" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2024.105073" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777131v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Reynaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Cuiti&#241;o" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Scasso" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2024.106728" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967454v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissia Rieux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.13083" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03722768v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Billeaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Furgerot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Campos-Soto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3301/GFT.2022.02" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671020v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beno&#238;t" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.13018" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376512v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12652" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01897637v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Nechenache" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12521" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349337v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-007.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01518088v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Rejiba" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Schamper" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chevalier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Deleplancque" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaghik Hovhannissian" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-159-2018" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434738v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2016.12.028" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396953v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joseph" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Teles" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2016.04.001" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396936v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chauveau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakher Maktouf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2016.03.002" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396958v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2016.05.001" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01267158v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Haquin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2015.09.004" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01074870v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Mouhri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labarthe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-18-3121-2014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01011592v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lajeunesse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Devauchelle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#233;tivier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limare" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2110/jsr.2014.41" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00844214v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12027" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679250v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bonnot-Courtois" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Norgeot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2010.12.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ND0XRDSP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00610899v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pedoja" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Regard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Husson" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Martinod" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Guillaume" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2010.08.003" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668682v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Husson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Regard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Cobbold" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ostanciaux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2011.05.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6KRJNWK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663244v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Brun-Cottan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.2004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MKQ7KCSJ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00680638v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangjun Li" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric M. Griffiths" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris P. Dyt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Feng" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/MF08049" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005433v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gregoire" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Le Goff" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70665/GHZD8391" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396973v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119218395.ch4" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779695v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Billeaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Caline" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05267479v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Fracaro" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Montes" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05055854v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-19135" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625248v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04872593v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazeer Asmael" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Franceschi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625255v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04839872v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Boutet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04872606v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04155204v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio G. Longhitano" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04125186v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dumas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04274720v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croguennec" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465279v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann M&#233;ar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04213358v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04155193v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04092681v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04274740v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Schlicklin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794960v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794995v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795025v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rodrigues" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dubois" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Moreau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jug&#233;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795007v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794940v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malaurie Charpentier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795033v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Messina" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03661792v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794967v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03978207v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795017v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03283659v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418386v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166657v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02164383v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166667v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02063301v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud H&#233;quette" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ruz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01858852v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01856613v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01902061v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01764862v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Crave" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617070v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617068v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617052v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617063v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Fournier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Mesbahi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432725v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413144v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413154v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tranquart" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397605v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201602075" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259662v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cojan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Maillot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259650v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397641v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Goblet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ors" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3124.5840" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706752v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fruergaard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432498v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258353v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amestoy Julien" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beucher" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01109279v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rivoirard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913382v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913343v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chauveau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913370v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913338v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913317v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913389v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00847698v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00913297v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gorini" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Borgomano" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caumon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00847699v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00847662v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00754574v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00777056v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779482v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779740v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. T&#233;l&#232;s" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00878569v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779746v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779762v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779768v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779753v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398347v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Jenkins" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398342v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398330v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Granjeon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ngonlend" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin B&#234;che" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397833v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Ferri&#232;re" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835838v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Charbonnelle" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03283734v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418389v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03079076v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/essoar.10505396.1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910665v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505467v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jost" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112049v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00946977v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00535545v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/tel-04952396v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-weill" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6201-1472" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152681671" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/200185680" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357604713" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-3423-2011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667096v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tessier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Poirier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Fruergaard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumillon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dep2.304" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05379660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Chauvel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dufresne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raoux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-24296-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05106684v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskander Abroug" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JF007623" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05261386v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Porcile" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mouaz&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Gangloff" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Bennis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JC022418" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765395v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Andrieux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leleu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Sicard-Delage" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouchaou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2024.109469" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968687v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Duperron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Adri&#225;n Scasso" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.70005" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777131v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Reynaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Cuiti&#241;o" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Scasso" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pancrazzi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2024.106728" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625239v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dezileau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pezy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2024.106614" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04405000v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2024.116042" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676865v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ignacio Cuiti&#241;o" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2024.105073" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967454v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissia Rieux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.13083" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03722768v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Billeaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Furgerot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Campos-Soto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3301/GFT.2022.02" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671020v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beno&#238;t" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.13018" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376512v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12652" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01897637v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Nechenache" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12521" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349337v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-007.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01518088v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Rejiba" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Schamper" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chevalier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Deleplancque" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaghik Hovhannissian" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-159-2018" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434738v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2016.12.028" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396936v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Teles" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chauveau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joseph" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakher Maktouf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2016.03.002" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396953v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2016.04.001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396958v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2016.05.001" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01267158v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Haquin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2015.09.004" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01074870v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Mouhri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labarthe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-18-3121-2014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01011592v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lajeunesse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Devauchelle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#233;tivier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limare" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2110/jsr.2014.41" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00844214v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12027" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679250v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bonnot-Courtois" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Norgeot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2010.12.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ND0XRDSP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668682v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pedoja" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Husson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Regard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Cobbold" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ostanciaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2011.05.002" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6KRJNWK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00610899v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Regard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Husson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Martinod" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Guillaume" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2010.08.003" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663244v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Brun-Cottan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.2004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MKQ7KCSJ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00680638v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangjun Li" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric M. Griffiths" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris P. Dyt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Feng" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/MF08049" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005433v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gregoire" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Le Goff" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70665/GHZD8391" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396973v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119218395.ch4" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779695v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Billeaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Caline" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05267479v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Fracaro" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Montes" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05055854v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-19135" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625248v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04872593v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazeer Asmael" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Franceschi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625255v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04872606v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04839872v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Boutet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04155204v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio G. Longhitano" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04125186v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dumas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465279v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann M&#233;ar" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04274720v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croguennec" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04092681v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04155193v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04213358v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04274740v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Schlicklin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795007v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795025v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rodrigues" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dubois" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Moreau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jug&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794960v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794995v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795033v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Messina" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794940v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malaurie Charpentier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03661792v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03794967v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03795017v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03978207v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418386v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03283659v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166657v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02164383v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02166667v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02063301v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud H&#233;quette" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ruz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01858852v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01856613v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01902061v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01764862v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Crave" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617070v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617068v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617052v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617063v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Fournier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Mesbahi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397605v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201602075" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432725v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413154v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tranquart" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413144v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259650v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cojan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259662v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Maillot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397641v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Goblet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ors" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3124.5840" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706752v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fruergaard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432498v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258353v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amestoy Julien" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beucher" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01109279v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rivoirard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00847698v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913389v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913382v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913343v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chauveau" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913370v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913317v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913338v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00913297v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gorini" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Borgomano" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caumon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00847699v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00847662v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00777056v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00754574v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779482v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00878569v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. T&#233;l&#232;s" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779740v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779746v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779768v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779762v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779753v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398347v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Jenkins" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398342v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398330v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Granjeon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ngonlend" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin B&#234;che" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397833v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Ferri&#232;re" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835838v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Charbonnelle" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03283734v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418389v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03079076v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/essoar.10505396.1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910665v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505467v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jost" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112049v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00946977v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00535545v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/tel-04952396v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>