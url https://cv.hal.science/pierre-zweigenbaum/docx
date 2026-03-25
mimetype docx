--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre Zweigenbaum </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do syntactic trees enhance Bidirectional Encoder Representations from Transformers (BERT) models for chemical–drug relation extraction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anfu Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022, pp.baac070. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/database/baac070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lignes brisées, recollées et démontées en linguistique informatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Penser la ligne brisée, pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03431494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons Learned from the Usability Evaluation of a Simulated Patient Dialogue System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos-Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Neuraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45 (7), pp.69. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10916-021-01737-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid phenotype mining method for investigating off-target protein and underlying side effects of anti-tumor immunotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuyu Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiangyu Meng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lingling Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingbo Xia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Informatics and Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (S3), pp.133. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12911-020-1105-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-Norm: a neural approach to few-shot entity normalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (S23), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12859-020-03886-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sustainable and Open Access Knowledge Organization Model to Preserve Cultural Heritage and Language Diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Zhai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald Jenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelley Fisher Fishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (10), pp.303. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/info10100303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02565134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic classification of free-text medical causes from death certificates for reactive mortality surveillance in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Bourrée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gallay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 131, pp.103915:1-8. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmedinf.2019.06.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement et application de méthodes de traitement automatique des langues sur les causes médicales de décès pour la santé publique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Morgand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Epidémiologique Hebdomadaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 5, pp.603-609</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of machine learning method to classify free-text medical causes of death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Bourrée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gallay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Journal of Public Health Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11, pp.e62434. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5210/ojphi.v11i1.9767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a virtual patient dialogue system based on terminology-rich resources: challenges and evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos-Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Language Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (2), pp. 183 - 220. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1351324919000329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical Natural Language Processing in languages other than English: opportunities and challenges.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hercules Dalianis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumithra Velupillai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guergana Savova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, 13p. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13326-018-0179-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the Diversity of Texts and Applications: Findings from the Section on Clinical Natural Language Processing of the International Medical Informatics Association Yearbook.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMIA Yearbook of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27, pp.193-198. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0038-1667080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01990501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making Sense of Big Textual Data for Health Care: Findings from the Section on Clinical Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMIA Yearbook of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (1), pp.228-233. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15265/IY-2017-027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalized and automated remote monitoring of atrial fibrillation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal van Hille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dameron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EP-Europace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (3), pp.347-352. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/europace/euv234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote Monitoring of Cardiac Implantable Devices: Ontology Driven Classification of the Alerts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal van Hille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dameron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 221, pp.59--63. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-633-0-59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining glass box and black box evaluations in the identification of heart disease risk factors and their temporal relations from clinical records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58, pp.S133-S142. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbi.2015.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining an expert-based medical entity recognizer to a machine-learning system: methods and a case-study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical Informatics Insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6s1, pp.BII.S11770. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4137/BII.S11770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eventual situations for timeline extraction from clinical reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Medical Informatics Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 20 (5), pp.820-827. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/amiajnl-2013-001627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic computation of CHA2DS2-VASc score: information extraction from clinical texts for thromboembolism risk assessment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dameron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA .. Annual Symposium proceedings [electronic resource] / AMIA Symposium. AMIA Symposium.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2011, pp.501-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Methods for improving Information Access in Clinical Documents: Concept, Assertion, and Relation Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lyse Minard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ben Abacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bernhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cartoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Medical Informatics Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (5), pp.588-593. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/amiajnl-2011-000154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of OWL and SWRL-based ontology modeling strategies for the determination of pacemaker alerts severity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dameron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal van Hille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the American Medical Informatics Association Conference AMIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.284</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à la décision en télécardiologie par une approche basée ontologie et centrée patient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Messai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (3), pp.191-194. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.irbm.2011.01.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00907010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphosemantic parsing of medical compound words: Transferring a French analyzer to English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 78 (1), pp.48-55. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmedinf.2008.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la linguistique dans les systèmes de recherche d'informations précises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Robba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Linguistique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 13 (1), pp.41--62. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfla.131.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remarques sur l'usage des corpus en morphologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 171, pp.34-59. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.171.0034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les corpus naissent tous comparables en droit : apports méthodologiques de l'acquisition lexicale en contexte multilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Habert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glottopol : Revue de sociolinguistique en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 8, pp.22-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00355466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating a medical English-Swedish dictionary using interactive word alignment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Nyström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnus Merkel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Ahrenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Håkan Petersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Informatics and Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 6, pp.35. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6947-6-35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00122146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMLF : a unified medical lexicon for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jarrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 74 (2-4), pp.119-124. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmedinf.2004.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matching controlled vocabulary words.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina F Soualmia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan Darmoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 95, pp.445-50. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-60750-939-4-445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning an Existing Nomenclature for Specific Domain Corpora - A Syntax-Based Similarity Method.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From text to knowledge: a unifying document-centered view of analyzed medical language.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Séroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods of information in medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 37, pp.384-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus-based identification and refinement of semantic classes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Habert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings : a conference of the American Medical Informatics Association. AMIA Fall Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.585-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a Normalized Conceptual Representation of Medical Language - A Semantic Composition Method Driven by Domain Knowledge Models.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating a normalized conceptual representation produced from natural language patient discharge summaries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jf Boisvieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings : a conference of the American Medical Informatics Association. AMIA Fall Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.590-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing Metonymy- a Domain-Model Heuristic Graph Traversal Approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-lingual architecture for building a normalised conceptual representation from medical language.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jf Boisvieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings. Symposium on Computer Applications in Medical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, pp.357-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issues in the structuring and acquisition of an ontology for medical language understanding.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jf Boisvieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods of information in medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 34, pp.15-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration and acquisition of medical knowledge. Using UMLS in the conceptual graph formalism.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Volot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Ben Said</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings. Symposium on Computer Applications in Medical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.710-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Reconstruction of Conceptual Graphs on Top of a Production System.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Conceptual Graphs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, pp.127-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (103)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment évaluer un grand modèle de langue dans le domaine médical en français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Servan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Marseille, France. pp.51-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05329783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">astroECR : enrichissement d'un corpus astrophysique en entités nommées, coréférences et relations sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Grezes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Schüssler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.720-733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Dataset for Pharmacovigilance in German, French, and Japanese: Annotating Adverse Drug Reactions across Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuntaro Yada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Turin, Italy. pp.395-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of #SMM4H 2024 – Task 2: Cross-Lingual Few-Shot Relation Extraction for Pharmacovigilance in French, German, and Japanese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bhuvanesh Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Roller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Social Media Mining for Health Research and Applications (SMM4H 2024) Workshop and Shared Tasks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Aug 2024, Bangkok, Thailand. pp.170-182, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2024.smm4h-1.39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récentes avancées de l'inférence en langue naturelle pour les essais cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Santé et IA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFIA; L3I; La Rochelle Université, Jul 2024, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SEME at SemEval-2024 Task 2: Comparing Masked and Generative Language Models on Natural Language Inference for Clinical Trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Workshop on Semantic Evaluation (SemEval-2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Mexico City, Mexico. pp.986-996, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2024.semeval-1.143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching a Time-Domain Astrophysics Corpus with Named Entity, Coreference, and Astrophysical Relationship Annotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Grezes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Schüssler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Turin, Italy. pp.6177-6188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04780619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Authenticity and Anonymity of Synthetic User-generated Content in the Medical Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomohiro Nishiyama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Roller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiji Aramaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Computational Approaches to Language Data Pseudonymization (CALD-pseudo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, St. Julian's, Malta. pp.8-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Équilibrer qualité et quantité : comparaison de stratégies d’annotation pour la reconnaissance d’entités nommées en cardiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Barthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie José Aroulanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Monceaux-Cachard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Santé et IA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFIA; L3I; La Rochelle Université, Jul 2024, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04780743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the 9th Social Media Mining for Health Applications (#SMM4H) Shared Tasks at ACL 2024 – Large Language Models and Generalizability for Social Media NLP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongfang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Lopez-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Roller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Social Media Mining for Health Research and Applications (SMM4H 2024) Workshop and Shared Tasks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Aug 2024, Bangkok, Thailand. pp.183-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pré-annotation automatique de textes cliniques comme support au dialogue avec les experts du domaine lors de la mise au point d'un schéma d'annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Barthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie José Aroulanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Monceaux-Cachard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier ARTS, 18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation de plongements de graphes pour l'extraction de relations biomédicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anfu Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORIA-TALN 2023 30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.298-310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NTCIR-17 MedNLP-SC Social Media Adverse Drug Event Detection: Subtask Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoko Wakamiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lis Kanashiro Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peitao Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTCIR Conference on Evaluation of Information Access Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Tokyo, Japan. pp.131-144, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20736/0002001327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04421412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de méthodes d'augmentation de données pour la reconnaissance d'entités nommées en astrophysique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORIA-TALN 2023 30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the 2022 BUCC Shared Task: Bilingual Term Alignment in Comparable Specialized Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Adjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BUCC, 15th Workshop on Building and Using Comparable Corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAPA Project: Ready-to-Go Open-Source Datasets and Deep Learning Technology to Remove Identifying Information from Text Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Arranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Choukri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montse Cuadros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aitor García-Pablos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Gianola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Legal and Ethical Issues in Human Language Technologies and Multilingual De-Identification of Sensitive Language Resources (LEGAL - MDLR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.64-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KEEPHA at n2c2 2022: Track 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faith W. Mutinda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel H. B. Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomohiro Nishiyama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 n2c2 Shared Task and Workshop at AMIA Fall Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Washington, DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TDAC, the First Time-Domain Astrophysics Corpus: Analysis and First Experiments on Named Entity Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Schüssler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Information Extraction from Scientific Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Taipei (Online), Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specializing Static and Contextual Embeddings in the Medical Domain Using Knowledge Graphs: Let's Keep It Simple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Health Text Mining and Information Analysis (LOUHI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Abu Dhabi (online), United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Majority Voting Strategy of a SciBERT-based Ensemble Models for Detecting Entities in the Astrophysics Literature (Shared Task)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Schüssler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Workshop on Information Extraction from Scientific Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Nov 2022, Online, Taiwan. pp.131-139</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decorate the Examples: A Simple Method of Prompt Design for Biomedical Relation Extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3780-3787</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re-train or train from scratch? Comparing pre-training strategies of BERT in the medical domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.2626-2633</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03803880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Comparable Corpora for Assessing Multi-Word Term Alignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Adjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3103-3112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03803881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-lingual Approaches for the Detection of Adverse Drug Reactions in German from a Patient's Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Roller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Sapina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Möller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3637-3649</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does constituency analysis enhance domain-specific pre-trained BERT models for relation extraction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anfu Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioCreative VII Challenge Evaluation Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, on-line, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03447774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Evaluation: a Qualitative Analysis of Natural Language Processing System Behavior Based Upon Data Resistance to Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Gianola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Paroubek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVAL4NLP, 2nd Workshop on "Evaluation &amp; Comparison of NLP Systems", EMNLP 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Punta Cana, Dominican Republic. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2021.eval4nlp-1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03432331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global alignment for relation extraction in Microbiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anfu Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Junior Conference on Data Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03447763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 MLIA Information Extraction Task Round 1 Presentation and Main Findings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Covid-19 MLIA @ Eval Initiative, Round 1 Virtual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, on line, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the Fourth BUCC Shared Task: Bilingual Dictionary Induction from Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Workshop on Building and Using Comparable Corpora (BUCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.6-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CharacterBERT: Reconciling ELMo and BERT for Word-Level Open-Vocabulary Representations From Characters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Noji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Barcelona (on line), Spain. pp.6903-6915</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Removal of Identifying Information in Official EU Languages for Public Administrations: The MAPA Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Gianola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ēriks Ajausks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Arranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chomicha Bendahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Legal Knowledge and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Brno, Prague, Czech Republic. pp.223-226, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA200869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03058311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handling Entity Normalization with no Annotated Corpus: Weakly Supervised Methods Based on Distributional Representation and Ontological Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.1959-1966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02866789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TL-Explorer: A Digital Humanities Tool for Mapping and Analyzing Translated Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Zhai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald Jenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelley Fisher Fishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the The 4th Joint SIGHUM Workshop on Computational Linguistics for Cultural Heritage, Social Sciences, Humanities and Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03090881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Multilingual Anonymisation Toolkit for Public Administrations (MAPA) Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Ajausks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Arranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Bié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cerdà-I-Cucó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Choukri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference of the European Association for Machine Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Lisbon, Portugal. pp.471-472</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relier automatiquement des entités textuelles à des concepts d'une ontologie par apprentissage avec (presque) aucune donnée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier IN-OVIVE 7ème édition, des 30èmes Journées francophones d'Ingénierie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Levothyrox® Crisis: Retrospective Analysis of Social Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bissan Audeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Jaulent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society of Pharmacovigilance 2019 Annual Meeting (ISoP 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Pharmacovigilance, Oct 2019, Bogota, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initial Experiments for Pharmacovigilance Analysis in Social Media using Summaries of Product Characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos-Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Lillo-Le Louët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France. pp.60-64, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SHTI190183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new approach to compare performance of two classification methods of causes of death for timely surveillance in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Bourrée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gallay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France. pp.925-929, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SHTI190359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminological and language resources for developing a virtual patient dialogue system in Spanish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spanish Conference for Natural Language Processing (Sociedad Española para el Procesamiento del Lenguaje Natural)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedding strategies for specialized domains: application to clinical entity recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACL 2019 - 57th Annual Meeting of the Association for Computational Linguistics: Student Research Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Florence, Italy. pp.295-301, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/P19-2041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02860947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLEF eHealth 2018 Multilingual Information Extraction Task Overview: ICD10 Coding of Death Certificates in French, Hungarian and Italian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Grippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Morgand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Orsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum, eHealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEUR, Sep 2018, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the Third BUCC Shared Task: Spotting Parallel Sentences in Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Building and Using Comparable Corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan. pp.39-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection des couples de termes translittérés à partir d'un corpus parallèle anglais-arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Neifar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Ellouze Khemakhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamia Hadrich-Belguith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining rule-based and embedding-based approaches to normalize textual entities with an ontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automating Document Discovery in the Systematic Review Process: How to Use Chaff to Extract Wheat.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Norman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariska Leeflang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.1173076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNEG: Graph-Based Negative Sampling for word2vec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three Dimensions of Reproducibility in Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingbo Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Callahan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Hargraves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2018 - 11th International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan. pp.156-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">i2b2 implemented over SMART-on-FHIR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shawn Murphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA Joint Summits on Translational Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, San Francisco, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Generation and Processing of Word Co-occurrence Networks Using corpus2graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruiqing Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Graph-Based Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, New Orleans, LA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multilingual Dataset for Evaluating Parallel Sentence Extraction from Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan. pp.3828-3833</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLEF eHealth 2017 Multilingual Information Extraction task Overview: ICD10 Coding of Death Certificates in English and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Bretonnel Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop of the Cross-Language Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEUR-WS, Sep 2017, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproducibility in Biomedical Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingbo Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negacy Hailu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Hunter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA Annual Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Washington, DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01847326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representation of complex terms in a vector space structured by an ontology for a normalization task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioNLP 2017 Workshop, Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W17-2312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic classification of doctor-patient questions for a virtual patient record query task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioNLP Shared-Task Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACL, Jan 2017, Vancouver, Canada. pp.333-341, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W17-2343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Drug-Related Medical Conditions in Social Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Morlane-Hondère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Portoroz, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of a Term Extractor to Arabic Specialised Texts: First Experiments and Limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Neifar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Ellouze Khemakhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamia Hadrich Belguith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics and Intelligent Text Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, Apr 2016, Konya, Turkey. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-75477-2_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical information extraction at the clef ehealth evaluation lab 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Neveol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2016 (online working notes)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Evora, Portugal. pp.28-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01922402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared Task SeeDev : Extraction de régulations impliquées dans le développement de la graine d’Arabidopsis thaliana à partir de publications scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les journées Bioinformatique de l'Inra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Montpellier, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'agglutination dans l'extraction de termes en arabe standard moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Neifar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Ellouze Khemakhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamia Hadrich Belguith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Paris, France. pp.467-474</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation des informations textuelles pour la détection d'états pathologiques par apprentissage statistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Morlane-Hondère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones d'Informatique Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervised classification of end-of-lines in clinical text with no manual annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Building and Evaluating Resources for Biomedical Text Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Osaka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une catégorisation de fins de lignes non-supervisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Paris, France. pp.364-371</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the regulatory network of plant seed development (SeeDev) task at the BioNLP shared task 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioNLP Shared Task</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Berlin, Germany. pp.113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de facteurs de risque pour des patients diabétiques à partir de comptes-rendus cliniques par des approches hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Caen, France. pp.25-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information extraction challenge Gene Regulation Network in Arabidopsis thaliana (GRNA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris-Saclay Center for Data Science: Open Software Initiative (OSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Orsay, France. pp.14 slides, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.1.4286.6326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge model of regulatory networks involved in Arabidopsis seed development for information extraction and integration from text</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioCreative 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01512197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médicaments qui soignent, médicaments qui rendent malades : étude des relations causales pour identifier les effets secondaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Morlane-Hondère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème Conférence Traitement Automatique des Langues Naturelles (TALN 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Caen, France. pp.270-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information extraction from articles for the elaboration of the regulatory networks involved in Arabidopsis seed development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Arabidopsis Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIMSI@ CLEF eHealth 2015-task 2.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva d'Hondt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLEF eHealth Evaluation Lab 2015 Task 1b: Clinical Named Entity Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Neveol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liadh Kelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2015 Working notes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01922444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des émotions, sentiments et opinions exprimés dans les tweets : présentation et résultats de l'édition 2015 du défi fouille de texte (DEFT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Paroubek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 22e conférence sur le Traitement Automatique des Langues Naturelles (TALN 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01617180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk factor identification from clinical records for diabetic patients.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th i2b2 Shared-Task and Workshop on Challenges in Natural Language Processing for Clinical Data, AMIA 2014 Affiliate Meeting: i2b2/UTHealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse automatique de textes littéraires et scientifiques : présentation et résultats du défi fouille de texte DEFT2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Pleplé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Paroubek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier DEfi Fouilles de Textes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of unsupervised word classes for entity recognition: Application to the detection of disorders in clinical reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Evangelia Chatzimina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Reykjavik, Iceland. pp.3264-3271</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformatting clinical records based on global layout statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Semantic Mining in Biomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disease and disorder template filling using rule-based and statistical approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic named entity pre-annotation for out-of-domain human annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ben Jannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Leixa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Annotation Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACL, Jan 2013, Sofia, Bulgaria. pp.168-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context vector disambiguation for bilingual lexicon extraction from comparable corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bouamor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Semmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st Annual Meeting of the Association for Computational Linguistics, ACL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Sofia, Bulgaria. pp.759-764</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01844697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des relations temporelles entre événements médicaux dans des comptes rendus hospitaliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Traitement Automatique des Langues Naturelles (TALN 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Les Sables d'Olonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic De-Identification of French clinical records: comparison of rule-based and machine-learning approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOS Press, Jan 2013, Copenhagen, Denmark. pp.476-480, </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-289-9-476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building specialized bilingual lexicons using large-scale background knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bouamor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Popescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Semmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 Conference on Empirical Methods in Natural Language Processing, EMNLP 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Seattle, United States. pp.479-489</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01844695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structured Named Entities in two distinct press corpora: Contemporary Broadcast News and Old Newspapers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Kahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Linguistics Annotation Workshop (The LAW VI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Jeju, South Korea. pp.40-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00709193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution des coréférences dans des comptes rendus cliniques. Une expérimentation issue du défi i2b2/VA 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Wisniewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Dinarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA 2012 (Reconnaissance des Formes et Intelligence Artificielle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Lyon, France. pp.978-2-9539515-2-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00656514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manual Corpus Annotation: Giving Meaning to the Evaluation Metrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Mathet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Widlöcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International COLING 2012: 24th Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Mumbaï, India. pp.809-818</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00769639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended named entities annotation on OCRed documents: from corpus constitution to evaluation campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Quintard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2012 - 8th International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Istanbul, Turkey. pp.3126-3131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of LIMSI's QALC for QA4MRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Minh Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ben Abacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal for an Extension of Traditional Named Entitites: from Guidelines to Evaluation, an Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Linguistics Annotation Workshop (The LAW V)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Portland, United States. pp.92--100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Twofold Strategy for Translating a Medical Terminology into French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Merabti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lecroq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan Darmoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA 2010 Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Washington, D.C., United States. pp.152-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00563118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Named and specific entity detection in varied data: the Quaero named entity baseline evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Quintard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Conference on international language resources and evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Valletta, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CARAMBA: Concept, Assertion, and Relation Annotation using Machine-learning Based Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ben Abacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bernhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cartoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">i2b2 Medication Extraction Challenge Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques préalables au calcul de la productivité des règles constructionnelles et premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premier Congrès Mondial de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Paris, France. pp.1525-1538, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cmlf08184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse morphosémantique des composés savants : transposition du français à l'anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Toulouse, France. pp.79-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining Medical Words : Transposing Morphosemantic Analysis from French to English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference MEDINFO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Brisbane, Australia. pp.535-539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques préalables linguistiques au calcul de la productivité des règles constructionnelles et premiers résultats.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée ATALA "La productivité morphologique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité quantitative des suffixations par -ité et -Able dans un corpus journalistique moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Hathout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Louvain, Belgique. pp. 167-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité quantitative de la suffixation par -Able dans un corpus journalistique du français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Hathout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Besançon, France. pp.473-485</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité quantitative des suffixations par –ité et par -Able dans un corpus journalistique moderne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Hathout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, p. 167-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00128305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le système STIM/LIPN à EQueR 2004, tâche médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delbecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Berroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Poibeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier EQueR (conférence TALN 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Dourdan, France. pp.89-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00009449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquiring meaning for French Medical Terminology : contribution of Morphosemantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eleventh MEDINFO International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, San Francisco, United States. pp.535-539, </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-60750-949-3-535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMLF: construction d'un lexique médical francophone unifié.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jarousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Francophone d'Informatique médicale, Tunis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00006141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VUMeF: Extending the French Involvement in the UMLS metathesaurus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan J. Darmoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jarrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Beux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Medical Informatics Association Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Washington, United States. pp.824</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a unified medical lexicon for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jarrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Informatics Europe (MIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Saint-Malô, France. pp.415-420, </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-60750-939-4-415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminologie et corpus : la question du genre et de la variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bouveret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Condamines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Fédérative sur le Document. CFD 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constituting a dataset for applying Natural Language Inference to Chinese Clinical Trials: possible approaches and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Junior Conference on Data Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining String-based and Embeddings-based Methods for Medical Concept Normalization: LIMSI-CEA-INRA@n2c2 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamadou Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 n2c2/OHNLP Shared-Task and Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Washington, D.C., United States. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04363093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un patient virtuel dialogant pour la formation des étudiants en médecine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium satellite francophone sur le traitement automatique des langues dans le domaine biomédical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 17th Workshop on Building and Using Comparable Corpora (BUCC) @LREC-COLING-2024. Workshop Proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th Workshop on Building and Using Comparable Corpora (BUCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 978-2-493814-31-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Computational Terminology in NLP and Translation Studies (ConTeNTS) Incorporating the 16th Workshop on Building and Using Comparable Corpora (BUCC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Haddad Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayla Rigouts terryn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruslan Mitkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RANLP 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Building and Using Comparable Corpora, ISBN 978-954-452-090-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04418233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 15th Workshop on Building and Using Comparable Corpora (BUCC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 979-10-95546-94-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 14th Workshop on Building and Using Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RANLP 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th Workshop on Building and Using Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 979-10-95546-42-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la 26e conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plate-Forme Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française pour l'Intelligence Artificielle, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de TALIA 2018 - Journée « Traitement Automatique des Langues & Intelligence Artificielle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALIA 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PFIA 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Maudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Morignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vercouter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association Française pour l'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 90, 2015, Association Française pour l’Intelligence Artificielle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building and Using Comparable Corpora for Multilingual Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer Cham, 2023, Synthesis Lectures on Human Language Technologies, Graeme Hirst, 978-3-031-31383-7. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-31384-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser la ligne brisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chassagnol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Joseph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrée-Anne Kekeh-Dika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épistémocritique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Épistémocritique, 979-10-97361-10-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence Nationale d'Intelligence Artificielle Année 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago de Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Elfallah-Seghrouchni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederick Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association Française pour l’Intelligence Artificielle, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02458049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basic Principles of Cross-Lingual Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Using Comparable Corpora for Multilingual Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-16, 2023, Synthesis Lectures on Human Language Technologies, </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-31384-4_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence and Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Marquis; Odile Papini; Henri Prade. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Guided Tour of Artificial Intelligence Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, III: Interfaces and Applications of Artificial Intelligence (chapter 4), </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.117-145, 2020, 978-3-030-06169-2. </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-06170-8_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medical Vocabulary, Terminological Resources and Information Coding in the Health Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Informatics, e-Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Paris, pp.11-41, 2014, Health Informatics, </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-2-8178-0478-1_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vocabulaire médical, les ressources terminologiques, le codage de l’information en santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique médicale, e-Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Paris, pp.11-41, 2013, </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-2-8178-0338-8_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intelligence artificielle et le langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Danlos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marquis, Pierre; Papini, Odile; Prades, Henri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'I.A. : Frontières et Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cépaduès Editions, Toulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-25, 2012, Panorama de l'Intelligence Artificielle, Panorama de l'Intelligence Artificielle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus-based Extension of a Terminological Semantic Lexicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bouaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Bourigault, Christian Jacquemin, Marie-Claude L'Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in Computational Terminology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.328-351, 2001, Natural Language Processing</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00619266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regroupements issus de dépendances syntaxiques en corpus : catégorisation et confrontation à deux modélisations conceptuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Charlet, Manuel Zacklad, Gilles Kassel and Didier Bourigault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénierie des Connaissances, évolutions récentes et nouveaux défis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eyrolles, pp.275-290, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00619267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the Regulatory Network of Plant Seed Development (SeeDev) Task at the BioNLP Shared Task 2016.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W16-3001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation Guidelines BIONLP-ST 2016 SeeDev task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand B. Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Difficulty of Inference Types in Natural Language Inference for Clinical Trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Am I eligible? Natural Language Inference for Clinical Trial Patient Recruitment: the Patient's Point of View</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04992084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SEME at SemEval-2024 Task 2: Comparing Masked and Generative Language Models on Natural Language Inference for Clinical Trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Lingual Contextual Word Embeddings Mapping with Multi-Sense Words in Mind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruiqing Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandations sur l'analyse automatique de documents : acquisition, gestion, exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Balivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Daille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Comité pour la science ouverte. 2019, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Paroubek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Delivrable 5.3, European uComp Project. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId465"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre Zweigenbaum </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do syntactic trees enhance Bidirectional Encoder Representations from Transformers (BERT) models for chemical–drug relation extraction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anfu Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022, pp.baac070. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/database/baac070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lignes brisées, recollées et démontées en linguistique informatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Penser la ligne brisée, pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03431494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons Learned from the Usability Evaluation of a Simulated Patient Dialogue System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos-Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Neuraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45 (7), pp.69. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10916-021-01737-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid phenotype mining method for investigating off-target protein and underlying side effects of anti-tumor immunotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuyu Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiangyu Meng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lingling Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingbo Xia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Informatics and Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (S3), pp.133. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12911-020-1105-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-Norm: a neural approach to few-shot entity normalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (S23), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12859-020-03886-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement et application de méthodes de traitement automatique des langues sur les causes médicales de décès pour la santé publique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Morgand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Epidémiologique Hebdomadaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 5, pp.603-609</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of machine learning method to classify free-text medical causes of death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Bourrée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gallay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Journal of Public Health Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11, pp.e62434. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5210/ojphi.v11i1.9767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a virtual patient dialogue system based on terminology-rich resources: challenges and evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos-Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Language Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (2), pp. 183 - 220. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1351324919000329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic classification of free-text medical causes from death certificates for reactive mortality surveillance in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Bourrée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gallay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 131, pp.103915:1-8. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmedinf.2019.06.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sustainable and Open Access Knowledge Organization Model to Preserve Cultural Heritage and Language Diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Zhai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald Jenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelley Fisher Fishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (10), pp.303. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/info10100303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02565134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical Natural Language Processing in languages other than English: opportunities and challenges.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hercules Dalianis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumithra Velupillai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guergana Savova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, 13p. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13326-018-0179-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the Diversity of Texts and Applications: Findings from the Section on Clinical Natural Language Processing of the International Medical Informatics Association Yearbook.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMIA Yearbook of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27, pp.193-198. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0038-1667080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01990501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making Sense of Big Textual Data for Health Care: Findings from the Section on Clinical Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMIA Yearbook of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (1), pp.228-233. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15265/IY-2017-027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalized and automated remote monitoring of atrial fibrillation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal van Hille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dameron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EP-Europace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (3), pp.347-352. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/europace/euv234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote Monitoring of Cardiac Implantable Devices: Ontology Driven Classification of the Alerts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal van Hille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dameron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 221, pp.59--63. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-633-0-59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining glass box and black box evaluations in the identification of heart disease risk factors and their temporal relations from clinical records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58, pp.S133-S142. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbi.2015.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining an expert-based medical entity recognizer to a machine-learning system: methods and a case-study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical Informatics Insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6s1, pp.BII.S11770. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4137/BII.S11770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eventual situations for timeline extraction from clinical reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Medical Informatics Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 20 (5), pp.820-827. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/amiajnl-2013-001627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic computation of CHA2DS2-VASc score: information extraction from clinical texts for thromboembolism risk assessment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dameron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA .. Annual Symposium proceedings [electronic resource] / AMIA Symposium. AMIA Symposium.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2011, pp.501-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Methods for improving Information Access in Clinical Documents: Concept, Assertion, and Relation Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lyse Minard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ben Abacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bernhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cartoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Medical Informatics Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (5), pp.588-593. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/amiajnl-2011-000154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à la décision en télécardiologie par une approche basée ontologie et centrée patient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Messai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (3), pp.191-194. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.irbm.2011.01.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00907010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of OWL and SWRL-based ontology modeling strategies for the determination of pacemaker alerts severity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dameron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal van Hille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Temal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the American Medical Informatics Association Conference AMIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.284</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphosemantic parsing of medical compound words: Transferring a French analyzer to English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 78 (1), pp.48-55. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmedinf.2008.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la linguistique dans les systèmes de recherche d'informations précises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Robba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Linguistique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 13 (1), pp.41--62. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfla.131.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remarques sur l'usage des corpus en morphologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 171, pp.34-59. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.171.0034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating a medical English-Swedish dictionary using interactive word alignment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Nyström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnus Merkel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Ahrenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Håkan Petersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Informatics and Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 6, pp.35. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6947-6-35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00122146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les corpus naissent tous comparables en droit : apports méthodologiques de l'acquisition lexicale en contexte multilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Habert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glottopol : Revue de sociolinguistique en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, N° 8, pp.22-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00355466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMLF : a unified medical lexicon for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jarrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 74 (2-4), pp.119-124. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmedinf.2004.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matching controlled vocabulary words.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina F Soualmia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan Darmoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 95, pp.445-50. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-60750-939-4-445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From text to knowledge: a unifying document-centered view of analyzed medical language.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Séroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods of information in medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 37, pp.384-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning an Existing Nomenclature for Specific Domain Corpora - A Syntax-Based Similarity Method.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus-based identification and refinement of semantic classes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Habert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings : a conference of the American Medical Informatics Association. AMIA Fall Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.585-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a Normalized Conceptual Representation of Medical Language - A Semantic Composition Method Driven by Domain Knowledge Models.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating a normalized conceptual representation produced from natural language patient discharge summaries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jf Boisvieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings : a conference of the American Medical Informatics Association. AMIA Fall Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.590-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing Metonymy- a Domain-Model Heuristic Graph Traversal Approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-lingual architecture for building a normalised conceptual representation from medical language.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jf Boisvieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings. Symposium on Computer Applications in Medical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, pp.357-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issues in the structuring and acquisition of an ontology for medical language understanding.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jf Boisvieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods of information in medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 34, pp.15-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration and acquisition of medical knowledge. Using UMLS in the conceptual graph formalism.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Volot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Ben Said</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings. Symposium on Computer Applications in Medical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.710-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Reconstruction of Conceptual Graphs on Top of a Production System.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Conceptual Graphs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, pp.127-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (103)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment évaluer un grand modèle de langue dans le domaine médical en français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Servan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Marseille, France. pp.51-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05329783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enriching a Time-Domain Astrophysics Corpus with Named Entity, Coreference, and Astrophysical Relationship Annotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Grezes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Schüssler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Turin, Italy. pp.6177-6188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04780619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récentes avancées de l'inférence en langue naturelle pour les essais cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Santé et IA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFIA; L3I; La Rochelle Université, Jul 2024, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SEME at SemEval-2024 Task 2: Comparing Masked and Generative Language Models on Natural Language Inference for Clinical Trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Workshop on Semantic Evaluation (SemEval-2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Mexico City, Mexico. pp.986-996, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2024.semeval-1.143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of #SMM4H 2024 – Task 2: Cross-Lingual Few-Shot Relation Extraction for Pharmacovigilance in French, German, and Japanese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bhuvanesh Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Roller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Social Media Mining for Health Research and Applications (SMM4H 2024) Workshop and Shared Tasks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Aug 2024, Bangkok, Thailand. pp.170-182, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2024.smm4h-1.39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Dataset for Pharmacovigilance in German, French, and Japanese: Annotating Adverse Drug Reactions across Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuntaro Yada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Turin, Italy. pp.395-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Authenticity and Anonymity of Synthetic User-generated Content in the Medical Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomohiro Nishiyama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Roller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiji Aramaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Computational Approaches to Language Data Pseudonymization (CALD-pseudo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, St. Julian's, Malta. pp.8-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Équilibrer qualité et quantité : comparaison de stratégies d’annotation pour la reconnaissance d’entités nommées en cardiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Barthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie José Aroulanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Monceaux-Cachard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Santé et IA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFIA; L3I; La Rochelle Université, Jul 2024, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04780743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the 9th Social Media Mining for Health Applications (#SMM4H) Shared Tasks at ACL 2024 – Large Language Models and Generalizability for Social Media NLP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongfang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Lopez-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Roller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Social Media Mining for Health Research and Applications (SMM4H 2024) Workshop and Shared Tasks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Aug 2024, Bangkok, Thailand. pp.183-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">astroECR : enrichissement d'un corpus astrophysique en entités nommées, coréférences et relations sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Grezes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Schüssler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.720-733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation de plongements de graphes pour l'extraction de relations biomédicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anfu Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORIA-TALN 2023 30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.298-310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de méthodes d'augmentation de données pour la reconnaissance d'entités nommées en astrophysique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORIA-TALN 2023 30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NTCIR-17 MedNLP-SC Social Media Adverse Drug Event Detection: Subtask Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoko Wakamiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lis Kanashiro Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peitao Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTCIR Conference on Evaluation of Information Access Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Tokyo, Japan. pp.131-144, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20736/0002001327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04421412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pré-annotation automatique de textes cliniques comme support au dialogue avec les experts du domaine lors de la mise au point d'un schéma d'annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Barthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie José Aroulanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Monceaux-Cachard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier ARTS, 18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decorate the Examples: A Simple Method of Prompt Design for Biomedical Relation Extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3780-3787</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specializing Static and Contextual Embeddings in the Medical Domain Using Knowledge Graphs: Let's Keep It Simple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Health Text Mining and Information Analysis (LOUHI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Abu Dhabi (online), United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Majority Voting Strategy of a SciBERT-based Ensemble Models for Detecting Entities in the Astrophysics Literature (Shared Task)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Schüssler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Workshop on Information Extraction from Scientific Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Nov 2022, Online, Taiwan. pp.131-139</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TDAC, the First Time-Domain Astrophysics Corpus: Analysis and First Experiments on Named Entity Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atilla Kaan Alkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Schüssler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Information Extraction from Scientific Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Taipei (Online), Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KEEPHA at n2c2 2022: Track 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faith W. Mutinda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel H. B. Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Syuan Yeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomohiro Nishiyama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 n2c2 Shared Task and Workshop at AMIA Fall Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Washington, DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re-train or train from scratch? Comparing pre-training strategies of BERT in the medical domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.2626-2633</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03803880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Comparable Corpora for Assessing Multi-Word Term Alignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Adjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3103-3112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03803881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-lingual Approaches for the Detection of Adverse Drug Reactions in German from a Patient's Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Raithel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Roller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Sapina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Möller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3637-3649</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAPA Project: Ready-to-Go Open-Source Datasets and Deep Learning Technology to Remove Identifying Information from Text Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Arranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Choukri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montse Cuadros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aitor García-Pablos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Gianola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Legal and Ethical Issues in Human Language Technologies and Multilingual De-Identification of Sensitive Language Resources (LEGAL - MDLR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.64-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the 2022 BUCC Shared Task: Bilingual Term Alignment in Comparable Specialized Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Adjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BUCC, 15th Workshop on Building and Using Comparable Corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does constituency analysis enhance domain-specific pre-trained BERT models for relation extraction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anfu Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioCreative VII Challenge Evaluation Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, on-line, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03447774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Evaluation: a Qualitative Analysis of Natural Language Processing System Behavior Based Upon Data Resistance to Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Gianola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Paroubek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVAL4NLP, 2nd Workshop on "Evaluation &amp; Comparison of NLP Systems", EMNLP 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Punta Cana, Dominican Republic. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2021.eval4nlp-1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03432331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global alignment for relation extraction in Microbiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anfu Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Junior Conference on Data Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03447763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 MLIA Information Extraction Task Round 1 Presentation and Main Findings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Covid-19 MLIA @ Eval Initiative, Round 1 Virtual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, on line, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Removal of Identifying Information in Official EU Languages for Public Administrations: The MAPA Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Gianola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ēriks Ajausks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Arranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chomicha Bendahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Legal Knowledge and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Brno, Prague, Czech Republic. pp.223-226, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA200869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03058311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TL-Explorer: A Digital Humanities Tool for Mapping and Analyzing Translated Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Zhai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald Jenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelley Fisher Fishkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the The 4th Joint SIGHUM Workshop on Computational Linguistics for Cultural Heritage, Social Sciences, Humanities and Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03090881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handling Entity Normalization with no Annotated Corpus: Weakly Supervised Methods Based on Distributional Representation and Ontological Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.1959-1966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02866789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Multilingual Anonymisation Toolkit for Public Administrations (MAPA) Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Ajausks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Arranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Bié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cerdà-I-Cucó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Choukri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference of the European Association for Machine Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Lisbon, Portugal. pp.471-472</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CharacterBERT: Reconciling ELMo and BERT for Word-Level Open-Vocabulary Representations From Characters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Noji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Barcelona (on line), Spain. pp.6903-6915</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the Fourth BUCC Shared Task: Bilingual Dictionary Induction from Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Workshop on Building and Using Comparable Corpora (BUCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.6-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relier automatiquement des entités textuelles à des concepts d'une ontologie par apprentissage avec (presque) aucune donnée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhamadou Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier IN-OVIVE 7ème édition, des 30èmes Journées francophones d'Ingénierie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Levothyrox® Crisis: Retrospective Analysis of Social Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bissan Audeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Jaulent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society of Pharmacovigilance 2019 Annual Meeting (ISoP 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Pharmacovigilance, Oct 2019, Bogota, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initial Experiments for Pharmacovigilance Analysis in Social Media using Summaries of Product Characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos-Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Lillo-Le Louët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France. pp.60-64, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SHTI190183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedding strategies for specialized domains: application to clinical entity recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACL 2019 - 57th Annual Meeting of the Association for Computational Linguistics: Student Research Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Florence, Italy. pp.295-301, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/P19-2041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02860947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new approach to compare performance of two classification methods of causes of death for timely surveillance in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Bourrée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gallay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France. pp.925-929, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SHTI190359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminological and language resources for developing a virtual patient dialogue system in Spanish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spanish Conference for Natural Language Processing (Sociedad Española para el Procesamiento del Lenguaje Natural)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automating Document Discovery in the Systematic Review Process: How to Use Chaff to Extract Wheat.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Norman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariska Leeflang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.1173076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining rule-based and embedding-based approaches to normalize textual entities with an ontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deléger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection des couples de termes translittérés à partir d'un corpus parallèle anglais-arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Neifar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Ellouze Khemakhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamia Hadrich-Belguith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the Third BUCC Shared Task: Spotting Parallel Sentences in Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Building and Using Comparable Corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan. pp.39-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNEG: Graph-Based Negative Sampling for word2vec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three Dimensions of Reproducibility in Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingbo Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Callahan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Hargraves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2018 - 11th International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan. pp.156-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">i2b2 implemented over SMART-on-FHIR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shawn Murphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA Joint Summits on Translational Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, San Francisco, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multilingual Dataset for Evaluating Parallel Sentence Extraction from Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan. pp.3828-3833</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Generation and Processing of Word Co-occurrence Networks Using corpus2graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruiqing Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Graph-Based Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, New Orleans, LA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLEF eHealth 2018 Multilingual Information Extraction Task Overview: ICD10 Coding of Death Certificates in French, Hungarian and Italian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Grippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Morgand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Orsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum, eHealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEUR, Sep 2018, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLEF eHealth 2017 Multilingual Information Extraction task Overview: ICD10 Coding of Death Certificates in English and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Bretonnel Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop of the Cross-Language Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEUR-WS, Sep 2017, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproducibility in Biomedical Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Névéol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingbo Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negacy Hailu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Hunter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA Annual Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Washington, DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01847326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representation of complex terms in a vector space structured by an ontology for a normalization task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioNLP 2017 Workshop, Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W17-2312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic classification of doctor-patient questions for a virtual patient record query task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioNLP Shared-Task Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACL, Jan 2017, Vancouver, Canada. pp.333-341, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W17-2343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical information extraction at the clef ehealth evaluation lab 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Neveol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2016 (online working notes)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Evora, Portugal. pp.28-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01922402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of a Term Extractor to Arabic Specialised Texts: First Experiments and Limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Neifar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Ellouze Khemakhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamia Hadrich Belguith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics and Intelligent Text Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, Apr 2016, Konya, Turkey. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-75477-2_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared Task SeeDev : Extraction de régulations impliquées dans le développement de la graine d’Arabidopsis thaliana à partir de publications scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les journées Bioinformatique de l'Inra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Montpellier, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'agglutination dans l'extraction de termes en arabe standard moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Neifar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Ellouze Khemakhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamia Hadrich Belguith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Paris, France. pp.467-474</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation des informations textuelles pour la détection d'états pathologiques par apprentissage statistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Morlane-Hondère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones d'Informatique Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervised classification of end-of-lines in clinical text with no manual annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Building and Evaluating Resources for Biomedical Text Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Osaka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une catégorisation de fins de lignes non-supervisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Paris, France. pp.364-371</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the regulatory network of plant seed development (SeeDev) task at the BioNLP shared task 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioNLP Shared Task</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Berlin, Germany. pp.113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Drug-Related Medical Conditions in Social Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Morlane-Hondère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Portoroz, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information extraction challenge Gene Regulation Network in Arabidopsis thaliana (GRNA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris-Saclay Center for Data Science: Open Software Initiative (OSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Orsay, France. pp.14 slides, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.1.4286.6326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge model of regulatory networks involved in Arabidopsis seed development for information extraction and integration from text</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioCreative 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01512197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information extraction from articles for the elaboration of the regulatory networks involved in Arabidopsis seed development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Arabidopsis Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médicaments qui soignent, médicaments qui rendent malades : étude des relations causales pour identifier les effets secondaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Morlane-Hondère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème Conférence Traitement Automatique des Langues Naturelles (TALN 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Caen, France. pp.270-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLEF eHealth Evaluation Lab 2015 Task 1b: Clinical Named Entity Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Neveol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liadh Kelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2015 Working notes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01922444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIMSI@ CLEF eHealth 2015-task 2.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva d'Hondt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des émotions, sentiments et opinions exprimés dans les tweets : présentation et résultats de l'édition 2015 du défi fouille de texte (DEFT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Paroubek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 22e conférence sur le Traitement Automatique des Langues Naturelles (TALN 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01617180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de facteurs de risque pour des patients diabétiques à partir de comptes-rendus cliniques par des approches hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Caen, France. pp.25-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of unsupervised word classes for entity recognition: Application to the detection of disorders in clinical reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Evangelia Chatzimina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Reykjavik, Iceland. pp.3264-3271</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse automatique de textes littéraires et scientifiques : présentation et résultats du défi fouille de texte DEFT2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Pleplé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Paroubek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier DEfi Fouilles de Textes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformatting clinical records based on global layout statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Semantic Mining in Biomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disease and disorder template filling using rule-based and statistical approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk factor identification from clinical records for diabetic patients.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th i2b2 Shared-Task and Workshop on Challenges in Natural Language Processing for Clinical Data, AMIA 2014 Affiliate Meeting: i2b2/UTHealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic named entity pre-annotation for out-of-domain human annotation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ben Jannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Leixa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Annotation Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACL, Jan 2013, Sofia, Bulgaria. pp.168-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context vector disambiguation for bilingual lexicon extraction from comparable corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bouamor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Semmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st Annual Meeting of the Association for Computational Linguistics, ACL 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Sofia, Bulgaria. pp.759-764</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01844697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des relations temporelles entre événements médicaux dans des comptes rendus hospitaliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Traitement Automatique des Langues Naturelles (TALN 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Les Sables d'Olonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic De-Identification of French clinical records: comparison of rule-based and machine-learning approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOS Press, Jan 2013, Copenhagen, Denmark. pp.476-480, </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-289-9-476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building specialized bilingual lexicons using large-scale background knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bouamor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Popescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Semmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 Conference on Empirical Methods in Natural Language Processing, EMNLP 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Seattle, United States. pp.479-489</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01844695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution des coréférences dans des comptes rendus cliniques. Une expérimentation issue du défi i2b2/VA 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Wisniewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Dinarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA 2012 (Reconnaissance des Formes et Intelligence Artificielle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Lyon, France. pp.978-2-9539515-2-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00656514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manual Corpus Annotation: Giving Meaning to the Evaluation Metrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Mathet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Widlöcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International COLING 2012: 24th Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Mumbaï, India. pp.809-818</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00769639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended named entities annotation on OCRed documents: from corpus constitution to evaluation campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Quintard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2012 - 8th International Conference on Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Istanbul, Turkey. pp.3126-3131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of LIMSI's QALC for QA4MRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Minh Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ben Abacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structured Named Entities in two distinct press corpora: Contemporary Broadcast News and Old Newspapers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Kahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Linguistics Annotation Workshop (The LAW VI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Jeju, South Korea. pp.40-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00709193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal for an Extension of Traditional Named Entitites: from Guidelines to Evaluation, an Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Linguistics Annotation Workshop (The LAW V)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Portland, United States. pp.92--100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Named and specific entity detection in varied data: the Quaero named entity baseline evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Galibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Quintard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Conference on international language resources and evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Valletta, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CARAMBA: Concept, Assertion, and Relation Annotation using Machine-learning Based Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ben Abacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bernhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cartoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">i2b2 Medication Extraction Challenge Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Twofold Strategy for Translating a Medical Terminology into French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Merabti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lecroq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan Darmoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA 2010 Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Washington, D.C., United States. pp.152-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00563118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques préalables au calcul de la productivité des règles constructionnelles et premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premier Congrès Mondial de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Paris, France. pp.1525-1538, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cmlf08184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse morphosémantique des composés savants : transposition du français à l'anglais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Toulouse, France. pp.79-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques préalables linguistiques au calcul de la productivité des règles constructionnelles et premiers résultats.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée ATALA "La productivité morphologique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining Medical Words : Transposing Morphosemantic Analysis from French to English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference MEDINFO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Brisbane, Australia. pp.535-539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité quantitative des suffixations par -ité et -Able dans un corpus journalistique moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Hathout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Louvain, Belgique. pp. 167-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité quantitative des suffixations par –ité et par -Able dans un corpus journalistique moderne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Hathout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, p. 167-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00128305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité quantitative de la suffixation par -Able dans un corpus journalistique du français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Grabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgette Dal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fradin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Hathout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Besançon, France. pp.473-485</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le système STIM/LIPN à EQueR 2004, tâche médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Delbecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Berroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Poibeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier EQueR (conférence TALN 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Dourdan, France. pp.89-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00009449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquiring meaning for French Medical Terminology : contribution of Morphosemantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eleventh MEDINFO International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, San Francisco, United States. pp.535-539, </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-60750-949-3-535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMLF: construction d'un lexique médical francophone unifié.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jarousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Francophone d'Informatique médicale, Tunis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00006141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VUMeF: Extending the French Involvement in the UMLS metathesaurus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan J. Darmoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jarrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Beux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Medical Informatics Association Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Washington, United States. pp.824</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a unified medical lexicon for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiammetta Namer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jarrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Informatics Europe (MIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Saint-Malô, France. pp.415-420, </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-60750-939-4-415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00157662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminologie et corpus : la question du genre et de la variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bouveret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Condamines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Fédérative sur le Document. CFD 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constituting a dataset for applying Natural Language Inference to Chinese Clinical Trials: possible approaches and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Junior Conference on Data Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining String-based and Embeddings-based Methods for Medical Concept Normalization: LIMSI-CEA-INRA@n2c2 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamadou Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Boukkouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 n2c2/OHNLP Shared-Task and Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Washington, D.C., United States. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04363093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un patient virtuel dialogant pour la formation des étudiants en médecine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Campillos Llanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium satellite francophone sur le traitement automatique des langues dans le domaine biomédical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 17th Workshop on Building and Using Comparable Corpora (BUCC) @LREC-COLING-2024. Workshop Proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th Workshop on Building and Using Comparable Corpora (BUCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 978-2-493814-31-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Computational Terminology in NLP and Translation Studies (ConTeNTS) Incorporating the 16th Workshop on Building and Using Comparable Corpora (BUCC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Haddad Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayla Rigouts terryn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruslan Mitkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RANLP 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Building and Using Comparable Corpora, ISBN 978-954-452-090-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04418233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 15th Workshop on Building and Using Comparable Corpora (BUCC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 979-10-95546-94-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 14th Workshop on Building and Using Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RANLP 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th Workshop on Building and Using Comparable Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 979-10-95546-42-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la 26e conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plate-Forme Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française pour l'Intelligence Artificielle, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de TALIA 2018 - Journée « Traitement Automatique des Langues & Intelligence Artificielle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALIA 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PFIA 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Maudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Morignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vercouter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association Française pour l'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 90, 2015, Association Française pour l’Intelligence Artificielle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building and Using Comparable Corpora for Multilingual Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer Cham, 2023, Synthesis Lectures on Human Language Technologies, Graeme Hirst, 978-3-031-31383-7. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-31384-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser la ligne brisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chassagnol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Joseph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrée-Anne Kekeh-Dika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épistémocritique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Épistémocritique, 979-10-97361-10-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence Nationale d'Intelligence Artificielle Année 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago de Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Elfallah-Seghrouchni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederick Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association Française pour l’Intelligence Artificielle, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02458049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basic Principles of Cross-Lingual Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Sharoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinhard Rapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Using Comparable Corpora for Multilingual Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-16, 2023, Synthesis Lectures on Human Language Technologies, </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-31384-4_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence and Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Marquis; Odile Papini; Henri Prade. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Guided Tour of Artificial Intelligence Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, III: Interfaces and Applications of Artificial Intelligence (chapter 4), </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.117-145, 2020, 978-3-030-06169-2. </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-06170-8_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medical Vocabulary, Terminological Resources and Information Coding in the Health Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Informatics, e-Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Paris, pp.11-41, 2014, Health Informatics, </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-2-8178-0478-1_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vocabulaire médical, les ressources terminologiques, le codage de l’information en santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burgun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique médicale, e-Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Paris, pp.11-41, 2013, </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-2-8178-0338-8_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intelligence artificielle et le langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Danlos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marquis, Pierre; Papini, Odile; Prades, Henri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'I.A. : Frontières et Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cépaduès Editions, Toulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-25, 2012, Panorama de l'Intelligence Artificielle, Panorama de l'Intelligence Artificielle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus-based Extension of a Terminological Semantic Lexicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bouaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Bourigault, Christian Jacquemin, Marie-Claude L'Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in Computational Terminology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.328-351, 2001, Natural Language Processing</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00619266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regroupements issus de dépendances syntaxiques en corpus : catégorisation et confrontation à deux modélisations conceptuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Charlet, Manuel Zacklad, Gilles Kassel and Didier Bourigault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénierie des Connaissances, évolutions récentes et nouveaux défis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eyrolles, pp.275-290, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00619267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the Regulatory Network of Plant Seed Development (SeeDev) Task at the BioNLP Shared Task 2016.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W16-3001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation Guidelines BIONLP-ST 2016 SeeDev task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand B. Dubreucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialekti Valsamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Fatihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Deleger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Difficulty of Inference Types in Natural Language Inference for Clinical Trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Am I eligible? Natural Language Inference for Clinical Trial Patient Recruitment: the Patient's Point of View</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04992084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SEME at SemEval-2024 Task 2: Comparing Masked and Generative Language Models on Natural Language Inference for Clinical Trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aguiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nona Naderi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Lingual Contextual Word Embeddings Mapping with Multi-Sense Words in Mind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zheng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruiqing Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandations sur l'analyse automatique de documents : acquisition, gestion, exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Nédellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Nazarenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Balivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Daille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Comité pour la science ouverte. 2019, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Paroubek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Delivrable 5.3, European uComp Project. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId465"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799268v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anfu Tang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deleger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zweigenbaum" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire N&#233;dellec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baac070" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431494v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452553v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Campillos-Llanos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bilinski" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Neuraz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rosset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10916-021-01737-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100540v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuyu Zheng" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyu Meng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingling Chen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingbo Xia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12911-020-1105-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100410v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Del&#233;ger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-020-03886-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565134v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Fraisse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Zhang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Zhai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Jenn" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelley Fisher Fishkin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/info10100303" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Baghdadi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bourr&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Robert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Rey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gallay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2019.06.022" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411625v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morgand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Grouin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411622v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5210/ojphi.v11i1.9767" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358021v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bilinski" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1351324919000329" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842518v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie N&#233;v&#233;ol" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hercules Dalianis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumithra Velupillai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guergana Savova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-018-0179-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990501v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0038-1667080" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626816v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15265/IY-2017-027" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01331019v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rosier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mabo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Temal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal van Hille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dameron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/europace/euv234" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01319949v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-633-0-59" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951040v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moriceau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbi.2015.06.014" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972779v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lavergne" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Grabar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hamon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4137/BII.S11770" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492130v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tannier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/amiajnl-2013-001627" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748588v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794218v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Minard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ligozat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ben Abacha" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cartoni" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/amiajnl-2011-000154" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748796v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907010v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Burgun" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rosier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Temal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacques" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Messai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2011.01.035" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JFZHNMG9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413362v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiammetta Namer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2008.07.016" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V94H04K9-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Grau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robba" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfla.131.0041" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157608v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fradin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgette Dal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lignon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.171.0034" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00355466v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Habert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00122146v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Nystr&#246;m" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Merkel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ahrenberg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan Petersson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6947-6-35" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157557v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Baud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jarrousse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2004.03.010" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z05GMNP6-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845377v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina F Soualmia" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Darmoni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-939-4-445" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489224v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Zweigenbaum" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Habert" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nazarenko" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bouaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489203v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bachimont" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Charlet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B S&#233;roussi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489205v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489226v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489204v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Boisvieux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489227v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489208v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489207v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489209v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Volot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ben Said" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489228v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05329783v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Servan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623049v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atilla Kaan Alkan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Grezes" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Sch&#252;ssler" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779777v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Raithel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Syuan Yeh" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuntaro Yada" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781015v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thomas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhuvanesh Verma" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Roller" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.smm4h-1.39" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667736v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aguiar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nona Naderi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536273v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.semeval-1.143" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04780619v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528240v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomohiro Nishiyama" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Aramaki" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780743v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Barthet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#233; Aroulanda" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Monceaux-Cachard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jacquin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781745v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongfang Xu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Lopez-Garcia" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131600v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130138v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421412v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoko Wakamiya" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lis Kanashiro Pereira" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peitao Han" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20736/0002001327" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130190v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867489v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Adjali" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sharoff" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Rapp" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873042v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Arranz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Choukri" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montse Cuadros" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Garc&#237;a-Pablos" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gianola" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297589v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faith W. Mutinda" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel H. B. Andrade" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046837v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046746v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Boukkouri" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferret" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425922v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867421v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803880v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803881v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866409v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Sapina" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian M&#246;ller" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447774v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432331v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Paroubek" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.eval4nlp-1.1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447763v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453858v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Declerck" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100822v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100665v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Noji" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058311v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#274;riks Ajausks" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chomicha Bendahman" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bi&#233;" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA200869" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02866789v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090881v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103205v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ajausks" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Arranz" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bi&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cerd&#224;-I-Cuc&#243;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Choukri" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03530148v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411632v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bissan Audeh" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bousquet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Jaulent" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411626v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lillo-Le Lou&#235;t" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI190183" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411628v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI190359" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358022v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Campillos Llanos" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860947v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P19-2041" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276492v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Grippo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Orsi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898360v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899828v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Neifar" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Ellouze Khemakhem" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Hadrich-Belguith" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899826v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842457v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Norman" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariska Leeflang" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1173076" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899825v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842490v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Cohen" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Callahan" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hargraves" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898354v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Paris" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mendis" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Daniel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn Murphy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836489v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiqing Yin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898362v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665374v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anderson" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bretonnel Cohen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847326v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negacy Hailu" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Hunter" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582292v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W17-2312" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626199v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W17-2343" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831152v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Morlane-Hond&#232;re" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771875v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Hadrich Belguith" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75477-2_16" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922402v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Neveol" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Cohen" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455855v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dialekti Valsamou" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Fatihi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771876v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831156v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831235v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831237v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455854v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831239v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603453v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.4286.6326" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512197v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950996v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524850v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289248v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva d'Hondt" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922444v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liadh Kelly" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617180v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951136v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831250v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Plepl&#233;" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831242v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Evangelia Chatzimina" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831245v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831232v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831229v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Jannet" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Leixa" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01844697v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouamor" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Semmar" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zweigenbaum" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492227v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831227v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-289-9-476" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01844695v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Popescu" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709193v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Fort" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galibert" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Kahn" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656514v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewski" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dinarelli" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769639v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mathet" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Widl&#246;cher" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fran&#231;ois" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831254v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Quintard" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289724v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Minh Pho" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604369v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563118v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Merabti" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lecroq" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Joubert" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754184v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795663v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522821v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf08184" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157869v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157857v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526347v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522825v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Hathout" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522827v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00128305v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grabar" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fradin" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lignon" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009449v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delbecque" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berroyer" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poibeau" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157787v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-949-3-535" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006141v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jarousse" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157654v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan J. Darmoni" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Beux" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157662v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-939-4-415" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752796v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delavigne" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bouveret" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Condamines" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837721v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Lai" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04363093v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Ba" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Brunet" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416862v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779272v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418233v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Haddad Haddad" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayla Rigouts terryn" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Mitkov" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876674v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453886v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482188v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566345v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979573v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04595440v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maudet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morignot" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vercouter" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470213v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31384-4" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04018284v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chassagnol" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Joseph" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e-Anne Kekeh-Dika" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Boucard" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epistemocritique.org/penser-la-ligne-brisee/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458049v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chanel" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago de Lima" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Doutre" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Elfallah-Seghrouchni" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Garcia" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465490v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-31384-4_2" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31384-4_2" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483086v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Asher" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-06170-8_4" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06170-8_4" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811229v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duclos" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Burgun" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamy" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Landais" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rodrigues" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-2-8178-0478-1_2" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811216v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Lamy" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Rodrigues" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-2-8178-0338-8_2" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685484v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Danlos" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/donnees-informatique-ia-ihm/782-l-ia-frontieres-et-applications-volume-3serie-panorama-de-l-intelligence-artificielle-9782364930438.html" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619266v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Nazarenko" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Habert" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bouaud" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619267v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382866v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W16-3001" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795594v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533706v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992084v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536600v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100840v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhu" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03586079v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Andre" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Balivo" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Daille" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01652227v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799268v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anfu Tang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deleger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zweigenbaum" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire N&#233;dellec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baac070" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431494v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452553v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Campillos-Llanos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bilinski" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Neuraz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rosset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10916-021-01737-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100540v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuyu Zheng" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyu Meng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingling Chen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingbo Xia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12911-020-1105-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100410v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Del&#233;ger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-020-03886-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411625v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Robert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Baghdadi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morgand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Grouin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411622v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bourr&#233;e" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Rey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gallay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5210/ojphi.v11i1.9767" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358021v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bilinski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1351324919000329" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411621v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2019.06.022" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565134v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Fraisse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Zhang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Zhai" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Jenn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelley Fisher Fishkin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/info10100303" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842518v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie N&#233;v&#233;ol" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hercules Dalianis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumithra Velupillai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guergana Savova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-018-0179-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990501v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0038-1667080" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626816v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15265/IY-2017-027" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01331019v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rosier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mabo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Temal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal van Hille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dameron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/europace/euv234" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01319949v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-633-0-59" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951040v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moriceau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbi.2015.06.014" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972779v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lavergne" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Grabar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hamon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4137/BII.S11770" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492130v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tannier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/amiajnl-2013-001627" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748588v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794218v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Minard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ligozat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ben Abacha" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cartoni" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/amiajnl-2011-000154" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907010v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Burgun" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rosier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Temal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacques" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Messai" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2011.01.035" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JFZHNMG9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748796v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413362v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiammetta Namer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2008.07.016" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V94H04K9-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Grau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robba" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfla.131.0041" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157608v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fradin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgette Dal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lignon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.171.0034" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00122146v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Nystr&#246;m" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Merkel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ahrenberg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan Petersson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6947-6-35" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00355466v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Habert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157557v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Baud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jarrousse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2004.03.010" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z05GMNP6-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845377v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina F Soualmia" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Darmoni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-939-4-445" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489203v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Zweigenbaum" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bouaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bachimont" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Charlet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B S&#233;roussi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489224v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Habert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nazarenko" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489205v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489226v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489204v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Boisvieux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489227v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489208v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489207v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489209v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Volot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ben Said" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489228v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05329783v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Servan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04780619v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atilla Kaan Alkan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Grezes" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Sch&#252;ssler" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667736v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aguiar" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nona Naderi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536273v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.semeval-1.143" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781015v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Raithel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thomas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhuvanesh Verma" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Roller" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Syuan Yeh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.smm4h-1.39" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779777v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuntaro Yada" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528240v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomohiro Nishiyama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Aramaki" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780743v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Barthet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#233; Aroulanda" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Monceaux-Cachard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jacquin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781745v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongfang Xu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Lopez-Garcia" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623049v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130138v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130190v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421412v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoko Wakamiya" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lis Kanashiro Pereira" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peitao Han" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20736/0002001327" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131600v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867421v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046746v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Boukkouri" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425922v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046837v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297589v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faith W. Mutinda" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel H. B. Andrade" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803880v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803881v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Adjali" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866409v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Sapina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian M&#246;ller" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873042v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Arranz" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Choukri" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montse Cuadros" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Garc&#237;a-Pablos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gianola" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867489v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sharoff" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Rapp" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447774v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432331v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Paroubek" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.eval4nlp-1.1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447763v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453858v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Declerck" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058311v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#274;riks Ajausks" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chomicha Bendahman" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bi&#233;" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA200869" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090881v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02866789v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103205v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ajausks" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Arranz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bi&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cerd&#224;-I-Cuc&#243;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Choukri" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100665v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Noji" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100822v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03530148v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411632v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bissan Audeh" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bousquet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Jaulent" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411626v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lillo-Le Lou&#235;t" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI190183" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860947v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P19-2041" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411628v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI190359" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358022v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Campillos Llanos" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842457v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Norman" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariska Leeflang" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1173076" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899826v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899828v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Neifar" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Ellouze Khemakhem" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Hadrich-Belguith" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898360v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899825v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842490v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Cohen" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Callahan" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hargraves" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898354v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Paris" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mendis" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Daniel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn Murphy" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898362v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836489v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiqing Yin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276492v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Grippo" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Orsi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665374v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anderson" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bretonnel Cohen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847326v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negacy Hailu" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Hunter" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582292v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W17-2312" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626199v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W17-2343" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922402v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Neveol" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Cohen" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771875v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Hadrich Belguith" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75477-2_16" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455855v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dialekti Valsamou" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Fatihi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771876v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831156v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Morlane-Hond&#232;re" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831235v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831237v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455854v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831152v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603453v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.4286.6326" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512197v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524850v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950996v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922444v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liadh Kelly" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289248v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva d'Hondt" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617180v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831239v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831242v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Evangelia Chatzimina" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831250v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Plepl&#233;" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831245v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831232v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951136v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831229v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Jannet" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Leixa" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01844697v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouamor" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Semmar" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zweigenbaum" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492227v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831227v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-289-9-476" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01844695v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Popescu" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656514v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewski" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dinarelli" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769639v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mathet" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Widl&#246;cher" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Fort" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fran&#231;ois" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galibert" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831254v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Quintard" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289724v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Minh Pho" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709193v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Kahn" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604369v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754184v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795663v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563118v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Merabti" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lecroq" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Joubert" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522821v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf08184" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157869v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526347v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157857v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522825v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Hathout" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00128305v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grabar" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fradin" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lignon" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522827v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009449v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delbecque" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berroyer" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poibeau" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157787v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-949-3-535" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006141v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jarousse" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157654v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan J. Darmoni" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Beux" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157662v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-939-4-415" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752796v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delavigne" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bouveret" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Condamines" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837721v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Lai" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04363093v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Ba" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Brunet" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416862v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779272v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418233v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Haddad Haddad" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayla Rigouts terryn" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Mitkov" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876674v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453886v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482188v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566345v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979573v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04595440v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maudet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morignot" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vercouter" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470213v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31384-4" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04018284v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chassagnol" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Joseph" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e-Anne Kekeh-Dika" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Boucard" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epistemocritique.org/penser-la-ligne-brisee/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458049v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chanel" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago de Lima" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Doutre" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Elfallah-Seghrouchni" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Garcia" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465490v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-31384-4_2" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31384-4_2" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483086v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Asher" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-06170-8_4" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06170-8_4" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811229v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duclos" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Burgun" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamy" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Landais" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rodrigues" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-2-8178-0478-1_2" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811216v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Lamy" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Rodrigues" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-2-8178-0338-8_2" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685484v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Danlos" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/donnees-informatique-ia-ihm/782-l-ia-frontieres-et-applications-volume-3serie-panorama-de-l-intelligence-artificielle-9782364930438.html" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619266v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Nazarenko" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Habert" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bouaud" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619267v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382866v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W16-3001" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795594v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533706v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992084v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536600v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100840v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhu" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03586079v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Andre" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Balivo" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Daille" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01652227v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>