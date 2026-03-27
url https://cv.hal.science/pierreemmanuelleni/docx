--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1652,57 +1652,57 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dosimetric characteristics of VIPAR polymer gel for photon, electron and proton beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lagedamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R. Gschwind</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Gschwind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1734,206 +1734,218 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFPM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Angers, France. 68, pp.38-39, </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejmp.2019.09.143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03530194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dosimetric study of the couch top influence in VMAT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Dimitriadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gschwind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Grosperrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vasseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFPM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Toulouse, France. 56, pp.48-49, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejmp.2018.09.100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03530206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast and accurate 3D dose distribution computations using artificial neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1952,92 +1964,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Makovicka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MCMA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Naples, Italy. 42, pp.28, 2017, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2017.09.070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03530202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New software solution for TPS quality control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2056,82 +2068,82 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Makovicka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFPM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Nancy, France. 32, pp.375-376, 2016, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2016.11.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03530210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2141,51 +2153,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application des réseaux de neurones à la planification de traitement en radiothérapie externe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2214,73 +2226,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques SFRP-Codes de calcul en radioprotection, radiophysique et dosimétrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Sochaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03530221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Representations for Multidimensional Functions Based on Kolmogorov Superposition Theorem. Applications on Image Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2309,73 +2321,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OSAV'12, 3rd International Topical Meeting on Optical Sensing and Artificial Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Saint Petersburg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00811794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapting numerical representations of lung contours using Case-Based Reasoning and Artificial Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2384,257 +2396,257 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Roxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Chebel-Morello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCBR 2012, 20th International Conference on Case-Based Reasoning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Lyon, France. pp.137 - 151, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-32986-9_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00935864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of some artificial intelligence elements in medical dosimetry and in radiation protection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Makovicka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.E. Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIV. Days of Radiation Protection / Dny radiacni Ochrany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Trebon, Czech Republic. p.110 (ISBN: 978-80-01-05140-5), 5-9 nov</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00752299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Algorithm for a Progressive Acquisition Image Sensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2653,92 +2665,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QCAV 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, St Etienne, France. pp.1, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.890904⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00811967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kolmogorov Superposition Theorem and Wavelets for image compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2757,92 +2769,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wavelet Applications in Industrial Processing VII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, San Jose, United States. pp.753502-753510, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.838874⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00634085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Kolmogorov superposition theorem and its application to image processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2871,73 +2883,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUVIP 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Paris, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00811970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kolmogorov Superposition Theorem and Wavelet Decomposition for Image Compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2966,272 +2978,272 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Concepts for Intelligent Vision Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Bordeaux, France. pp.43-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00634071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kolmogorov Superposition Theorem and its application to wavelet image decompositions</w:t>
+                <w:t xml:space="preserve">A novel approach for image sweeping functions using approximating scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Fougerolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Imaging - Wavelet Applications in Industrial Processing VI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quality Control by Artificial Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Wels, Austria. pp.0-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.805916⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00634080v1</w:t>
+                <w:t xml:space="preserve">hal-00634089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel approach for image sweeping functions using approximating scheme</w:t>
+                <w:t xml:space="preserve">Kolmogorov Superposition Theorem and its application to wavelet image decompositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Fougerolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quality Control by Artificial Vision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronic Imaging - Wavelet Applications in Industrial Processing VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, San Jose, United States. pp.724804-724804-12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.805916⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00634089v1</w:t>
+                <w:t xml:space="preserve">hal-00634080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kolmogorov Superposition Theorem and its application to multivariate function decompositions and image representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3260,51 +3272,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE conference on Signal-Image Technology &amp; Internet-Based System</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Bali, Indonesia. pp.344-351</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00634095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3314,51 +3326,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement of breathing simulation using individual lobe segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intuon Lertrusdachakul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3370,70 +3382,70 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régine Gschwind</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">124 ( 00005), pp.9, 2016, EPJ Web of Conferences, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201612400005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01386113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3443,51 +3455,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Kolmogorov spline network for authentication data embedding in images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3510,92 +3522,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Igelnik, J.M. Zurada. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Efficiency and scalability methods for computational intellect</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IG Global, pp. 96-114, 2013, Information Science Reference, 978-1-4666-3942-3. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4018/978-1-4666-3942-3.ch005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00820102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Kolmogorov Spline Network for Image Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3618,70 +3630,70 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Igelnik. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Modeling and Simulation of Intellect: Current State and Future Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IGI Global, pp.25-51, 2011, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4018/978-1-60960-551-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00589887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3691,114 +3703,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles méthodes de traitement de signaux multidimensionnels par décomposition suivant le théorème de Superposition de Kolmogorov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Leni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université de Bourgogne, 2010. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2010DIJOS034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00581756v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId96"/>
+      <w:footerReference w:type="default" r:id="rId97"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3945,51 +3957,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443652v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saadi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elanique" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gschwind" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Leni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arbor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113588" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282239v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intuon Lertrusdachakul" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Leni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Gschwind" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Bertheau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123190" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242391v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aguezzoumen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113167" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709815v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lagedamon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-E. Leni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canrad.2024.03.005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717505v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lagedamon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2024.104830" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131140v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Laurent" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Salomon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Makovicka" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2016.05.004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002330v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Fougerolle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Truchetet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.23.3.033006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827510v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Henriet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Laurent" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2013.05.064" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967441v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01011064v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chatonnay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2014.06.017" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G38PTR9G-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00763997v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-ipr.2011.0459" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00589870v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.3485757" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530214v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Gschwind" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Makovicka" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530194v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bleuse" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bailly" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2019.09.143" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530206v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dimitriadi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grosperrin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vasseur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2018.09.100" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530202v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2017.09.070" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530210v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2016.11.032" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5HR0B8JF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530221v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811794v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935864v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Roxin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chebel-Morello" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32986-9_12" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00752299v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Laurent" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811967v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.890904" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634085v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.838874" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811970v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634071v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634080v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.805916" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634089v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634095v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386113v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201612400005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820102v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-3942-3.ch005" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00589887v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-60960-551-3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00581756v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010DIJOS034" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443652v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saadi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elanique" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gschwind" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Leni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arbor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113588" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282239v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intuon Lertrusdachakul" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Leni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Gschwind" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Bertheau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123190" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242391v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aguezzoumen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113167" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709815v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lagedamon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-E. Leni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canrad.2024.03.005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717505v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lagedamon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2024.104830" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131140v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Laurent" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Salomon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Makovicka" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2016.05.004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002330v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Fougerolle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Truchetet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.23.3.033006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827510v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Henriet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Laurent" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2013.05.064" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967441v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01011064v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chatonnay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2014.06.017" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G38PTR9G-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00763997v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-ipr.2011.0459" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00589870v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.3485757" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530214v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Gschwind" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Makovicka" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530194v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bleuse" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bailly" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2019.09.143" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HJXBCVPH-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530206v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dimitriadi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grosperrin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vasseur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2018.09.100" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530202v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2017.09.070" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530210v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2016.11.032" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5HR0B8JF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530221v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811794v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935864v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Roxin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chebel-Morello" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32986-9_12" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00752299v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Laurent" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811967v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.890904" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634085v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.838874" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811970v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634071v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634089v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634080v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.805916" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634095v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386113v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201612400005" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820102v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-3942-3.ch005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00589887v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-60960-551-3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00581756v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010DIJOS034" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>