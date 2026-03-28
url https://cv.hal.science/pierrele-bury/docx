--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -234,563 +234,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05530036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attenuation of virulence in &amp;lt;i&amp;gt;Yersinia pestis&amp;lt;/i&amp;gt; across three plague pandemics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
+                <w:t xml:space="preserve">Positron emission tomography-based comparison of methods for exposing macaques to respiratory pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Delache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs-Rachel Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Herate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Relouzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emelyne Bougit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.adt3880⟩</w:t>
+              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 189, pp.106646. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2025.106646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05095696v1</w:t>
+                <w:t xml:space="preserve">hal-05150776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positron emission tomography-based comparison of methods for exposing macaques to respiratory pathogens</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Francis Relouzat</w:t>
+                <w:t xml:space="preserve">Complete genome sequences of Yersinia pestis 6/69 strain isolated from a bubonic plague patient in Madagascar and its isogenic strain cured of pPCP1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emelyne Bougit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Balière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2025.106646⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (3), pp.e0102124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mra.01021-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05150776v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-05086934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete genome sequences of Yersinia pestis 6/69 strain isolated from a bubonic plague patient in Madagascar and its isogenic strain cured of pPCP1</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emelyne Bougit</w:t>
+                <w:t xml:space="preserve">In-host evolution of Yersinia enterocolitica during a chronic human infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Savin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guglielmini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valérie Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mra.01021-24⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.5637. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-60782-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-05086934v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-05138169v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-host evolution of Yersinia enterocolitica during a chronic human infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Savin</w:t>
+                <w:t xml:space="preserve">Attenuation of virulence in &amp;lt;i&amp;gt;Yersinia pestis&amp;lt;/i&amp;gt; across three plague pandemics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ravneet Kaur Sidhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian E Demeure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emelyne Bougit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.5637. </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 388 (6750), pp.eadt3880. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-60782-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.adt3880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-05138169v2</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-05095696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinants of bacterial survival and proliferation in blood</w:t>
               </w:r>
@@ -919,51 +919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Druart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lechat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1072,51 +1072,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual proteomic signature of immune cells and Yersinia pestis upon blood infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1346,51 +1346,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05530036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian E Demeure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Mas Fiol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravneet Kaur Sidhu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#234;-Bury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Bougit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2026005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05095696v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adt3880" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150776v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delache" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s-Rachel Garnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Herate" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Relouzat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2025.106646" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05086934v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bali&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Caro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01021-24" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05138169v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Savin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60782-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04585268v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hebert Echenique-Rivera" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerd&#225;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dussurget" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuae013" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04102830v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Druart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lechat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03826-22" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04585310v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Matondo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05530036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian E Demeure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Mas Fiol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravneet Kaur Sidhu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#234;-Bury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Bougit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2026005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150776v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s-Rachel Garnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Herate" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Relouzat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2025.106646" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05086934v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bali&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Caro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01021-24" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05138169v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Savin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60782-6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05095696v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adt3880" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04585268v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hebert Echenique-Rivera" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerd&#225;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dussurget" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuae013" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04102830v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Druart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lechat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03826-22" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04585310v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Matondo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>