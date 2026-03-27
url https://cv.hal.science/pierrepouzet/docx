--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2268,209 +2268,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03157469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal approaches of historical extreme storm events based on sedimentological archives</w:t>
+                <w:t xml:space="preserve">Climatological influences on major storm events during the last millennium along the Atlantic coast of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of African Earth Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 162, pp.103710. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.12059. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jafrearsci.2019.103710⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-69069-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02422247v1</w:t>
+                <w:t xml:space="preserve">hal-02904386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climatological influences on major storm events during the last millennium along the Atlantic coast of France</w:t>
+                <w:t xml:space="preserve">Temporal approaches of historical extreme storm events based on sedimentological archives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.12059. </w:t>
+              <w:t xml:space="preserve">Journal of African Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 162, pp.103710. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-69069-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jafrearsci.2019.103710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02904386v1</w:t>
+                <w:t xml:space="preserve">hal-02422247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlating three centuries of historical and geological data for the marine deposit reconstruction of two depositional environments of the French Atlantic coast</w:t>
               </w:r>
@@ -3239,1013 +3239,1013 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-criteria approach to coastal flooding risk assessment: from modelling to crisis response</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First steps of a historical storm track model based on climate reanalysis data for understanding the spatial footprint of recorded storm impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve-Shera Buron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Le Pors</w:t>
+                <w:t xml:space="preserve">Ayyoub Frifra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GeoAdvances 2025 – 10th International Conference on GeoInformation Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2025, Marrakech, Morocco. pp.293-299, </w:t>
+              <w:t xml:space="preserve">, May 2025, Marrackech, Morocco. pp.263-270, </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVIII-4-W17-2025-293-2026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVIII-4-W17-2025-263-2026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05481392v1</w:t>
+                <w:t xml:space="preserve">hal-05481338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework for risk assessment during natural hazard based on the Choquet integral and MACBETH</w:t>
+                <w:t xml:space="preserve">A multi-criteria approach to coastal flooding risk assessment: from modelling to crisis response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léia Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve-Shera Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Le Pors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GeoAdvances 2025 – 10th International Conference on GeoInformation Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2025, Marrakech, Morocco. pp.285-291, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVIII-4-W17-2025-285-2026⟩</w:t>
+              <w:t xml:space="preserve">, May 2025, Marrakech, Morocco. pp.293-299, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVIII-4-W17-2025-293-2026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05481375v1</w:t>
+                <w:t xml:space="preserve">hal-05481392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First steps of a historical storm track model based on climate reanalysis data for understanding the spatial footprint of recorded storm impacts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A framework for risk assessment during natural hazard based on the Choquet integral and MACBETH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léia Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve-Shera Buron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valisoa Bujard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Le Pors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GeoAdvances 2025 – 10th International Conference on GeoInformation Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2025, Marrackech, Morocco. pp.263-270, </w:t>
+              <w:t xml:space="preserve">, May 2025, Marrakech, Morocco. pp.285-291, </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVIII-4-W17-2025-263-2026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVIII-4-W17-2025-285-2026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05481338v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05481375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework for risk assessment during natural hazard based on the Choquet integral and MACBETH</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léia Savary</w:t>
+                <w:t xml:space="preserve">Legacy and modernity: Archaeology of Maritime Landscape of an Atlantic shoreline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Dieulefet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Buron</w:t>
+                <w:t xml:space="preserve">Vivien Mathé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Maanan</w:t>
+                <w:t xml:space="preserve">Thomas Vigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeoAdvances 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">8th International Congress on Underwater Archaeology IKUWA 8: Telling the Exciting Tales of Our Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Ostende, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05098970v1</w:t>
+                <w:t xml:space="preserve">halshs-05319418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apport des données hydrodynamiques pour caractériser les tempêtes détectées au sein d’archives sédimentologiques et historiques</w:t>
+                <w:t xml:space="preserve">Modélisation des trajectoires historiques de tempêtes en France face au changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Déborah Idier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e réunion plénière du GT Tempêtes et Submersions Historiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Approches intégrées pour la gestion des risques : du modèle à la décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04990715v1</w:t>
+                <w:t xml:space="preserve">hal-05501949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of climate reanalysis data to understand historical storm impacts recorded in coastal environments with geomorphological methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A framework for risk assessment during natural hazard based on the Choquet integral and MACBETH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léia Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Buron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Le Pors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GeoAdvances 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05098873v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-criteria approach to coastal flooding risk assessment: from modelling to crisis response</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’apport des données hydrodynamiques pour caractériser les tempêtes détectées au sein d’archives sédimentologiques et historiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">M. Maanan</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Idier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeoAdvances 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4e réunion plénière du GT Tempêtes et Submersions Historiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GT - Tempêtes et Submersions historiques - Refmar - Shom; Autorité de sûreté nucléaire et de radioprotection - ASNR, Mar 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.12504.81924⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05098942v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des trajectoires historiques de tempêtes en France face au changement climatique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A multi-criteria approach to coastal flooding risk assessment: from modelling to crisis response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léia Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Buron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Le Pors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approches intégrées pour la gestion des risques : du modèle à la décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Nantes, France</w:t>
+              <w:t xml:space="preserve">GeoAdvances 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05501949v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Legacy and modernity: Archaeology of Maritime Landscape of an Atlantic shoreline</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The use of climate reanalysis data to understand historical storm impacts recorded in coastal environments with geomorphological methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Vigneau</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayyoub Frifra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Congress on Underwater Archaeology IKUWA 8: Telling the Exciting Tales of Our Past</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Ostende, Belgium</w:t>
+              <w:t xml:space="preserve">GeoAdvances 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05319418v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De H.P. Lovecraft à The Thing et autres scénarios de découverte de vestiges extraterrestres en Antarctique</w:t>
               </w:r>
@@ -4369,77 +4369,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Crisis Management Scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léia Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gamma Days 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4644,191 +4644,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04565202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical extreme events in coastal depositional environments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anticiper le Changement Climatique sur nos Littoraux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Chotard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Geomorphology Week (IGW) 2022, Session Central &amp; Western Europe (Austria, Belgium, France, Germany, Switzerland, The Netherlands)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Association of Geomorphologists (IAG), Mar 2022, Webinaire (siège de l’IAG : Bucharest), Romania</w:t>
+              <w:t xml:space="preserve">Café Géographique de la Fête de la Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Les Sables-d'Olonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03596540v1</w:t>
+                <w:t xml:space="preserve">hal-03820460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticiper le Changement Climatique sur nos Littoraux</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Historical extreme events in coastal depositional environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Café Géographique de la Fête de la Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Les Sables-d'Olonne, France</w:t>
+              <w:t xml:space="preserve">International Geomorphology Week (IGW) 2022, Session Central &amp; Western Europe (Austria, Belgium, France, Germany, Switzerland, The Netherlands)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association of Geomorphologists (IAG), Mar 2022, Webinaire (siège de l’IAG : Bucharest), Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03820460v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essai de reconstitution de la courbe d'élévation du niveau de la mer en région Pays de la Loire : Évolution du paysage et mobilité humaine littorale</w:t>
               </w:r>
@@ -5274,355 +5274,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03406812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'histoire des tempêtes et submersions marines le long de la côte atlantique française. Approches sédimentologiques, dendrochronologiques et historiques</w:t>
+                <w:t xml:space="preserve">Coupling historical map and sedimentological archives to rebuild the Belle-Henriette lagoon paleoenvironment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupe de Travail Tempêtes et Submersions Historiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">Investigate the shore, sound the past, new methods and practices of maritime prehistory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03079968v1</w:t>
+                <w:t xml:space="preserve">hal-03039761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tempêtes et submersions marines en Atlantique analysées par 1 000 années de données sédimentologiques et historiques</w:t>
+                <w:t xml:space="preserve">Projection du film &amp;quot;Le risque de submersion, une forte vulnérabilité régionale : de la recherche scientifique à la gestion des risques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Athimon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée séminaire du Groupe de Travail Tempêtes et Submersions Historiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03079901v1</w:t>
+                <w:t xml:space="preserve">hal-03079911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling historical map and sedimentological archives to rebuild the Belle-Henriette lagoon paleoenvironment</w:t>
+                <w:t xml:space="preserve">L'histoire des tempêtes et submersions marines le long de la côte atlantique française. Approches sédimentologiques, dendrochronologiques et historiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Investigate the shore, sound the past, new methods and practices of maritime prehistory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Brest, France</w:t>
+              <w:t xml:space="preserve">Groupe de Travail Tempêtes et Submersions Historiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03039761v1</w:t>
+                <w:t xml:space="preserve">hal-03079968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projection du film &amp;quot;Le risque de submersion, une forte vulnérabilité régionale : de la recherche scientifique à la gestion des risques</w:t>
+                <w:t xml:space="preserve">Les tempêtes et submersions marines en Atlantique analysées par 1 000 années de données sédimentologiques et historiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Athimon</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée séminaire du Groupe de Travail Tempêtes et Submersions Historiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03079911v1</w:t>
+                <w:t xml:space="preserve">hal-03079901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining tree-ring growth disturbances, meteorological reanalysis and historical documents to assess recent violent windy storms in Western France</w:t>
               </w:r>
@@ -5710,243 +5710,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02147838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les riverains de l’Atlantique français sous la tempête (XIVe – XXe siècles)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A dendrochronological proxy to document recent violent windy storms in Western France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Decaulne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géohistoire des risques « naturels », Journée d’études du Centre de formation sur l’environnement et la société - Ecole normale supérieure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Coastal Hazards In Africa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Tetouan, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01920296v1</w:t>
+                <w:t xml:space="preserve">hal-01890234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dendrochronological proxy to document recent violent windy storms in Western France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les riverains de l’Atlantique français sous la tempête (XIVe – XXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Athimon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sauzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Armelle Decaulne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coastal Hazards In Africa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Tetouan, Morocco</w:t>
+              <w:t xml:space="preserve">Géohistoire des risques « naturels », Journée d’études du Centre de formation sur l’environnement et la société - Ecole normale supérieure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01890234v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01920296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Holocene storms events along the European Atlantic coasts</w:t>
               </w:r>
@@ -6206,90 +6206,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applying machine learning to anticipate crisis management of marine submersion events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léia Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Le Pors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IALE 2025 European Landscape Ecology Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Bratislava, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6308,243 +6308,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05247237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation couplée de scenario de gestion de crise appliqué aux submersions marine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Savary Léia</w:t>
+                <w:t xml:space="preserve">Modélisation comportementale des populations en cas de crise submersion marine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léia Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euro-Mediterranean Conference for Environmental Integration (EMCEI) 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Marrakesh, Maroc. pp.1310</w:t>
+              <w:t xml:space="preserve">JFSMA 2024: 32èmes journées francophones sur les systèmes multi-agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Cargèse, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04624270v1</w:t>
+                <w:t xml:space="preserve">hal-04801300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation comportementale des populations en cas de crise submersion marine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Modélisation couplée de scenario de gestion de crise appliqué aux submersions marine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Savary Léia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFSMA 2024: 32èmes journées francophones sur les systèmes multi-agents</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Cargèse, France. </w:t>
+              <w:t xml:space="preserve">Euro-Mediterranean Conference for Environmental Integration (EMCEI) 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Marrakesh, Maroc. pp.1310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801300v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of coastal extreme events during the last millennium in the French Atlantic coast</w:t>
               </w:r>
@@ -7661,51 +7661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Arthuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Mathé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Planchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8048,241 +8048,241 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03586448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse géomorphologique du marais de Brière</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] UMR CReAAH 6566 Centre de Recherche(s) en Archéologie, Archéosciences, Histoire - LARA, Laboratoire de recherche ARchéologie et Architecture. 2020, 44 p</w:t>
+                <w:t xml:space="preserve">PCRP &amp;quot;La Baie de Bourgneuf dans l'économie maritime atlantique : îles, ports et navigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Dieulefet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Arthuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gaonac'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Guilloteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université de Nantes; UMR 6566 Centre de Recherche(s) en Archéologie, Archéosciences, Histoire - LARA, Laboratoire de recherche ARchéologie et Architecture; UMR 6554 LETG; Ministère de la culture et de la communication. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03079606v1</w:t>
+                <w:t xml:space="preserve">halshs-03291082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCRP &amp;quot;La Baie de Bourgneuf dans l'économie maritime atlantique : îles, ports et navigations</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthèse géomorphologique du marais de Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] UMR CReAAH 6566 Centre de Recherche(s) en Archéologie, Archéosciences, Histoire - LARA, Laboratoire de recherche ARchéologie et Architecture. 2020, 44 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Guilloteau</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">halshs-03291082v1</w:t>
+                <w:t xml:space="preserve">hal-03079606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’apport des Systèmes d’Information Géographique au sein d’un service de contrôle régional de la sécurité des ouvrages hydrauliques</w:t>
               </w:r>
@@ -8797,51 +8797,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7FC466EF"/>
+    <w:nsid w:val="44DA5305"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9028,51 +9028,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierrepouzet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1988-8340" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/237890984" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372303v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ia Savary" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Meroumissa Buron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valisoa Bujard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le Pors" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nhres.2025.10.005" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064405v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Jacobson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allinne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Marriner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1283" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078633v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Decaulne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz M. Funatsu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2025.109118" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654906v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1180" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706867v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396616v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Idier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2024.108626" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281757v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Davranche" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arzel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rita Carrasco" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Lefebvre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.168289" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959589v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda El Kamcha" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soilam Boutoumit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Bououarour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maanan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2023.102820" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533798v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos13020151" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965862v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lallement" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/climat/202219006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609934v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda El Hadad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11756-022-01043-5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588608v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Athimon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8308" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588615v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8168" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588619v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8226" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207684v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendahhou Zourarah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse9050461" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507163v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dieulefet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.16139" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157469v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11756-021-00718-9" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422247v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jafrearsci.2019.103710" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904386v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-69069-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920313v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2018.10.014" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146504v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Boutahar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Richir" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2019.04.039" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279136v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwan Kerguillec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Aud&#232;re" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debaine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fattal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.104904" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738668v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gruchet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2018.03.022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811916v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Piotrowska" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309133318776500" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169629v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cr&#233;ach" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Godet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481392v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Shera Buron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W17-2025-293-2026" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481375v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W17-2025-285-2026" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481338v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayyoub Frifra" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W17-2025-263-2026" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098970v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Buron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maanan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990715v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.12504.81924" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098873v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098942v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501949v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05319418v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vigneau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826134v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charlotte Anstett" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801437v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278592v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22722.56000" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565202v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596540v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820460v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chotard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727989v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345272v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406809v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fernandez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183949v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406812v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079968v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079901v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039761v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079911v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147838v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920296v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauzeau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890234v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499224v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518290v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247237v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624270v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savary L&#233;ia" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801300v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147799v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153169v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tessier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Poirier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890230v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17764.83848/1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864950v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518281v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20868.12162/2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185947v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Mouchard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Remy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157535v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05471173v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303749v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158117v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Planchot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528591v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dupont" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449904v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586448v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gehres" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Guiavarc'H" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Marcoux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079606v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03291082v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gaonac'H" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Guilloteau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079794v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079815v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079827v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02197163v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018NANT2035" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03087856v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quezin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dupont" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierrepouzet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1988-8340" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/237890984" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372303v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ia Savary" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Meroumissa Buron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valisoa Bujard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le Pors" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nhres.2025.10.005" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064405v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Jacobson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allinne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Marriner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1283" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078633v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Decaulne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz M. Funatsu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2025.109118" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654906v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1180" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706867v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396616v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Idier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2024.108626" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281757v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Davranche" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arzel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rita Carrasco" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Lefebvre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.168289" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959589v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda El Kamcha" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soilam Boutoumit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Bououarour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maanan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2023.102820" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533798v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos13020151" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965862v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lallement" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/climat/202219006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609934v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda El Hadad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11756-022-01043-5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588608v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Athimon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8308" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588615v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8168" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588619v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8226" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207684v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendahhou Zourarah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse9050461" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507163v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dieulefet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.16139" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157469v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11756-021-00718-9" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904386v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-69069-w" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422247v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jafrearsci.2019.103710" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920313v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2018.10.014" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146504v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Boutahar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Richir" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2019.04.039" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279136v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwan Kerguillec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Aud&#232;re" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debaine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fattal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.104904" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738668v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gruchet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2018.03.022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811916v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Piotrowska" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309133318776500" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169629v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cr&#233;ach" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Godet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481338v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayyoub Frifra" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W17-2025-263-2026" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481392v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Shera Buron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W17-2025-293-2026" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481375v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W17-2025-285-2026" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05319418v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vigneau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501949v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098970v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Buron" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maanan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990715v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.12504.81924" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098942v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098873v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826134v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charlotte Anstett" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801437v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278592v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22722.56000" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565202v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820460v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chotard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596540v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727989v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345272v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406809v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fernandez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183949v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406812v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039761v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079911v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079968v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079901v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147838v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890234v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920296v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauzeau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499224v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518290v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247237v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801300v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624270v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savary L&#233;ia" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147799v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153169v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tessier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Poirier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890230v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17764.83848/1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864950v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518281v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20868.12162/2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185947v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Mouchard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Remy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157535v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05471173v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303749v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158117v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Planchot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528591v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dupont" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449904v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586448v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gehres" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Guiavarc'H" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Marcoux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03291082v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gaonac'H" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Guilloteau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079606v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079794v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079815v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079827v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02197163v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018NANT2035" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03087856v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quezin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dupont" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>