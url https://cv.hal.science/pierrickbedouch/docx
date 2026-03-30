--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -219,51 +219,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (126)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (125)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -746,2297 +746,2297 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04921720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lung cancer, comorbidities, and medication: the infernal trio</w:t>
+                <w:t xml:space="preserve">Validation of HPLC and TLC analytical methods to determine radiochemical purity of 99mTc-cAbVCAM1-5, a new experimental radiotracer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+                <w:t xml:space="preserve">Juliette Mutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+                <w:t xml:space="preserve">Pauline Orhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Moro-Sibilot</w:t>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christos Chouaid</w:t>
+                <w:t xml:space="preserve">Maxime Lassiaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gil Frey</w:t>
+                <w:t xml:space="preserve">Sandrine Bacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14, pp.1016976. </w:t>
+              <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 246, pp.116224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphar.2023.1016976⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpba.2024.116224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-05216774v1</w:t>
+                <w:t xml:space="preserve">hal-04776949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of production and control processes of parenteral nutritional admixtures in neonatology</w:t>
+                <w:t xml:space="preserve">Polyvalent immunoglobulin use: Issues between good use, economic constraints and shortages over 25 years</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alizée Bosson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Durand</w:t>
+                <w:t xml:space="preserve">Q. Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roseline Mazet</w:t>
+                <w:t xml:space="preserve">V. Tuloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Jouannet-Romaszko</w:t>
+                <w:t xml:space="preserve">C. Chevallier-Brilloit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Chennell</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2023.12.009⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Internal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 125, pp.145-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejim.2024.03.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777023v1</w:t>
+                <w:t xml:space="preserve">hal-04813068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen inhalation: in vivo rat genotoxicity tests</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
+                <w:t xml:space="preserve">Evaluation of drug cost savings related to clinical trials from the perspective of a university hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Alcaraz</w:t>
+                <w:t xml:space="preserve">Mélanie Minoves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Davin</w:t>
+                <w:t xml:space="preserve">Sophie Cerana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Pascal-Moussellard</w:t>
+                <w:t xml:space="preserve">Fabienne Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ducki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mutation Research - Genetic Toxicology and Environmental Mutagenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mrgentox.2024.503736⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (6), pp.520-525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2022-003671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813069v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen inhalation: in vivo rat genotoxicity tests</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Victor Pascal-Moussellard</w:t>
+                <w:t xml:space="preserve">The Favorable impact of everolimus on Chronic lung allograft dysfunction in lung transplant recipients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Landoas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Falque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Saint-Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Briault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mutation Research - Genetic Toxicology and Environmental Mutagenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mrgentox.2024.503736⟩</w:t>
+              <w:t xml:space="preserve">International Immunopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 143, pp.113415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.intimp.2024.113415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04445635v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of HPLC and TLC analytical methods to determine radiochemical purity of 99mTc-cAbVCAM1-5, a new experimental radiotracer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Bacot</w:t>
+                <w:t xml:space="preserve">Pharmacy Education and Clinical Pharmacy Training in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ranchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Grimandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Sève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (6), pp.161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmacy12060161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpba.2024.116224⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04776949v1</w:t>
+                <w:t xml:space="preserve">hal-04813050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyvalent immunoglobulin use: Issues between good use, economic constraints and shortages over 25 years</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Chanoine</w:t>
+                <w:t xml:space="preserve">Can prefilled syringes help to improve patient safety?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cordélia Salomez-Ihl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Albaladejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Internal Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Anaesthesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41 (9), pp.711-713. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/EJA.0000000000002001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejim.2024.03.019⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813068v1</w:t>
+                <w:t xml:space="preserve">hal-04813067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of drug cost savings related to clinical trials from the perspective of a university hospital</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Follow-up care experience of patients with invasive meningococcal disease and their family caregivers: a qualitative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Reymond</w:t>
+                <w:t xml:space="preserve">Alexiane Baloche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Ducki</w:t>
+                <w:t xml:space="preserve">Florence Carrouel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Argaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Kolev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2022-003671⟩</w:t>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.1002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12879-024-09860-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813051v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Favorable impact of everolimus on Chronic lung allograft dysfunction in lung transplant recipients</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characteristics of hospital pharmacist interventions and their clinical, economic and organizational impacts: a five-year observational study on the French National Observatory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Saint-Raymond</w:t>
+                <w:t xml:space="preserve">Justine Clarenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Briault</w:t>
+                <w:t xml:space="preserve">Céline Mongaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vermorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Luc Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Immunopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.intimp.2024.113415⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11096-024-01843-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813049v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacy Education and Clinical Pharmacy Training in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Sève</w:t>
+                <w:t xml:space="preserve">Follow-up care experience of patients with invasive meningococcal disease and their family caregivers: a qualitative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexiane Baloche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Carrouel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Argaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Kolev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pharmacy12060161⟩</w:t>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.1002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12879-024-09860-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813050v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can prefilled syringes help to improve patient safety?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Albaladejo</w:t>
+                <w:t xml:space="preserve">Automation of parenteral nutrition: impact on process and cost analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amor Hosni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Picard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Anaesthesiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 41 (9), pp.711-713. </w:t>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (5), pp.468-473. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/EJA.0000000000002001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2022-003602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813067v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Follow-up care experience of patients with invasive meningococcal disease and their family caregivers: a qualitative study</w:t>
+                <w:t xml:space="preserve">H 2 inhalation therapy in patients with moderate COVID-19 (H 2 COVID): a prospective ascending-dose phase I clinical trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexiane Baloche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">C. Salomez-Ihl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Carrouel</w:t>
+                <w:t xml:space="preserve">J. Giai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Argaud</w:t>
+                <w:t xml:space="preserve">M. Barbado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Kolev</w:t>
+                <w:t xml:space="preserve">A. Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Touati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12879-024-09860-6⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 68 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/aac.00573-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813061v1</w:t>
+                <w:t xml:space="preserve">hal-04760588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of hospital pharmacist interventions and their clinical, economic and organizational impacts: a five-year observational study on the French National Observatory</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie Gangloff</w:t>
+                <w:t xml:space="preserve">H 2 inhalation therapy in patients with moderate COVID-19 (H 2 COVID): a prospective ascending-dose phase I clinical trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Salomez-Ihl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Giai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Barbado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Touati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11096-024-01843-6⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 68 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/aac.00573-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04981517v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Follow-up care experience of patients with invasive meningococcal disease and their family caregivers: a qualitative study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Karine Kolev</w:t>
+                <w:t xml:space="preserve">Translation and validation of the CLEO tool in Vietnamese to assess the significance of pharmacist interventions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">an Thi-Truong Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khanh Hoang-Phuong Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hai Ba Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Tham Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hai Thanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12879-024-09860-6⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11096-024-01813-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04713239v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H 2 inhalation therapy in patients with moderate COVID-19 (H 2 COVID): a prospective ascending-dose phase I clinical trial</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lung cancer, comorbidities, and medication: the infernal trio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Giai</w:t>
+                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Barbado</w:t>
+                <w:t xml:space="preserve">Denis Moro-Sibilot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Paris</w:t>
+                <w:t xml:space="preserve">Christos Chouaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Touati</w:t>
+                <w:t xml:space="preserve">Gil Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 68 (8), </w:t>
+              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, pp.1016976. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/aac.00573-24⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphar.2023.1016976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04760588v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05216774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automation of parenteral nutrition: impact on process and cost analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Perrier</w:t>
+                <w:t xml:space="preserve">Hydrogen inhalation: in vivo rat genotoxicity tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cordélia Salomez-Ihl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amor Hosni</w:t>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Alcaraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Durand</w:t>
+                <w:t xml:space="preserve">Chloé Davin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pascal-Moussellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2022-003602⟩</w:t>
+              <w:t xml:space="preserve">Mutation Research - Genetic Toxicology and Environmental Mutagenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 894, pp.503736. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mrgentox.2024.503736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813085v1</w:t>
+                <w:t xml:space="preserve">hal-04445635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H 2 inhalation therapy in patients with moderate COVID-19 (H 2 COVID): a prospective ascending-dose phase I clinical trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Touati</w:t>
+                <w:t xml:space="preserve">Comparative study of production and control processes of parenteral nutritional admixtures in neonatology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Jouannet-Romaszko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Chennell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/aac.00573-24⟩</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 82 (2), pp.306-317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2023.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813065v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translation and validation of the CLEO tool in Vietnamese to assess the significance of pharmacist interventions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hai Thanh Nguyen</w:t>
+                <w:t xml:space="preserve">Hydrogen inhalation: in vivo rat genotoxicity tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cordélia Salomez-Ihl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Alcaraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Davin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pascal-Moussellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mutation Research - Genetic Toxicology and Environmental Mutagenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 894, pp.503736. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mrgentox.2024.503736⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11096-024-01813-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813057v1</w:t>
+                <w:t xml:space="preserve">hal-04813069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical pharmacy as a guarantee of safety in times of crisis: evolution and relevance of the continued presence of clinical pharmacists in frontline medical units during the first wave of COVID-19</w:t>
               </w:r>
@@ -3126,8494 +3126,8494 @@
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/ejhpharm-2023-003815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04814501v1</w:t>
+                <w:t xml:space="preserve">hal-04813076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical pharmacy as a guarantee of safety in times of crisis: evolution and relevance of the continued presence of clinical pharmacists in frontline medical units during the first wave of COVID-19</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Much ado about nothing? Discrepancy between the available data on the antiviral effect of hydroxychloroquine in March 2020 and its inclusion in COVID-19 clinical trials and outpatient prescriptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Vieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Epaulard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2023-003815⟩</w:t>
+              <w:t xml:space="preserve">Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 225, pp.35-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.puhe.2023.09.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813076v1</w:t>
+                <w:t xml:space="preserve">hal-04813073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Much ado about nothing? Discrepancy between the available data on the antiviral effect of hydroxychloroquine in March 2020 and its inclusion in COVID-19 clinical trials and outpatient prescriptions</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Automation of parenteral nutrition: impact on process and cost analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amor Hosni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Public Health</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, ejhpharm-2022-003602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2022-003602⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.puhe.2023.09.018⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813073v1</w:t>
+                <w:t xml:space="preserve">hal-04549370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automation of parenteral nutrition: impact on process and cost analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Traduction et adaptation au contexte hospitalier français d’un outil de codification des erreurs de prescription liées aux logiciels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Videau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ornella Conort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Janoly-Dumenil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2022-003602⟩</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 81 (6), pp.1054-1071. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2023.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04549370v1</w:t>
+                <w:t xml:space="preserve">hal-04663813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traduction et adaptation au contexte hospitalier français d’un outil de codification des erreurs de prescription liées aux logiciels</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bacterial survival in radiopharmaceutical solutions: a critical impact on current practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelle Plasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ardisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas de Leiris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Association of Nuclear Medicine, issuing body - EJNMMI radiopharmacy and chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (1), pp.34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s41181-023-00221-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2023.06.003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04663813v1</w:t>
+                <w:t xml:space="preserve">hal-04777250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial survival in radiopharmaceutical solutions: a critical impact on current practices</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas de Leiris</w:t>
+                <w:t xml:space="preserve">Development of artificial intelligence powered apps and tools for clinical pharmacy services: A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ranchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Moreau-Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Association of Nuclear Medicine, issuing body - EJNMMI radiopharmacy and chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Medical Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 172, pp.104983. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmedinf.2022.104983⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s41181-023-00221-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04777250v1</w:t>
+                <w:t xml:space="preserve">hal-04813094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of artificial intelligence powered apps and tools for clinical pharmacy services: A systematic review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Moreau-Gaudry</w:t>
+                <w:t xml:space="preserve">Bacterial survival in radiopharmaceutical solutions: a critical impact on current practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelle Plasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ardisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas de Leiris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Medical Informatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Association of Nuclear Medicine, issuing body - EJNMMI radiopharmacy and chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (1), pp.34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s41181-023-00221-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmedinf.2022.104983⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813094v1</w:t>
+                <w:t xml:space="preserve">hal-04813072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial survival in radiopharmaceutical solutions: a critical impact on current practices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Comparison of three automated compounding devices for parenteral nutrition according to four key technical tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas de Leiris</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Association of Nuclear Medicine, issuing body - EJNMMI radiopharmacy and chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s41181-023-00221-3⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (6), pp.347-352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2021-002993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813072v1</w:t>
+                <w:t xml:space="preserve">hal-04813095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of three automated compounding devices for parenteral nutrition according to four key technical tests</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roseline Mazet</w:t>
+                <w:t xml:space="preserve">Development of Indirect Health Data Linkage on Health Product Use and Care Trajectories in France: Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ranchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Moreau-Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Medical Internet Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25, pp.e41048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/41048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2021-002993⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813095v1</w:t>
+                <w:t xml:space="preserve">hal-04813083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of seven comorbidity scores on four-month survival of lung cancer patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pluchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Moro-Sibilot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 23 (1), pp.256. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12874-023-01994-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04813079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Indirect Health Data Linkage on Health Product Use and Care Trajectories in France: Systematic Review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Moreau-Gaudry</w:t>
+                <w:t xml:space="preserve">Retrospective study of sacral neuromodulator implantations in a French hospital center: Lifespan and hospital costs assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Daikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lombardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Internet Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Colorectal Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (1), pp.273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00384-023-04569-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2196/41048⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813083v1</w:t>
+                <w:t xml:space="preserve">hal-04813071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of three automated compounding devices for parenteral nutrition according to four key technical tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 30 (6), pp.347-352. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/ejhpharm-2021-002993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04813111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrospective study of sacral neuromodulator implantations in a French hospital center: Lifespan and hospital costs assessment</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Much ado about nothing? Discrepancy between the available data on the antiviral effect of hydroxychloroquine in March 2020 and its inclusion in COVID-19 clinical trials and outpatient prescriptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Vieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Epaulard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Colorectal Disease</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 225, pp.35-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.puhe.2023.09.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00384-023-04569-5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813071v1</w:t>
+                <w:t xml:space="preserve">hal-04549317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Much ado about nothing? Discrepancy between the available data on the antiviral effect of hydroxychloroquine in March 2020 and its inclusion in COVID-19 clinical trials and outpatient prescriptions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Vieux</w:t>
+                <w:t xml:space="preserve">Comparison of seven comorbidity scores on four-month survival of lung cancer patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q. Perrier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Moro-Sibilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.puhe.2023.09.018⟩</w:t>
+              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12874-023-01994-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04549317v1</w:t>
+                <w:t xml:space="preserve">hal-04658709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of seven comorbidity scores on four-month survival of lung cancer patients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">Evaluation of drug cost savings related to clinical trials from the perspective of a university hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Minoves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cerana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ducki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12874-023-01994-6⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, ejhpharm-2022-003671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2022-003671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04658709v1</w:t>
+                <w:t xml:space="preserve">hal-04555767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of drug cost savings related to clinical trials from the perspective of a university hospital</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Epidemiology and Clinical Burden of Meningococcal Disease in France: Scoping Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Reymond</w:t>
+                <w:t xml:space="preserve">Alexiane Baloche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Dussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Ducki</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florence Carrouel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Mick</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2022-003671⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (3), pp.849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm12030849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04555767v1</w:t>
+                <w:t xml:space="preserve">hal-03981569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidemiology and Clinical Burden of Meningococcal Disease in France: Scoping Review</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claude Dussart</w:t>
+                <w:t xml:space="preserve">Impact of polypharmacy and comorbidity on survival and systemic parenteral treatment administration in a cohort of hospitalized lung-cancer patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Moro-Sibilot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12885-023-10939-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jcm12030849⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03981569v1</w:t>
+                <w:t xml:space="preserve">hal-04813082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of polypharmacy and comorbidity on survival and systemic parenteral treatment administration in a cohort of hospitalized lung-cancer patients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">Clinical pharmacy as a guarantee of safety in times of crisis: evolution and relevance of the continued presence of clinical pharmacists in frontline medical units during the first wave of COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Tanty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Vitale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lombardo-Duron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armance Grevy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prudence Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, ejhpharm-2023-003815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2023-003815⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12885-023-10939-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813082v1</w:t>
+                <w:t xml:space="preserve">hal-04814501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SARS-CoV-2 anti-spike antibodies after a fourth dose of COVID-19 vaccine in adult solid-organ transplant recipients</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using national data to describe characteristics and determine acceptance factors of pharmacists’ interventions: a six-year longitudinal study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Lupo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Loïc Falque</w:t>
+                <w:t xml:space="preserve">Mayssam Bouzeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Clarenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mongaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2022.08.065⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 45 (2), pp.430-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11096-022-01526-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813097v1</w:t>
+                <w:t xml:space="preserve">hal-04813091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using national data to describe characteristics and determine acceptance factors of pharmacists’ interventions: a six-year longitudinal study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Information and Communication Technologies in Lung Transplantation: Perception of Patients and Medical Teams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mayssam Bouzeid</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+                <w:t xml:space="preserve">Léa Liaigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roustit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11096-022-01526-0⟩</w:t>
+              <w:t xml:space="preserve">Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (4), pp.75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmacy10040075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04663806v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 mass vaccination – an illustration of the impact of syringe choice on the effectiveness of mass vaccination campaigns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Epaulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Brudieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (1), pp.804 - 806. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/22221751.2022.2048968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04777009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using national data to describe characteristics and determine acceptance factors of pharmacists’ interventions: a six-year longitudinal study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+                <w:t xml:space="preserve">“When did you decide to receive the Covid-19 vaccine?” Survey in a high-volume vaccination center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Le Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Batel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Mahdhaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Margotton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11096-022-01526-0⟩</w:t>
+              <w:t xml:space="preserve">Human Vaccines &amp; Immunotherapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (12), pp.5099-5104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21645515.2021.2013081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813091v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information and Communication Technologies in Lung Transplantation: Perception of Patients and Medical Teams</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Genty</w:t>
+                <w:t xml:space="preserve">Tolerance of Fentanyl Pectin Nasal Spray for Procedural Pain in Geriatric Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurentine Maljean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Gavazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prudence Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armance Grevy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Payen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pharmacy10040075⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Medical Directors Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (6), pp.1005-1010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jamda.2022.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814495v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SARS-CoV-2 anti-spike antibodies after a fourth dose of COVID-19 vaccine in adult solid-organ transplant recipients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lupo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théophile Gerster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Falque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaccine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 40 (44), pp.6404-6411. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.vaccine.2022.08.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“When did you decide to receive the Covid-19 vaccine?” Survey in a high-volume vaccination center</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Morgane Margotton</w:t>
+                <w:t xml:space="preserve">A quality by design approach for the qualification of automating compounding device for parenteral nutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Piquemal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Vaccines &amp; Immunotherapeutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/21645515.2021.2013081⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 179, pp.106275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejps.2022.106275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813110v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04557358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tolerance of Fentanyl Pectin Nasal Spray for Procedural Pain in Geriatric Patients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marion Payen</w:t>
+                <w:t xml:space="preserve">Sotorasib associated with tacrolimus and everolimus: A significant drug interaction in lung transplant patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Liaigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Orhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Briault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Romand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Medical Directors Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jamda.2022.03.005⟩</w:t>
+              <w:t xml:space="preserve">Transplant Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 74, pp.101678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trim.2022.101678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813106v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A quality by design approach for the qualification of automating compounding device for parenteral nutrition</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Place of magistral preparations to continue the treatment if the drug is commercially stopped worldwide? A case report of a 10-year-old child with subacute sclerosing panencephalitis (SSPE) requiring inosiplex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renan Le Cras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dubois-Teklali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Sabourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejps.2022.106275⟩</w:t>
+              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/22221751.2022.2148563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04557358v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sotorasib associated with tacrolimus and everolimus: A significant drug interaction in lung transplant patients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
+                <w:t xml:space="preserve">Information and Communication Technologies in Lung Transplantation: Perception of Patients and Medical Teams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Liaigre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Philippe Romand</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roustit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trim.2022.101678⟩</w:t>
+              <w:t xml:space="preserve">Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (4), pp.75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmacy10040075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04552754v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redistribution of critical drugs in shortage during the first wave of COVID-19 in France: from operating theaters to intensive care units</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Honoré</w:t>
+                <w:t xml:space="preserve">COVID-19 mass vaccination – an illustration of the impact of syringe choice on the effectiveness of mass vaccination campaigns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Epaulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Brudieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmaceutical Policy and Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40545-022-00425-z⟩</w:t>
+              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (1), pp.804-806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/22221751.2022.2048968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813108v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place of magistral preparations to continue the treatment if the drug is commercially stopped worldwide? A case report of a 10-year-old child with subacute sclerosing panencephalitis (SSPE) requiring inosiplex</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Redistribution of critical drugs in shortage during the first wave of COVID-19 in France: from operating theaters to intensive care units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Collomp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renan Le Cras</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roseline Mazet</w:t>
+                <w:t xml:space="preserve">Laura Albaladejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Dubois-Teklali</w:t>
+                <w:t xml:space="preserve">Hugo Terrisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Sabourdy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+                <w:t xml:space="preserve">Stéphane Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Pharmaceutical Policy and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (1), pp.28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/22221751.2022.2148563⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40545-022-00425-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813096v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information and Communication Technologies in Lung Transplantation: Perception of Patients and Medical Teams</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Genty</w:t>
+                <w:t xml:space="preserve">Consultations en télésoin pharmaceutique avec dispensation médicamenteuse dématéralisée en contexte sanitaire exceptionnel : preuve de concept et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Salomez-Ihl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Cerana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Morin-Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pharmacy10040075⟩</w:t>
+              <w:t xml:space="preserve">Le Pharmacien Clinicien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phacli.2022.10.739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813101v1</w:t>
+                <w:t xml:space="preserve">hal-03895237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 mass vaccination – an illustration of the impact of syringe choice on the effectiveness of mass vaccination campaigns</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Etienne Brudieu</w:t>
+                <w:t xml:space="preserve">Characteristics of Pharmacists’ Interventions Related to Proton-Pump Inhibitors in French Hospitals: An Observational Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Al Yailian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Conort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/22221751.2022.2048968⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2022/9619699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813109v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04664031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consultations en télésoin pharmaceutique avec dispensation médicamenteuse dématéralisée en contexte sanitaire exceptionnel : preuve de concept et perspectives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Bedouch</w:t>
+                <w:t xml:space="preserve">A quality by design approach for the qualification of automating compounding device for parenteral nutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Piquemal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Pharmacien Clinicien</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.phacli.2022.10.739⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 179, pp.106275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejps.2022.106275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03895237v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics of Pharmacists’ Interventions Related to Proton-Pump Inhibitors in French Hospitals: An Observational Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Al Yailian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Al Yailian</w:t>
+                <w:t xml:space="preserve">B. Charpiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Huet</w:t>
+                <w:t xml:space="preserve">O. Conort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Clinical Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022, pp.1-9. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2022/9619699⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2022/9619699⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04664031v1</w:t>
+                <w:t xml:space="preserve">hal-04813102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A quality by design approach for the qualification of automating compounding device for parenteral nutrition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roseline Mazet</w:t>
+                <w:t xml:space="preserve">Tolerance of Fentanyl Pectin Nasal Spray for Procedural Pain in Geriatric Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurentine Maljean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Gavazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prudence Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armance Grevy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Payen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejps.2022.106275⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Medical Directors Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (6), pp.1005-1010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jamda.2022.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813098v1</w:t>
+                <w:t xml:space="preserve">hal-04760224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of Pharmacists’ Interventions Related to Proton-Pump Inhibitors in French Hospitals: An Observational Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Juste</w:t>
+                <w:t xml:space="preserve">Sotorasib associated with tacrolimus and everolimus: A significant drug interaction in lung transplant patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Liaigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Orhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Briault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Romand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2022/9619699⟩</w:t>
+              <w:t xml:space="preserve">Transplant Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 74, pp.101678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trim.2022.101678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813102v1</w:t>
+                <w:t xml:space="preserve">hal-04813099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tolerance of Fentanyl Pectin Nasal Spray for Procedural Pain in Geriatric Patients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marion Payen</w:t>
+                <w:t xml:space="preserve">Development and Validation of Analytical Methods for Radiochemical Purity of 177Lu-PSMA-1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Orhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Piquemal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas de Leiris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Djaileb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Medical Directors Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jamda.2022.03.005⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (5), pp.522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ph15050522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760224v1</w:t>
+                <w:t xml:space="preserve">hal-04813104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sotorasib associated with tacrolimus and everolimus: A significant drug interaction in lung transplant patients</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pauline Orhon</w:t>
+                <w:t xml:space="preserve">Using national data to describe characteristics and determine acceptance factors of pharmacists’ interventions: a six-year longitudinal study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayssam Bouzeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Clarenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Briault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Romand</w:t>
+                <w:t xml:space="preserve">Céline Mongaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trim.2022.101678⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 45 (2), pp.430-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11096-022-01526-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813099v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04663806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Validation of Analytical Methods for Radiochemical Purity of 177Lu-PSMA-1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SARS-CoV-2 anti-spike antibodies after a fourth dose of COVID-19 vaccine in adult solid-organ transplant recipients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lupo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophile Gerster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Augier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Orhon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Loïc Djaileb</w:t>
+                <w:t xml:space="preserve">Loïc Falque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceuticals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 40 (44), pp.6404-6411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2022.08.065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ph15050522⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813104v1</w:t>
+                <w:t xml:space="preserve">hal-04813097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study protocol to assess polypharmacy and comorbidities in lung cancer</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Visualizing Food-Drug Interactions in the Thériaque Database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Fauconnier</w:t>
+                <w:t xml:space="preserve">Frédéric Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Delafosse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+                <w:t xml:space="preserve">Cyril Simonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Depras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Bordea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiratory Medicine and Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resmer.2021.100861⟩</w:t>
+              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Studies in Health Technology and Informatics, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/SHTI210159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04661126v1</w:t>
+                <w:t xml:space="preserve">hal-04813120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atypical Evolution of Secondary Hemolytic Uremic Syndrome Defined as Paraneoplastic Syndrome under Eculizumab and Palbociclib Therapies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rachel Tetaz</w:t>
+                <w:t xml:space="preserve">CLEO: a multidimensional tool to assess clinical, economic and organisational impacts of pharmacists’ interventions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Thi Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Roubille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case Reports in Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000514982⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (4), pp.193-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2020-002642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813121v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualizing Food-Drug Interactions in the Theriaque Database</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Lalanne</w:t>
+                <w:t xml:space="preserve">La pharmacie clinique hospitalière française : une crise identitaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Tanty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Habert-Dantigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Didier Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Georgeta Bordea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/shti210159⟩</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 79 (4), pp.431-439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03280480v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04803277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualizing Food-Drug Interactions in the Thériaque Database</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Georgeta Bordea</w:t>
+                <w:t xml:space="preserve">A Case of &amp;lt;b&amp;gt;&amp;lt;i&amp;gt;Pneumocystis jirovecii&amp;lt;/i&amp;gt;&amp;lt;/b&amp;gt; Pneumonia under Belatacept and Everolimus: Benefit-Risk Balance between Renal Allograft Function and Infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Portais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Terrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Cerba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Case Reports in Nephrology and Dialysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.10-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000510842⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/SHTI210159⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04813120v1</w:t>
+                <w:t xml:space="preserve">hal-04813125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CLEO: a multidimensional tool to assess clinical, economic and organisational impacts of pharmacists’ interventions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renaud Roubille</w:t>
+                <w:t xml:space="preserve">Clinical evaluation of pharmacists’ interventions on multidisciplinary lung transplant outpatients’ management: results of a 7-year observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tanty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dantigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.D. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 79 (4), pp.431-439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.11.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2020-002642⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04814474v1</w:t>
+                <w:t xml:space="preserve">hal-04814467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pharmacie clinique hospitalière française : une crise identitaire ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">CLEO: a multidimensional tool to assess clinical, economic and organisational impacts of pharmacists’ interventions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Thi Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Roubille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (4), pp.193-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2020-002642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.11.010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04803277v1</w:t>
+                <w:t xml:space="preserve">hal-04813123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical evaluation of pharmacists’ interventions on multidisciplinary lung transplant outpatients’ management: results of a 7-year observational study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">Comparison of three automated compounding devices for parenteral nutrition according to four key technical tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.11.010⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (6), pp.347-352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2021-002993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04814467v1</w:t>
+                <w:t xml:space="preserve">hal-04786146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Case of &amp;lt;b&amp;gt;&amp;lt;i&amp;gt;Pneumocystis jirovecii&amp;lt;/i&amp;gt;&amp;lt;/b&amp;gt; Pneumonia under Belatacept and Everolimus: Benefit-Risk Balance between Renal Allograft Function and Infection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Romanet</w:t>
+                <w:t xml:space="preserve">Clinical Relevance of Pharmacist Intervention: Development of a Named Entity Recognition Model on Unstructured Comments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Clarenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Alixe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case Reports in Nephrology and Dialysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000510842⟩</w:t>
+              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Studies in Health Technology and Informatics, 281, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/SHTI210210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813125v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CLEO: a multidimensional tool to assess clinical, economic and organisational impacts of pharmacists’ interventions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ha Thi Vo</w:t>
+                <w:t xml:space="preserve">Characteristics of pharmacist’s interventions triggered by prescribing errors related to computerised physician order entry in French hospitals: a cross-sectional observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Videau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vermorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Charpiat</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Renaud Roubille</w:t>
+                <w:t xml:space="preserve">Ornella Conort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2020-002642⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (10), pp.e045778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-045778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813123v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of three automated compounding devices for parenteral nutrition according to four key technical tests</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roseline Mazet</w:t>
+                <w:t xml:space="preserve">Study protocol to assess polypharmacy and comorbidities in lung cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fauconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Delafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2021-002993⟩</w:t>
+              <w:t xml:space="preserve">Respiratory Medicine and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 80, pp.100861. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resmer.2021.100861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04786146v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04661126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to agree on what is fundamental to optimal teamwork performance in a situation of postpartum hemorrhage? A multidisciplinary Delphi French study to develop the Obstetric Team Performance Assessment Scale (OTPA Scale)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atypical Evolution of Secondary Hemolytic Uremic Syndrome Defined as Paraneoplastic Syndrome under Eculizumab and Palbociclib Therapies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Noble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée Duron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+                <w:t xml:space="preserve">Steven Grangé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Peron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoît Allenet</w:t>
+                <w:t xml:space="preserve">Rachel Tetaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Obstetrics &amp; Gynecology and Reproductive Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fcp.12477⟩</w:t>
+              <w:t xml:space="preserve">Case Reports in Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (1), pp.676-680. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000514982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04814537v1</w:t>
+                <w:t xml:space="preserve">hal-04813121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of pharmacist’s interventions triggered by prescribing errors related to computerised physician order entry in French hospitals: a cross-sectional observational study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ornella Conort</w:t>
+                <w:t xml:space="preserve">Visualizing Food-Drug Interactions in the Theriaque Database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Simonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Depras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Bordea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-045778⟩</w:t>
+              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Public Health and Informatics, 281, pp.253-257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/shti210159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813117v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03280480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical Relevance of Pharmacist Intervention: Development of a Named Entity Recognition Model on Unstructured Comments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Clarenne</w:t>
+                <w:t xml:space="preserve">Genesis of an emergency public drug information website by the French Society of Pharmacology and Therapeutics during the COVID-19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Larrouquere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Priou</w:t>
+                <w:t xml:space="preserve">M. Gabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymeric Alixe</w:t>
+                <w:t xml:space="preserve">E. Poingt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Mongaret</w:t>
+                <w:t xml:space="preserve">A. Mouffak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hlavaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/SHTI210210⟩</w:t>
+              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (3), pp.389-396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fcp.12564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813119v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03127829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genesis of an emergency public drug information website by the French Society of Pharmacology and Therapeutics during the COVID-19 pandemic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clinical evaluation of pharmacists’ interventions on multidisciplinary lung transplant outpatients’ management: results of a 7-year observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gabin</w:t>
+                <w:t xml:space="preserve">Marion Duwez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Poingt</w:t>
+                <w:t xml:space="preserve">Marion Lepelley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mouffak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Hlavaty</w:t>
+                <w:t xml:space="preserve">Thi Ha Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pluchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fcp.12564⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (11), pp.e041563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-041563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03127829v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical evaluation of pharmacists’ interventions on multidisciplinary lung transplant outpatients’ management: results of a 7-year observational study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinical, economic and organizational impact of pharmacist interventions on injectable antineoplastic prescriptions: a prospective observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zecchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Duwez</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Thi-Ha Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lepelley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Ha Vo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+                <w:t xml:space="preserve">Mathieu Laramas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (11), pp.e041563. </w:t>
+              <w:t xml:space="preserve">BMC Health Services Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), pp.113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2020-041563⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12913-020-4963-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813126v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical, economic and organizational impact of pharmacist interventions on injectable antineoplastic prescriptions: a prospective observational study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tablets or oral suspension for posaconazole in lung transplant recipients? Consequences for trough concentrations of tacrolimus and everolimus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Zecchini</w:t>
+                <w:t xml:space="preserve">Elodie Gautier-Veyret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pluchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi-Ha Vo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marion Lepelley</w:t>
+                <w:t xml:space="preserve">Julia Tonini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Laramas</w:t>
+                <w:t xml:space="preserve">Xavier Fonrose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Health Services Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20 (1), pp.113. </w:t>
+              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 87 (2), pp.427-435. </w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12913-020-4963-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bcp.14398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04814446v1</w:t>
+                <w:t xml:space="preserve">hal-04827756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tablets or oral suspension for posaconazole in lung transplant recipients? Consequences for trough concentrations of tacrolimus and everolimus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+                <w:t xml:space="preserve">Evaluation of a collaborative care program for pulmonary hypertension patients: a multicenter randomized trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Gautier-Veyret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+                <w:t xml:space="preserve">Marie-Camille Chaumais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Tonini</w:t>
+                <w:t xml:space="preserve">Anne Gairard-Dory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Fonrose</w:t>
+                <w:t xml:space="preserve">Caroline Hadjadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 87 (2), pp.427-435. </w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (4), pp.1128-1138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bcp.14398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11096-020-01047-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04827756v1</w:t>
+                <w:t xml:space="preserve">hal-04526871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a collaborative care program for pulmonary hypertension patients: a multicenter randomized trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Camille Chaumais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gairard-Dory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hadjadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 42 (4), pp.1128-1138. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11096-020-01047-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04526871v1</w:t>
+                <w:t xml:space="preserve">hal-04814456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a collaborative care program for pulmonary hypertension patients: a multicenter randomized trial</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrating a pharmacist into an anaesthesiology and critical care department: Is this worthwhile?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Gairard-Dory</w:t>
+                <w:t xml:space="preserve">C. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Hadjadj</w:t>
+                <w:t xml:space="preserve">P. Albaladejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Catoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 42 (4), pp.1128-1138. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11096-020-01047-8⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 41 (6), pp.1491-1498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11096-019-00909-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814456v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04821342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexité de la gestion des médicaments relevant du dispositif pérenne post-ATU dans un centre hospitalier universitaire</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Lehmann</w:t>
+                <w:t xml:space="preserve">Integrating a pharmacist into an anaesthesiology and critical care department: Is this worthwhile?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Albaladejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Catoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Pharmacien Hospitalier et Clinicien</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.phclin.2018.09.007⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 41 (6), pp.1491-1498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11096-019-00909-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03486283v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating a pharmacist into an anaesthesiology and critical care department: Is this worthwhile?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évaluation de la prise en charge de l’anémie ferriprive au CHU de Grenoble-Alpes : suivi d’un programme de traitement par carboxymaltose ferrique intraveineux pendant 12 mois dans une cohorte de patients atteints de maladie rénale chronique non dépendants d’une dialyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11096-019-00909-0⟩</w:t>
+              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15, pp.104 - 109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nephro.2018.10.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04821342v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03486374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating a pharmacist into an anaesthesiology and critical care department: Is this worthwhile?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complexité de la gestion des médicaments relevant du dispositif pérenne post-ATU dans un centre hospitalier universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Chapuis</w:t>
+                <w:t xml:space="preserve">F. Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Albaladejo</w:t>
+                <w:t xml:space="preserve">C. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Billon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Chanoine</w:t>
+                <w:t xml:space="preserve">G. Viard-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11096-019-00909-0⟩</w:t>
+              <w:t xml:space="preserve">Le Pharmacien Hospitalier et Clinicien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 54, pp.126 - 130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phclin.2018.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04814430v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03486283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de la prise en charge de l’anémie ferriprive au CHU de Grenoble-Alpes : suivi d’un programme de traitement par carboxymaltose ferrique intraveineux pendant 12 mois dans une cohorte de patients atteints de maladie rénale chronique non dépendants d’une dialyse</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">Validation of a tool for reporting pharmacists' interventions in everyday community pharmacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-D. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Charpiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Zaoui</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Leyrissoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gravoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nephro.2018.10.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Pharmacy and Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 43 (2), pp.240-248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jcpt.12642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03486374v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of a tool for reporting pharmacists' interventions in everyday community pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Vo</w:t>
+                <w:t xml:space="preserve">Asthma Medication Ratio Phenotypes in Elderly Women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-D. Bardet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Charpiat</w:t>
+                <w:t xml:space="preserve">Isabelle Pin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Leyrissoux</w:t>
+                <w:t xml:space="preserve">Margaux Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gravoulet</w:t>
+                <w:t xml:space="preserve">Sofia Temam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe M. Pison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Pharmacy and Therapeutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jcpt.12642⟩</w:t>
+              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology: In Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (3), pp.897-906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaip.2017.07.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007289v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asthma Medication Ratio Phenotypes in Elderly Women</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Pin</w:t>
+                <w:t xml:space="preserve">Predictive factors for clinically significant pharmacist interventions at hospital admission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Sanchez</w:t>
+                <w:t xml:space="preserve">Pauline Quillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Ha Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofia Temam</w:t>
+                <w:t xml:space="preserve">Léa Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe M. Pison</w:t>
+                <w:t xml:space="preserve">Mathieu Fourgeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology: In Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (3), pp.897-906. </w:t>
+              <w:t xml:space="preserve">Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97, </w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaip.2017.07.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/md.0000000000009865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744549v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03580850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimorbidity medications and poor asthma prognosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Temam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Le Moual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11658,4280 +11658,4271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01801959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive factors for clinically significant pharmacist interventions at hospital admission</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Mongaret</w:t>
+                <w:t xml:space="preserve">Electronic Medication Regimen Complexity Index at admission and complications during hospitalization in medical wards: a tool to improve quality of care?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lepelley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Quillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thi Ha Vo</w:t>
+                <w:t xml:space="preserve">André Lecoanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Aubert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Fourgeaud</w:t>
+                <w:t xml:space="preserve">Benoit Allenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/md.0000000000009865⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Quality in Health Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (1), pp.32-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/intqhc/mzx168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03580850v1</w:t>
+                <w:t xml:space="preserve">hal-02007300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoi de neuf dans le traitement de l’hypertension artérielle pulmonaire en 2018 ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Pison</w:t>
+                <w:t xml:space="preserve">Marie Jondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Jondot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">Salvat M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouvaist H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sang Thrombose Vaisseaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 30 (5), pp.213-216. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1684/stv.2018.1027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01971553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic Medication Regimen Complexity Index at admission and complications during hospitalization in medical wards: a tool to improve quality of care?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Genty</w:t>
+                <w:t xml:space="preserve">Favorable Evolution of Cryptococcal Meningitis in the Context of Flucytosine Resistance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Lecoanet</w:t>
+                <w:t xml:space="preserve">Jean Paul Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Allenet</w:t>
+                <w:t xml:space="preserve">Sébastien Quétant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Quality in Health Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 30 (1), pp.32-38. </w:t>
+              <w:t xml:space="preserve">Experimental and Clinical Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/intqhc/mzx168⟩</w:t>
+                <w:t xml:space="preserve">⟨10.6002/ect.2015.0217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007300v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Favorable Evolution of Cryptococcal Meningitis in the Context of Flucytosine Resistance.</w:t>
+                <w:t xml:space="preserve">Impact of collaborative pharmaceutical care on in-patients' medication safety: study protocol for a stepped wedge cluster randomized trial (MEDREV study)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Claustre</w:t>
+                <w:t xml:space="preserve">Géraldine Leguelinel-Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Paul Brion</w:t>
+                <w:t xml:space="preserve">Christel Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Quétant</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Clarisse Roux-Marson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental and Clinical Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.6002/ect.2015.0217⟩</w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19, pp.19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-017-2412-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01963419v1</w:t>
+                <w:t xml:space="preserve">hal-01741876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of collaborative pharmaceutical care on in-patients' medication safety: study protocol for a stepped wedge cluster randomized trial (MEDREV study)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrating anatomo‐physiological changes and pharmacogenomics in anti‐infective therapy management: is it a major concern?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Roux-Marson</w:t>
+                <w:t xml:space="preserve">Laura Beaumier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Gautier-Veyret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pluchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bouvet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Andrieu</w:t>
+                <w:t xml:space="preserve">Muriel Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13063-017-2412-7⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 85 (1), pp.263-265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bcp.13785⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01741876v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04760870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating anatomo‐physiological changes and pharmacogenomics in anti‐infective therapy management: is it a major concern?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimizing medication use in elderly people in primary care: Impact of STOPP criteria on inappropriate prescriptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prudence Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cabaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Beaumier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hélène Pluchart</w:t>
+                <w:t xml:space="preserve">Mélanie Moulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Cornet</w:t>
+                <w:t xml:space="preserve">Jean-Emmanuel Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 85 (1), pp.263-265. </w:t>
+              <w:t xml:space="preserve">Archives of Gerontology and Geriatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 75, pp.16-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bcp.13785⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.archger.2017.10.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04760870v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing medication use in elderly people in primary care: Impact of STOPP criteria on inappropriate prescriptions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Prudence Gibert</w:t>
+                <w:t xml:space="preserve">Classifying pharmacists' interventions recorded in observational databases: Are they all necessary and appropriate?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Cabaret</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Tod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Allenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Gerontology and Geriatrics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.archger.2017.10.022⟩</w:t>
+              <w:t xml:space="preserve">Research in Social and Administrative Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13 (6), pp.1184-1185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sapharm.2016.10.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007335v1</w:t>
+                <w:t xml:space="preserve">hal-02007410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classifying pharmacists' interventions recorded in observational databases: Are they all necessary and appropriate?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">Le plan pharmaceutique personnalisé et le nouveau modèle de pharmacie clinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Allenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cabelguenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lepelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Tod</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Prot-Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mouchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Social and Administrative Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sapharm.2016.10.020⟩</w:t>
+              <w:t xml:space="preserve">Le Pharmacien Hospitalier et Clinicien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 52 (3), pp.306-309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phclin.2017.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007410v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le plan pharmaceutique personnalisé et le nouveau modèle de pharmacie clinique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Cabelguenne</w:t>
+                <w:t xml:space="preserve">Comment je traite une bronchopneumopathie chronique obstructive à l’état stable et lors d’une exacerbation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lepelletier</w:t>
+                <w:t xml:space="preserve">M. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Prot-Labarthe</w:t>
+                <w:t xml:space="preserve">Viglino D</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Mouchoux</w:t>
+                <w:t xml:space="preserve">Terzi N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Pharmacien Hospitalier et Clinicien</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Médecine Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (2), pp.90-99</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007353v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01971528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment je traite une bronchopneumopathie chronique obstructive à l’état stable et lors d’une exacerbation ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">Conduite à tenir en cas d’association d’un alpha-bloquant et d’un inhibiteur puissant du cytochrome 3A4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bensalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Maignan</w:t>
+                <w:t xml:space="preserve">S. Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viglino D</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Terzi N</w:t>
+                <w:t xml:space="preserve">F.X. Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Conort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine Thérapeutique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Progrès en Urologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (5), pp.275-282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.purol.2017.02.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01971528v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conduite à tenir en cas d’association d’un alpha-bloquant et d’un inhibiteur puissant du cytochrome 3A4</w:t>
+                <w:t xml:space="preserve">Best practice strategies to safeguard drug prescribing and drug administration: an anthology of expert views and opinions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Bensalah</w:t>
+                <w:t xml:space="preserve">Hanna Seidling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Garcia</w:t>
+                <w:t xml:space="preserve">Marion Stützle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.X. Rose</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">O. Conort</w:t>
+                <w:t xml:space="preserve">Torsten Hoppe-Tichy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Allenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progrès en Urologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 27 (5), pp.275-282. </w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 38 (2), pp.362-373. </w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.purol.2017.02.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11096-016-0253-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007406v1</w:t>
+                <w:t xml:space="preserve">hal-02007471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Best practice strategies to safeguard drug prescribing and drug administration: an anthology of expert views and opinions</w:t>
+                <w:t xml:space="preserve">Risk of Direct Oral Anticoagulant Bioaccumulation in Patients with Pulmonary Hypertension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanna Seidling</w:t>
+                <w:t xml:space="preserve">Laurence Gabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Stützle</w:t>
+                <w:t xml:space="preserve">Xavier Delavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torsten Hoppe-Tichy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">Chahéra Khouatra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bouvaist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11096-016-0253-1⟩</w:t>
+              <w:t xml:space="preserve">Respiration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 91 (4), pp.307-315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000445122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007471v1</w:t>
+                <w:t xml:space="preserve">hal-01963174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk of Direct Oral Anticoagulant Bioaccumulation in Patients with Pulmonary Hypertension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Gabriel</w:t>
+                <w:t xml:space="preserve">Identification des lacunes de connaissances des étudiants en filière officine débutant le stage de 5e année</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Charpiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Delavenne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">S. Derfoufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chahéra Khouatra</w:t>
+                <w:t xml:space="preserve">M. Larger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Bouvaist</w:t>
+                <w:t xml:space="preserve">A. Janoly-Dumenil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 91 (4), pp.307-315. </w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 74 (5), pp.404-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1159/000445122⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2016.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01963174v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01850304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des lacunes de connaissances des étudiants en filière officine débutant le stage de 5e année</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Charpiat</w:t>
+                <w:t xml:space="preserve">Tools for Assessing Potential Significance of Pharmacist Interventions: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi-Ha Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Charpiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Derfoufi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Mouchoux</w:t>
+                <w:t xml:space="preserve">Claire Catoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Roubille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2016.01.001⟩</w:t>
+              <w:t xml:space="preserve">Drug Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 39 (2), pp.131-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40264-015-0370-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01850304v1</w:t>
+                <w:t xml:space="preserve">hal-02007484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tools for Assessing Potential Significance of Pharmacist Interventions: A Systematic Review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renaud Roubille</w:t>
+                <w:t xml:space="preserve">Identification des lacunes de connaissances des étudiants en filière officine débutant le stage de 5e année : propositions pour modifier le contenu de l’enseignement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Derfoufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Larger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Janoly-Dumenil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Safety</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 74 (5), pp.404-412</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007484v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des lacunes de connaissances des étudiants en filière officine débutant le stage de 5e année : propositions pour modifier le contenu de l’enseignement</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Mouchoux</w:t>
+                <w:t xml:space="preserve">Why Do Patients with Chronic Inflammatory Rheumatic Diseases Discontinue Their Biologics? An Assessment of Patients’ Adherence Using a Self-report Questionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Betegnie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Grange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (4), pp.724-730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3899/jrheum.150414⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007474v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why Do Patients with Chronic Inflammatory Rheumatic Diseases Discontinue Their Biologics? An Assessment of Patients’ Adherence Using a Self-report Questionnaire</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Roustit</w:t>
+                <w:t xml:space="preserve">Identification des lacunes de connaissances des étudiants en filière officine débutant le stage de 5e année : propositions pour modifier le contenu de l’enseignement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Derfoufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Larger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Janoly-Dumenil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rheumatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3899/jrheum.150414⟩</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 74 (5), pp.404-412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2016.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007478v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des lacunes de connaissances des étudiants en filière officine débutant le stage de 5e année : propositions pour modifier le contenu de l’enseignement</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Mouchoux</w:t>
+                <w:t xml:space="preserve">Long-Term Survivor with Intrathecal and Intravenous Trastuzumab Treatment in Metastatic Breast Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Pluchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Charlety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Allenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2016.01.001⟩</w:t>
+              <w:t xml:space="preserve">Targeted Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (5), pp.687-691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11523-016-0429-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04666003v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-Term Survivor with Intrathecal and Intravenous Trastuzumab Treatment in Metastatic Breast Cancer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trends in pharmacists' medication order review in French hospitals from 2006 to 2009: analysis of pharmacists' interventions from the Act-IP© website observatory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Pluchart</w:t>
+                <w:t xml:space="preserve">N. Sylvoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Jacquet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">P. Bedouch</w:t>
+                <w:t xml:space="preserve">R. Roubille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Targeted Oncology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Clinical Pharmacy and Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40 (1), pp.32-40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007372v1</w:t>
+                <w:t xml:space="preserve">hal-02007503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoi de neuf dans le traitement de l’hypertension artérielle pulmonaire en 2015 ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+                <w:t xml:space="preserve">Nonspecific Immunoglobulin Replacement in Lung Transplantation Recipients With Hypogammaglobulinemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Claustre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Quetant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubou Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Salvat</w:t>
+                <w:t xml:space="preserve">Marion France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Bouvaist</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gabriel Schummer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine Thérapeutique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 21 (4), pp.282-285. </w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 99 (2), pp.444-450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/met.2015.0522⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/TP.0000000000000339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01971567v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends in pharmacists' medication order review in French hospitals from 2006 to 2009: analysis of pharmacists' interventions from the Act-IP© website observatory</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development and multi-centre evaluation of a method for assessing the severity of potential harm of medication reconciliation errors at hospital admission in elderly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Sylvoz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Juste</w:t>
+                <w:t xml:space="preserve">Sébastien Doerper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Roubille</w:t>
+                <w:t xml:space="preserve">Julien Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Alexandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Allenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Andrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Pharmacy and Therapeutics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Internal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26 (7), pp.491-497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejim.2015.07.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007503v1</w:t>
+                <w:t xml:space="preserve">hal-02007490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonspecific Immunoglobulin Replacement in Lung Transplantation Recipients With Hypogammaglobulinemia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId374" w:history="1">
+                <w:t xml:space="preserve">Traitement médicamenteux chez la femme transplantée avec un projet de grossesse : à propos de deux cas de transplantation pulmonaire et cardio-pulmonaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zecchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Schummer</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Schir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/TP.0000000000000339⟩</w:t>
+              <w:t xml:space="preserve">Thérapie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70 (6), pp.493-499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2515/therapie/2015033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969382v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and multi-centre evaluation of a method for assessing the severity of potential harm of medication reconciliation errors at hospital admission in elderly</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId371" w:history="1">
+                <w:t xml:space="preserve">Physicians and community pharmacists collaboration in primary care: A review of specific models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Didier Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi-Ha Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Allenet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Internal Medicine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Research in Social and Administrative Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (5), pp.602-622</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02007490v1</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement médicamenteux chez la femme transplantée avec un projet de grossesse : à propos de deux cas de transplantation pulmonaire et cardio-pulmonaire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Long-term benefits of inhaled corticosteroids in asthma: the propensity score method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Edith Schir</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orianne Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mériem Benmerad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Varraso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thérapie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2515/therapie/2015033⟩</w:t>
+              <w:t xml:space="preserve">Pharmacoepidemiology and Drug Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24 (3), pp.246-255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pds.3639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007460v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term benefits of inhaled corticosteroids in asthma: the propensity score method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chanoine</w:t>
+                <w:t xml:space="preserve">Automated drug dispensing systems in the intensive care unit: a financial analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Detavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orianne Dumas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Raphaëlle Varraso</w:t>
+                <w:t xml:space="preserve">Gilles Francony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacoepidemiology and Drug Safety</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01969380v1</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physicians and community pharmacists collaboration in primary care: A review of specific models</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thi-Ha Vo</w:t>
+                <w:t xml:space="preserve">Quoi de neuf dans le traitement de l’hypertension artérielle pulmonaire en 2015 ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Jondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoit Allenet</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Salvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Bouvaist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Social and Administrative Pharmacy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Médecine Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (4), pp.282-285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/met.2015.0522⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007375v1</w:t>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01971567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated drug dispensing systems in the intensive care unit: a financial analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Francony</w:t>
+                <w:t xml:space="preserve">Pharmacists’ interventions on intravenous to oral conversion for potassium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Conort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 19 (1)</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 36 (3), pp.513-518</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007488v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacists’ interventions on intravenous to oral conversion for potassium</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Juste</w:t>
+                <w:t xml:space="preserve">QUILAM : construire et valider un questionnaire d’identification des leviers pour accompagner l’adhésion du patient à son traitement médicamenteux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Meslot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baudrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Rose</w:t>
+                <w:t xml:space="preserve">M. Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Pharmacien Hospitalier et Clinicien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 49 (2), pp.e104-e105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phclin.2014.04.225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007520v1</w:t>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02027812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QUILAM : construire et valider un questionnaire d’identification des leviers pour accompagner l’adhésion du patient à son traitement médicamenteux</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Meslot</w:t>
+                <w:t xml:space="preserve">Illness representation and treatment beliefs in liver transplantation: An exploratory qualitative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-D. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Charpiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gauchet</w:t>
+                <w:t xml:space="preserve">M. Rebillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Baudrant</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Roustit</w:t>
+                <w:t xml:space="preserve">C. Ducerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Pharmacien Hospitalier et Clinicien</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 72 (5), pp.375-387</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02027812v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhésion aux biothérapies dans les rhumatismes inflammatoires : identifier les leviers pour mieux accompagner le patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Betegnie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Baudrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Rhumatisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 81 (6), pp.472-477</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01998207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illness representation and treatment beliefs in liver transplantation: An exploratory qualitative study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Bedouch</w:t>
+                <w:t xml:space="preserve">Assessing medication adherence: options to consider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parisa Aslani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rebillon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Ducerf</w:t>
+                <w:t xml:space="preserve">Jennifer Celio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 72 (5), pp.375-387</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 36 (1), pp.55-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007509v1</w:t>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01998223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing medication adherence: options to consider</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Lehmann</w:t>
+                <w:t xml:space="preserve">Le PICC line, un nouvel accès veineux pour les cures antibiotiques de la mucoviscidose de l’adulte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-L. Betegnie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parisa Aslani</w:t>
+                <w:t xml:space="preserve">C. Cracowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rana Ahmed</w:t>
+                <w:t xml:space="preserve">C. Segond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Celio</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Gauchet</w:t>
+                <w:t xml:space="preserve">M.-J. Robein-Dobremez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 36 (1), pp.55-69</w:t>
+              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 31 (9), pp.822-830</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01998223v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Intention to Adhere, Beliefs and Satisfaction About Medicines on Adherence in Solid Organ Transplant Recipients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lehmann‎</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Saint-Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Borrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15976,968 +15967,843 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01897600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le PICC line, un nouvel accès veineux pour les cures antibiotiques de la mucoviscidose de l’adulte</w:t>
+                <w:t xml:space="preserve">Comment évaluer l’adhésion médicamenteuse ? Le point sur les méthodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.-L. Betegnie</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M.-J. Robein-Dobremez</w:t>
+                <w:t xml:space="preserve">B. Allenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baudrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 31 (9), pp.822-830</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 71 (2), pp.135-141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007501v1</w:t>
+                <w:t xml:space="preserve">hal-01998232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment évaluer l’adhésion médicamenteuse ? Le point sur les méthodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId507" w:history="1">
+                <w:t xml:space="preserve">Comment évaluer l'adhésion médicamenteuse ? Le point sur les méthodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Allenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Baudrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 71 (2), pp.135-141</w:t>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01998232v1</w:t>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00980157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment évaluer l'adhésion médicamenteuse ? Le point sur les méthodes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Computerized physician order entry system combined with on-ward pharmacist: analysis of pharmacists' interventions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Allenet</w:t>
+                <w:t xml:space="preserve">Alexandre Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Baudrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Labarere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Baudrant</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Roustit</w:t>
+                <w:t xml:space="preserve">Luc Foroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Evaluation in Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18 (4), pp.911-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2753.2011.01704.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00980157v1</w:t>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00843434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computerized physician order entry system combined with on-ward pharmacist: analysis of pharmacists' interventions.</w:t>
+                <w:t xml:space="preserve">Development of a pharmacist collaborative care program for pulmonary arterial hypertension.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Magalie Baudrant</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roustit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Quetant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Labarere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Foroni</w:t>
+                <w:t xml:space="preserve">Magalie Baudrant-Boga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Evaluation in Clinical Practice</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Int J Clin Pharm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 33 (6), pp.898-901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11096-011-9579-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2753.2011.01704.x⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00843434v1</w:t>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00696289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a pharmacist collaborative care program for pulmonary arterial hypertension.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Management of voriconazole hepatotoxicity in a lung transplant patient.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Belaiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roustit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Quetant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Magalie Baudrant-Boga</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Saint-Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Int J Clin Pharm</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transplant Infectious Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13 (3), pp.309-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1399-3062.2010.00590.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11096-011-9579-x⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00696289v1</w:t>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00696413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of voriconazole hepatotoxicity in a lung transplant patient.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automated drug dispensing system reduces medication errors in an intensive care setting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roustit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Bal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Belaiche</w:t>
-[...70 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 13 (3), pp.309-11. </w:t>
+                <w:t xml:space="preserve">Carole Schwebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId523" w:history="1">
-              <w:r>
-[...117 lines deleted...]
-            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 38 (12), pp.2275 - 2281. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/CCM.0b013e3181f8569b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05185287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16947,880 +16813,880 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a Preclinical Tool for Measuring Percutaneous Transfer of Dihydrogen, with a View to Optimizing Medical Devices Adapted to Focal Therapies in Dermatology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Salomez-Ihl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Pascal Mousselard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Hydrogen in Health and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 27, Springer Nature Switzerland, pp.401-416, 2024, Advances in Biochemistry in Health and Disease, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-47375-3_23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04467191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pharmacie clinique dans le domaine des dispositifs médicaux : définition et enjeux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Aulagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Sautou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">G. Aulagner, V. Sautou, P. Bedouch. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmacie clinique et dispositifs médicaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Elsevier Masson, pp.3-9, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04449386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical Relevance of Pharmacist Intervention: Development of a Named Entity Recognition Model on Unstructured Comments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Clarenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Alixe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Public Health and Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IOS Press, 2021, Studies in Health Technology and Informatics, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/SHTI210210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03591786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cohort Creation and Visualization Using Graph Model in the PREDIMED Health Data Warehouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cancé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Ephrem Madiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Artemova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Cohard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Personalized Health and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 270, IOS Press, pp.108-112, 2020, Studies in Health Technology and Informatics, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/SHTI200132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03356402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Care around Medical devices: infusion sets and devices.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Sautou*</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Alves da Costa, J. W. F. Van Mil, A. Alvarez-Risco. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Pharmacist Guide to Implementing Pharmaceutical Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.277-285, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-92576-9_24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02526394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement de l'HTAP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roustit M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapuis C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Pison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montani D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmacie Clinique et Thérapeutique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, chapitre 6, Elsevier Masson, pp.523-546, 2012, 9782294730863</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement de l'asthme (à l'exception de la désensibilisation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chanoine S</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Pison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pin I</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmacie clinique et thérapeutique Pharmacie Clinique et Thérapeutique - 4è Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4ème édition (chapitre 6), Elsevier Masson, pp.465-498, 2012, 9782294730863</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17830,147 +17696,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H 2 inhalation therapy in patients with moderate Covid 19 (H 2 COVID): a prospective ascending-dose phase 1 clinical trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cordélia Salomez-Ihl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Giai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Barbado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saber Touati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04638643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17980,279 +17846,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle en Nutrition Parentérale : Validation d'une Méthode Analytique pour le Dosage des Électrolytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27èmes journées européennes du GERPAC - Journées scientifiques de pharmacotechnie hospitalière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Hyères, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04777338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le big data pour la santé des travailleurs agricoles : un projet multidisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Bosson-Rieutort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Maugard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Duron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la Recherche Médicale de Grenoble, Actions de Recherche Clinique et Recherche translationnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Grenoble, France. pp.39, 2017, Livret des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02063133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18262,413 +18128,413 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des interventions pharmaceutiques selon l’échelle CLEO© (clinique, économique, organisationnel) : étude nationale sur 5 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Clarenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vermorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lambert-Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20ème congrès Société française de pharmacie clinique -</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFPC, Mar 2024, Toulouse, France. pp.e206-e207, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.phacli.2024.04.372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04981920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualizing food-drug interactions in the Thériaque database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Simonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Depras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Bordea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st Medical Informatics Europe Conference (MIE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Athens (virtual), Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03185958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotations d'entités et de relations sur des résumés d'articles scientifiques pour la détection d'interactions entre aliments et médicaments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsanta Randriatsitohaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Grouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Bordea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Daveluy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TALMED 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02430510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18678,114 +18544,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion des bonnes pratiques de prescription : modélisation des interventions pharmaceutiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bedouch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université Claude Bernard - Lyon I, 2008. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2008LYO10091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00371214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId584"/>
+      <w:footerReference w:type="default" r:id="rId579"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18853,51 +18719,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="512AF174"/>
+    <w:nsid w:val="477C5346"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19084,51 +18950,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierrickbedouch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2245-0160" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067288758" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/173641003" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000123687368" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/MGW-7580-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938763v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cord&#233;lia Salomez-Ihl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chapuis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Albaladejo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Picard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Baron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2024.09.003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378480v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martin Mena" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Molina" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Chapuis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Durand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph18050626" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05218227v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Terrier-Lenglet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bedouch" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phacli.2025.07.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04921720v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perrier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Noble" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonadona" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Augier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jouve" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2024.126617" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05216774v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pluchart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chanoine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Moro-Sibilot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Chouaid" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Frey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2023.1016976" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777023v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Bosson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Mazet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Jouannet-Romaszko" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Chennell" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2023.12.009" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813069v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tanguy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alcaraz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Davin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pascal-Moussellard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrgentox.2024.503736" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445635v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776949v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mutin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Orhon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Choisnard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lassiaz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2024.116224" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813068v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Perrier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tuloup" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevallier-Brilloit" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bedouch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chanoine" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejim.2024.03.019" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813051v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Minoves" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cerana" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Reymond" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ducki" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2022-003671" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813049v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Landoas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Falque" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Saint-Raymond" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Briault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intimp.2024.113415" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813050v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ranchon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dupuis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Grimandi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel S&#232;ve" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmacy12060161" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813067v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Picard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000002001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813061v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexiane Baloche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carrouel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Argaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Kolev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-024-09860-6" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981517v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Clarenne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mongaret" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vermorel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Bosson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gangloff" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-024-01843-6" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713239v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760588v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Salomez-Ihl" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giai" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barbado" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paris" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touati" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00573-24" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813085v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Hosni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leenhardt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Desruet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2022-003602" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813065v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813057v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=an Thi-Truong Nguyen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh Hoang-Phuong Nguyen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Ba Le" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Tham Pham" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Thanh Nguyen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-024-01813-y" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814501v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tanty" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vitale" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lombardo-Duron" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armance Grevy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudence Gibert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2023-003815" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813076v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813073v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vieux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Epaulard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.puhe.2023.09.018" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04549370v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663813v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Videau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charpiat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Conort" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Janoly-Dumenil" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2023.06.003" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777250v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Plasse" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ardisson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Leiris" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41181-023-00221-3" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813094v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lambert-Lacroix" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bosson" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Moreau-Gaudry" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2022.104983" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813072v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813095v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2021-002993" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813079v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bailly" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-023-01994-6" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813083v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/41048" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813111v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813071v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Daikh" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lombardo" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Thuillier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00384-023-04569-5" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04549317v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04658709v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04555767v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03981569v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Dussart" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mick" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12030849" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813082v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-023-10939-7" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813097v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lupo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Gerster" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2022.08.065" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663806v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayssam Bouzeid" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-022-01526-0" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777009v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Epaulard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brudieu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2022.2048968" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813091v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814495v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Roch" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Liaigre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roustit" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Genty" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmacy10040075" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04557960v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813110v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Batel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bouvier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Mahdhaoui" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Margotton" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2021.2013081" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813106v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurentine Maljean" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Gavazzi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Payen" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jamda.2022.03.005" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04557358v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Piquemal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2022.106275" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04552754v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Romand" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trim.2022.101678" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813108v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Collomp" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Albaladejo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Terrisse" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Honor&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40545-022-00425-z" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813096v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Le Cras" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dubois-Teklali" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sabourdy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2022.2148563" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813101v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813109v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895237v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lehmann" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cerana" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morin-No&#235;l" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phacli.2022.10.739" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664031v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Yailian" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Charpiat" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Conort" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juste" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/9619699" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813098v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813102v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760224v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813099v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813104v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Djaileb" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph15050522" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661126v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fauconnier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Delafosse" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2021.100861" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813121v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Grang&#233;" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Tetaz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000514982" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280480v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lalanne" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Simonnet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Depras" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeta Bordea" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti210159" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813120v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lalanne" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI210159" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814474v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Thi Vo" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chanoine" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Juste" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Roubille" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2020-002642" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803277v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Habert-Dantigny" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Bardet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.11.010" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814467v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tanty" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dantigny" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Bardet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813125v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Portais" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Terrec" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Cerba" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Romanet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000510842" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813123v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786146v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814537v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Duron" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Peron" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lepelley" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Allenet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12477" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813117v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-045778" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813119v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Priou" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Alixe" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI210210" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127829v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Larrouquere" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gabin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Poingt" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouffak" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hlavaty" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12564" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813126v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duwez" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ha Vo" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-041563" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814446v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zecchini" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Ha Vo" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laramas" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-020-4963-7" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827756v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gautier-Veyret" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Tonini" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fonrose" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14398" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526871v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Chaumais" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gairard-Dory" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hadjadj" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-020-01047-8" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814456v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486283v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bros" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Reymond" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petit" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Viard-Gaudin" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phclin.2018.09.007" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821342v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chapuis" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Albaladejo" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Billon" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Catoire" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-019-00909-0" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814430v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486374v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zaoui" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2018.10.006" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007289v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vo" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Bardet" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leyrissoux" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gravoulet" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpt.12642" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01744549v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pin" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Sanchez" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Temam" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe M. Pison" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2017.07.014" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01801959v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Le Moual" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.02114-2017" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03580850v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Quillet" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubert" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fourgeaud" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/md.0000000000009865" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01971553v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pison" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jondot" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvat M" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouvaist H" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/stv.2018.1027" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007300v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lecoanet" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Allenet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/intqhc/mzx168" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01963419v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Claustre" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Brion" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Qu&#233;tant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6002/ect.2015.0217" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741876v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Leguelinel-Blache" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Castelli" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roux-Marson" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouvet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Andrieu" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-017-2412-7" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760870v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Beaumier" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cornet" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13785" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007335v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Cabaret" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moulis" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Boivin" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2017.10.022" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007410v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tod" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sapharm.2016.10.020" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007353v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cabelguenne" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lepelletier" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prot-Labarthe" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mouchoux" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phclin.2017.07.003" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01971528v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maignan" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viglino D" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terzi N" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007406v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bensalah" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcia" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Rose" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2017.02.003" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007471v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Seidling" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion St&#252;tzle" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Hoppe-Tichy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-016-0253-1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01963174v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gabriel" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delavenne" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chah&#233;ra Khouatra" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouvaist" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000445122" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850304v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Derfoufi" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larger" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Janoly-Dumenil" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2016.01.001" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007484v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Catoire" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-015-0370-0" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007474v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007478v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Betegnie" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gauchet" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lehmann" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grange" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3899/jrheum.150414" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666003v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007372v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pluchart" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jacquet" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charlety" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11523-016-0429-6" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01971567v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Salvat" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bouvaist" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/met.2015.0522" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007503v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sylvoz" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roubille" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01969382v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Quetant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Camara" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion France" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Schummer" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000000339" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007490v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Doerper" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Alexandra" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Andr&#232;s" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejim.2015.07.014" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZ41X4TP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007460v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Schir" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2515/therapie/2015033" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KZ9S1SGP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01969380v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Dumas" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;riem Benmerad" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Varraso" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pds.3639" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GFRSXPW8-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007375v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007488v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Detavernier" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Durand" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Francony" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007520v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rose" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02027812v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meslot" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gauchet" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baudrant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roustit" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phclin.2014.04.225" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998207v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Baudrant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007509v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rebillon" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ducerf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998223v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Aslani" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Ahmed" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Celio" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01897600v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Hugon" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lehmann&#8206;" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Borrel" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000000221" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007501v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Betegnie" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cracowski" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Segond" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-J. Robein-Dobremez" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998232v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Allenet" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980157v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Baudrant" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lehmann" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843434v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tessier" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Labarere" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Foroni" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2753.2011.01704.x" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QDJX7F7K-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00696289v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Baudrant-Boga" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-011-9579-x" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3VQP7XCT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00696413v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Belaiche" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3062.2010.00590.x" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-88JD9QQL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185287v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bal" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Schwebel" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pansu" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0b013e3181f8569b" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467191v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tanguy" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boucher" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pascal Mousselard" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47375-3_23" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449386v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aulagner" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sautou" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03591786v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03356402v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Canc&#233;" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Ephrem Madiot" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lenne" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Artemova" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Cohard" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI200132" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526394v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sautou*" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92576-9_24" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01969710v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roustit M" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chapuis C" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montani D" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01969704v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanoine S" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin I" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638643v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Giai" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Barbado" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Paris" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Touati" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777338v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rocher" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063133v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bosson-Rieutort" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Maugard" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Achard" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Duron" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chanoine" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981920v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clarenne" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mongaret" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vermorel" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambert-Lacroix" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gangloff" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phacli.2024.04.372" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185958v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430510v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsanta Randriatsitohaina" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Grouin" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Daveluy" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00371214v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008LYO10091" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierrickbedouch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2245-0160" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067288758" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/173641003" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000123687368" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/MGW-7580-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938763v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cord&#233;lia Salomez-Ihl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chapuis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Albaladejo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Picard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Baron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2024.09.003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378480v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martin Mena" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Molina" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Chapuis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Durand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph18050626" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05218227v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Terrier-Lenglet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bedouch" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phacli.2025.07.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04921720v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perrier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Noble" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonadona" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Augier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jouve" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2024.126617" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776949v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mutin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Orhon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Choisnard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lassiaz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2024.116224" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813068v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Perrier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tuloup" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevallier-Brilloit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bedouch" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chanoine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejim.2024.03.019" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813051v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Minoves" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cerana" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Reymond" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ducki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2022-003671" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813049v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Landoas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Falque" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Saint-Raymond" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Briault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intimp.2024.113415" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813050v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ranchon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chanoine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dupuis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Grimandi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel S&#232;ve" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmacy12060161" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813067v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Picard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000002001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813061v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexiane Baloche" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carrouel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Argaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Kolev" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-024-09860-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981517v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Clarenne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mongaret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vermorel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Bosson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gangloff" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-024-01843-6" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713239v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813085v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Hosni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leenhardt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Desruet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2022-003602" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760588v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Salomez-Ihl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barbado" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paris" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touati" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00573-24" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813065v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813057v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=an Thi-Truong Nguyen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh Hoang-Phuong Nguyen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Ba Le" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Tham Pham" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Thanh Nguyen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-024-01813-y" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05216774v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pluchart" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Moro-Sibilot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Chouaid" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Frey" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2023.1016976" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445635v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tanguy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alcaraz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Davin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pascal-Moussellard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrgentox.2024.503736" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777023v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Bosson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Mazet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Jouannet-Romaszko" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Chennell" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2023.12.009" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813069v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813076v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tanty" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vitale" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lombardo-Duron" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armance Grevy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudence Gibert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2023-003815" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813073v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vieux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Epaulard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.puhe.2023.09.018" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04549370v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663813v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Videau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charpiat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Conort" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Janoly-Dumenil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2023.06.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777250v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Plasse" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ardisson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Leiris" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41181-023-00221-3" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813094v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lambert-Lacroix" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bosson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Moreau-Gaudry" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2022.104983" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813072v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813095v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2021-002993" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813083v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/41048" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813079v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bailly" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-023-01994-6" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813071v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Daikh" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lombardo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Thuillier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00384-023-04569-5" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813111v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04549317v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04658709v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04555767v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03981569v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Dussart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mick" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12030849" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813082v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-023-10939-7" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814501v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813091v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayssam Bouzeid" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-022-01526-0" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814495v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Roch" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Liaigre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roustit" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Genty" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmacy10040075" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777009v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Epaulard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brudieu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2022.2048968" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813110v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Batel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bouvier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Mahdhaoui" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Margotton" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2021.2013081" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813106v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurentine Maljean" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Gavazzi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Payen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jamda.2022.03.005" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04557960v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lupo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Gerster" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2022.08.065" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04557358v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Piquemal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2022.106275" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04552754v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Romand" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trim.2022.101678" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813096v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Le Cras" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dubois-Teklali" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sabourdy" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2022.2148563" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813101v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813109v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813108v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Collomp" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Albaladejo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Terrisse" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Honor&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40545-022-00425-z" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895237v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lehmann" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cerana" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morin-No&#235;l" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phacli.2022.10.739" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664031v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Yailian" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Charpiat" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Conort" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juste" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/9619699" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813098v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813102v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760224v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813099v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813104v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Djaileb" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph15050522" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663806v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813097v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813120v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lalanne" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Simonnet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Depras" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeta Bordea" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI210159" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814474v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Thi Vo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chanoine" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Juste" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Roubille" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2020-002642" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803277v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Habert-Dantigny" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Bardet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.11.010" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813125v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Portais" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Terrec" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Cerba" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Romanet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000510842" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814467v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tanty" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dantigny" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Bardet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813123v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786146v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813119v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Priou" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Alixe" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI210210" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813117v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-045778" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661126v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fauconnier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Delafosse" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2021.100861" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813121v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Grang&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Tetaz" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000514982" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280480v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lalanne" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti210159" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127829v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Larrouquere" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gabin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Poingt" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouffak" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hlavaty" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12564" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813126v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duwez" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lepelley" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ha Vo" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-041563" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814446v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zecchini" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Ha Vo" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laramas" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-020-4963-7" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827756v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gautier-Veyret" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Tonini" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fonrose" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14398" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526871v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Chaumais" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gairard-Dory" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hadjadj" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-020-01047-8" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814456v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821342v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chapuis" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Albaladejo" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Billon" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Catoire" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-019-00909-0" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814430v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486374v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zaoui" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2018.10.006" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486283v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bros" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Reymond" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petit" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Viard-Gaudin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phclin.2018.09.007" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007289v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vo" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Bardet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leyrissoux" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gravoulet" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpt.12642" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01744549v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pin" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Sanchez" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Temam" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe M. Pison" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2017.07.014" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03580850v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Quillet" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubert" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fourgeaud" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/md.0000000000009865" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01801959v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Le Moual" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.02114-2017" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007300v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lecoanet" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Allenet" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/intqhc/mzx168" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01971553v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pison" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jondot" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvat M" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouvaist H" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/stv.2018.1027" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01963419v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Claustre" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Brion" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Qu&#233;tant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6002/ect.2015.0217" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741876v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Leguelinel-Blache" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Castelli" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roux-Marson" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouvet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Andrieu" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-017-2412-7" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760870v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Beaumier" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cornet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13785" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007335v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Cabaret" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moulis" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Boivin" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2017.10.022" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007410v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tod" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sapharm.2016.10.020" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007353v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cabelguenne" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lepelletier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prot-Labarthe" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mouchoux" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phclin.2017.07.003" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01971528v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maignan" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viglino D" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terzi N" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007406v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bensalah" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcia" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Rose" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2017.02.003" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007471v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Seidling" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion St&#252;tzle" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Hoppe-Tichy" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-016-0253-1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01963174v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gabriel" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delavenne" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chah&#233;ra Khouatra" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouvaist" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000445122" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850304v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Derfoufi" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larger" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Janoly-Dumenil" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2016.01.001" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007484v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Catoire" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-015-0370-0" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007474v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007478v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Betegnie" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gauchet" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lehmann" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grange" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3899/jrheum.150414" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666003v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007372v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pluchart" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jacquet" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charlety" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11523-016-0429-6" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007503v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sylvoz" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roubille" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01969382v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Quetant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Camara" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion France" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Schummer" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000000339" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007490v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Doerper" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Alexandra" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Andr&#232;s" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejim.2015.07.014" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZ41X4TP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007460v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Schir" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2515/therapie/2015033" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KZ9S1SGP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007375v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01969380v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Dumas" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;riem Benmerad" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Varraso" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pds.3639" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GFRSXPW8-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007488v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Detavernier" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Durand" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Francony" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01971567v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Salvat" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bouvaist" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/met.2015.0522" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007520v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rose" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02027812v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meslot" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gauchet" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baudrant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roustit" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phclin.2014.04.225" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007509v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rebillon" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ducerf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998207v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Baudrant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998223v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Aslani" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Ahmed" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Celio" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007501v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Betegnie" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cracowski" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Segond" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-J. Robein-Dobremez" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01897600v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Hugon" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lehmann&#8206;" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Borrel" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000000221" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998232v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Allenet" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980157v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Baudrant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lehmann" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843434v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tessier" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Labarere" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Foroni" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2753.2011.01704.x" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QDJX7F7K-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00696289v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Baudrant-Boga" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-011-9579-x" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3VQP7XCT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00696413v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Belaiche" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3062.2010.00590.x" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-88JD9QQL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185287v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bal" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Schwebel" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pansu" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0b013e3181f8569b" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467191v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tanguy" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boucher" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pascal Mousselard" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47375-3_23" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449386v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aulagner" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sautou" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03591786v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03356402v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Canc&#233;" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Ephrem Madiot" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lenne" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Artemova" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Cohard" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI200132" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526394v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sautou*" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92576-9_24" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01969710v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roustit M" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chapuis C" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montani D" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01969704v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanoine S" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin I" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638643v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Giai" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Barbado" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Paris" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Touati" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777338v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rocher" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063133v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bosson-Rieutort" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Maugard" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Achard" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Duron" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chanoine" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981920v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clarenne" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mongaret" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vermorel" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambert-Lacroix" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gangloff" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phacli.2024.04.372" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185958v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430510v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsanta Randriatsitohaina" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Grouin" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Daveluy" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00371214v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008LYO10091" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>